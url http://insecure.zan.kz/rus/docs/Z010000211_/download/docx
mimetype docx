--- v0 (2025-10-02)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="250a462" w14:textId="250a462">
+    <w:p w14:paraId="df4aa9b" w14:textId="df4aa9b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8526,70 +8526,90 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 15. Общие условия осуществления туристской деятельности</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z335" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Туроператор в сфере выездного туризма при осуществлении туроператорской деятельности в сфере выездного туризма обязан заключить договор обязательного страхования туриста в отношении каждого туриста, выезжающего за рубеж.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z336" w:id="147"/>
+    <w:bookmarkStart w:name="z448" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оказание туристских услуг туроператором в сфере выездного туризма без заключения письменного договора на туристское обслуживание является основанием для приостановления действия лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z336" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkEnd w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       туроператорская деятельность в сфере выездного туризма является лицензируемым подвидом деятельности; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -8618,330 +8638,330 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       турагентская деятельность, а также деятельность гидов, экскурсоводов и инструкторов туризма, осуществляющих деятельность в Республике Казахстан в качестве индивидуальных предпринимателей, осуществляются в уведомительном порядке.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приостановление или прекращение действия лицензии на туроператорскую деятельность влечет запрет на оказание туристских услуг, за исключением обязательств, вытекающих из ранее заключенных договоров.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z341" w:id="148"/>
+    <w:bookmarkStart w:name="z341" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приостановление действия лицензии на туроператорскую деятельность, прекращение действия лицензии на туроператорскую деятельность осуществляются в порядке, предусмотренном законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z342" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z342" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Туроператор обеспечивает оказание туристам всех услуг, входящих в туристский продукт, самостоятельно или с привлечением третьих лиц, на которых туроператором возлагается исполнение части или всех его обязательств перед туристами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z343" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z343" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Туроператор в сфере выездного туризма осуществляет продвижение и реализацию туристского продукта исключительно через турагентов. Турагент при реализации туристского продукта, сформированного туроператором в сфере выездного туризма, обязан выдать туристский ваучер.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z344" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z344" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Туристский продукт, сформированный нерезидентом Республики Казахстан, продвигается путем включения в туристский продукт туроператора в сфере выездного туризма и реализуется в соответствии с настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z345" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z345" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Турагент продвигает и реализует туристам туристский продукт, сформированный туроператором, в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z346" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z346" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Продвижение и реализация туристского продукта турагентом осуществляется на основании агентского договора на реализацию туристского продукта, заключенного с туроператором в письменной форме. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z347" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z347" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Агентский договор на реализацию туристского продукта между туроператором и турагентом должен содержать: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z348" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z348" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       сведения о туроператоре, сформировавшем туристский продукт; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z349" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z349" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       полномочия турагента на совершение сделок с туристами от имени туроператора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z350" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z350" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       порядок взаимодействия туроператора и турагента в случае предъявления туристом либо третьими лицами, оказывающими отдельные туристские услуги, входящие в туристский продукт, претензии; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z351" w:id="158"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z351" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       описание туристского маршрута;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z352" w:id="159"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z352" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       достоверную информацию о туристском продукте и ответственности каждой из сторон перед туристом за непредоставление или предоставление недостоверной информации о туристском продукте.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z353" w:id="160"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z353" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Туроператор несет предусмотренную законами Республики Казахстан ответственность перед туристом за неисполнение или ненадлежащее исполнение обязательств по договору на туристское обслуживание (в том числе за неоказание или ненадлежащее оказание туристам услуг, входящих в туристский продукт, независимо от того, кем должны были оказываться или оказывались эти услуги).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z354" w:id="161"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z354" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Туроператорская деятельность, направленная на удовлетворение религиозных потребностей, осуществляется в порядке, определяемом государственным органом, осуществляющим государственное регулирование в сфере религиозной деятельности, по согласованию с уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8963,51 +8983,71 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст. 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>).</w:t>
+        <w:t xml:space="preserve">); с изменением, внесенным Законом РК от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -9286,130 +9326,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z67" w:id="162"/>
+    <w:bookmarkStart w:name="z67" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Статья 15-3. Уведомления в сфере туризма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z392" w:id="163"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z392" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Уведомление о начале или прекращении осуществления деятельности гида, экскурсовода, инструктора туризма, осуществляющих деятельность в Республике Казахстан в качестве индивидуальных предпринимателей, турагента подается в соответствии с Законом Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z393" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z393" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Заявители, направляющие уведомление о начале осуществления турагентской деятельности, прилагают сведения по форме, утвержденной уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z394" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z394" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Заявители, направляющие уведомление о начале осуществления деятельности в качестве гида, экскурсовода, инструктора туризма, осуществляющих деятельность в Республике Казахстан в качестве индивидуальных предпринимателей, к уведомлению прилагают сведения по форме, утвержденной уполномоченным органом, и сертификат о прохождении подготовки в сфере туризма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkEnd w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -9562,88 +9602,168 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 17. Договор на туристское обслуживание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z33" w:id="166"/>
+    <w:bookmarkStart w:name="z33" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Оказание туристских услуг осуществляется на основании договора. Договор на туристское обслуживание заключается в письменной форме, за исключением договоров, заключаемых гидом и экскурсоводом, и должен соответствовать законодательству Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkEnd w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Существенные условия договора на туристское обслуживание устанавливаются типовым договором на туристское обслуживание, утвержденным уполномоченным органом. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z449" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оказание туристских услуг туроператорами в сфере въездного и внутреннего туризма без заключения письменного договора на туристское обслуживание является основанием для приостановления действия лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z450" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оказание туристских услуг туроператорами в сфере въездного и внутреннего туризма без заключения письменного договора на туристское обслуживание, совершенное повторно в течение года, является основанием для лишения лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z451" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о приостановлении действия лицензии либо лишении лицензии принимается уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z452" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок приостановления действия лицензии составляет один месяц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Исключен Законом РК от 05.07.2008 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10055,104 +10175,124 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">); от 19.04.2023 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 223-VII</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 18. Возмещение убытков и морального вреда, условия изменения договора туристского обслуживания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="167"/>
+    <w:bookmarkStart w:name="z35" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Возмещение убытков и морального вреда туристам производится в соответствии с законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Лицо, осуществляющее туристскую деятельность, не несет ответственности за ущерб, понесенный туристом во время совершения путешествия вследствие действия непреодолимой силы. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -10298,90 +10438,90 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 19. Лица, осуществляющие туристскую деятельность</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z37" w:id="168"/>
+    <w:bookmarkStart w:name="z37" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Лица, осуществляющие туристскую деятельность, вправе открывать свои филиалы и представительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z75" w:id="169"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z75" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Лица, осуществляющие туристскую деятельность, не могут использовать наименования других лиц, осуществляющих туристскую деятельность, зарегистрированных в соответствии с законодательством Республики Казахстан о государственной регистрации юридических лиц и учетной регистрации филиалов и представительств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkEnd w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10495,70 +10635,70 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ст.2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z39" w:id="170"/>
+    <w:bookmarkStart w:name="z39" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Лица, осуществляющие туристскую деятельность, и иные лица туристской индустрии в целях координации их профессиональной деятельности, а также представления и защиты общих интересов могут создавать объединения в форме ассоциаций (союзов) в порядке, установленном законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10614,107 +10754,107 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 21. Объединения туристов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z41" w:id="171"/>
+    <w:bookmarkStart w:name="z41" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Граждане Республики Казахстан в целях защиты прав и интересов туристов, содействия развитию туризма могут создавать общественные объединения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkEnd w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 22. Профессиональная подготовка специалистов в области туристской деятельности </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z43" w:id="172"/>
+    <w:bookmarkStart w:name="z43" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Профессиональная подготовка, переподготовка специалистов в области туризма осуществляется организациями образования, имеющими соответствующие лицензии в сфере образования. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Порядок переподготовки и повышения квалификации специалистов в области туристской деятельности определяется уполномоченным органом. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -10788,137 +10928,137 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 23. Гид, инструктор туризма, экскурсовод</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z45" w:id="173"/>
+    <w:bookmarkStart w:name="z45" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Гидом, инструктором туризма, экскурсоводом может являться только гражданин Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z46" w:id="174"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z46" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Права и обязанности туриста, </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>обеспечение безопасности туриста</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkEnd w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 24. Права туриста </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="175"/>
+    <w:bookmarkStart w:name="z48" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При подготовке к путешествию, во время его совершения, включая транзит, турист имеет право на: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) обращение в консульские, дипломатические, иные государственные, а также туристские представительства в случае посягательства на его личную безопасность или имущество; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11118,70 +11258,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 25. Обязанности туриста</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z50" w:id="176"/>
+    <w:bookmarkStart w:name="z50" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Во время совершения путешествия, включая транзит, турист обязан: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) соблюдать законодательство страны (места) временного пребывания; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11245,232 +11385,330 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Иные обязанности туристов определяются законодательством страны (места) пребывания. </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 26. Обеспечение безопасности туристов </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z52" w:id="177"/>
+    <w:bookmarkStart w:name="z52" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Безопасность туристов на территории Республики Казахстан гарантируется Республикой Казахстан. Республика Казахстан гарантирует туристам-гражданам Республики Казахстан защиту и покровительство за ее пределами. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z457" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Под безопасностью туристов понимаются личная безопасность туристов, сохранность их имущества и непричинение ущерба окружающей среде во время путешествий, а также комплекс мер, направленных на предотвращение использования туризма в целях незаконной миграции и транзита в третьи страны, сексуальной, трудовой и иной эксплуатации граждан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z458" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Уполномоченный орган информирует лиц, осуществляющих туристскую деятельность, и туристов о возможных опасностях для туристов в стране (месте) временного пребывания. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z459" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Лица, осуществляющие туристскую деятельность, обязаны за три дня до начала путешествия в письменной форме предоставить туристам сведения об особенностях путешествий, включающие в себя необходимую и достоверную информацию о правилах въезда, выезда и пребывания в стране (месте) временного пребывания, о законодательстве, об обычаях местного населения, о религиозных обрядах, святынях, памятниках природы, истории, культуры и других объектах туристского показа, находящихся под особой охраной, состоянии окружающей среды, а также об опасностях, с которыми они могут встретиться при совершении путешествий, и осуществить предупредительные меры, направленные на обеспечение безопасности туристов. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z460" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Лица, осуществляющие туристскую деятельность, обязаны незамедлительно информировать уполномоченный орган и уполномоченный орган в сфере гражданской защиты, а также семью туриста с момента, когда они узнали или должны были узнать о чрезвычайном происшествии с туристом во время путешествия. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z461" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Если чрезвычайное происшествие произошло с иностранными туристами на территории Республики Казахстан или с туристами - гражданами Республики Казахстан за пределами Республики Казахстан, лица, осуществляющие туристскую деятельность, обязаны проинформировать также органы дипломатической службы. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z453" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Непредоставление или несвоевременное предоставление туроператорами уполномоченному органу, уполномоченному органу в сфере гражданской защиты, заинтересованным государственным органам и семье туриста информации о чрезвычайных происшествиях с туристами во время путешествий является основанием для приостановления действия лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z454" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Непредоставление или несвоевременное предоставление туроператорами уполномоченному органу, уполномоченному органу в сфере гражданской защиты, заинтересованным государственным органам и семье туриста информации о чрезвычайных происшествиях с туристами во время путешествий, совершенное повторно в течение года, является основанием для лишения лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z455" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о приостановлении действия лицензии либо лишении лицензии принимается уполномоченным органом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z456" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок приостановления действия лицензии составляет один месяц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z462" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Туристы, предполагающие совершить путешествие в страну (место) временного пребывания, обязаны проходить профилактику в соответствии с международными медицинскими требованиями. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z463" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Оказание необходимой помощи туристам, терпящим бедствие на территории Республики Казахстан, осуществляется специализированными службами, определяемыми Правительством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z464" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Уполномоченный орган совместно с заинтересованными министерствами и другими исполнительными органами организует обеспечение защиты и безопасности туристов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z465" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Акимат области, города республиканского значения, столицы организует обеспечение защиты и безопасности туристов.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11552,204 +11790,224 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования); от 11.04.2014 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 189-V</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 17.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 241-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>II (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27. Страхование при осуществлении туристской деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z155" w:id="178"/>
+    <w:bookmarkStart w:name="z155" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Турагент при реализации туристского продукта обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z163" w:id="179"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z163" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запросить наименование страховой организации или филиала страховой организации-нерезидента Республики Казахстан, с которой (которым) турист, выезжающий за рубеж, изъявляет намерение заключить договор обязательного страхования туриста;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z157" w:id="180"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z157" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       выдать туристу, выезжающему за рубеж, страховой сертификат и при необходимости страховой полис. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z158" w:id="181"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z158" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Договором обязательного страхования туриста должны предусматриваться оплата медицинской помощи туристам и возмещение их расходов при наступлении страхового случая непосредственно в стране (месте) временного пребывания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z159" w:id="182"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z159" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Правительство Республики Казахстан вправе установить к туристам, въезжающим на территорию Республики Казахстан, требование о наличии свидетельства о страховании жизни и здоровья.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z160" w:id="183"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z160" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Туроператор в сфере выездного туризма обязан застраховать туриста, выезжающего за рубеж, от рисков, предусмотренных Законом Республики Казахстан "Об обязательном страховании туриста".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11788,68 +12046,68 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 16.12.2020).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z120" w:id="184"/>
+    <w:bookmarkStart w:name="z120" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4-1. Система гарантирования прав граждан Республики Казахстан в сфере выездного туризма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkEnd w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Закон дополнен главой 4-1 в соответствии с Законом РК от 17.11.2015 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11861,90 +12119,90 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие с 01.01.2016).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27-1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z122" w:id="185"/>
+    <w:bookmarkStart w:name="z122" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Система гарантирования прав граждан Республики Казахстан в сфере выездного туризма представляет собой совокупность правоотношений между гражданами Республики Казахстан, турагентами, туроператорами, туроператорами-фрахтователями, администратором системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма и уполномоченным органом, обеспечивающих защиту прав граждан Республики Казахстан в сфере выездного туризма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z355" w:id="186"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z355" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Система гарантирования прав граждан Республики Казахстан в сфере выездного туризма не распространяется на правоотношения граждан Республики Казахстан с турагентами, туроператорами, туроператорами-фрахтователями, администратором системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма и уполномоченным органом, связанные с поездками делового характера.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkEnd w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11980,70 +12238,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 27-2. Субъекты системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z124" w:id="187"/>
+    <w:bookmarkStart w:name="z124" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Субъектами системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkEnd w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) туроператоры, осуществляющие деятельность в сфере выездного туризма;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12072,290 +12330,290 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) турагенты, осуществляющие деятельность в сфере выездного туризма; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) администратор системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z125" w:id="188"/>
+    <w:bookmarkStart w:name="z125" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Администратором системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма является юридическое лицо, определенное уполномоченным органом, единственным видом деятельности которого является осуществление функций администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z126" w:id="189"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z126" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Администратор системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма не вправе осуществлять предпринимательскую и иные виды деятельности, получать займы, выступать поручителем по займам третьих лиц, передавать имущество в залог.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z127" w:id="190"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z127" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Деятельность администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма финансируется за счет комиссионного сбора, удерживаемого из суммы денег, подлежащих перечислению в соответствии с подпунктом 2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 27-3 настоящего Закона, в размере, установленном уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z128" w:id="191"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z128" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Выгодоприобретателями системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма являются граждане Республики Казахстан, являющиеся туристами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z356" w:id="192"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z356" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Администратор системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма осуществляет:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z357" w:id="193"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z357" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       администрирование механизма присвоения туристского кода гражданам Республики Казахстан в рамках выездного туризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z358" w:id="194"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z358" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прием дифференцированной суммы гарантирования, определенной уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z359" w:id="195"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z359" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Администратор системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z360" w:id="196"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z360" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществить в соответствии с правилами функционирования системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма возврат внесенной банковской гарантии, а также перечисленных средств за реализованные туристские продукты субъектом системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма при условии отсутствия фактов вывоза граждан Республики Казахстан по вине данного субъекта в случае прекращения им вида туроператорской деятельности в сфере выездного туризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z361" w:id="197"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z361" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       осуществить возврат внесенной банковской гарантии субъектом системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма данному субъекту при достижении предельной суммы банковской гарантии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z362" w:id="198"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z362" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       обеспечить применение метода зачета перечислений на следующий календарный год для субъектов системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма через три года с момента вхождения данного субъекта в систему, за исключением суммы комиссии, отведенной на деятельность администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkEnd w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12431,146 +12689,146 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27-3. Обязательства субъектов системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z130" w:id="199"/>
+    <w:bookmarkStart w:name="z130" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. На туроператоров и туроператоров-фрахтователей, осуществляющих деятельность в сфере выездного туризма, возлагаются следующие обязательства:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkEnd w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заключение договора банковской гарантии с банком второго уровня в соответствии с банковским законодательством Республики Казахстан, предусматривающего оплату в пользу администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма либо третьих лиц, определенных администратором системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма, денег, обеспеченных банковской гарантией, с предоставлением подлинника либо нотариально засвидетельствованной копии договора администратору системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) перечисление на специальный счет денег с каждого туристского продукта, сформированного туроператором или туроператором-фрахтователем и реализованного турагентом гражданину Республики Казахстан, в сумме, утвержденной уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="200"/>
+    <w:bookmarkStart w:name="z131" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Обеспечение исполнения субъектами системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма обязательств, перечисленных в настоящей статье, возлагается на администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма и уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z132" w:id="201"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z132" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Местный исполнительный орган области, города республиканского значения, столицы в случае выявления оказания гражданам Республики Казахстан туристских услуг в сфере выездного туризма туроператором или туроператором-фрахтователем, не исполняющим обязательства, предусмотренные настоящей статьей, или исполняющим их ненадлежащим образом, обязан в течение трех рабочих дней со дня выявления такого обстоятельства осуществить приостановление действия лицензии (приложения к лицензии) на туристскую операторскую деятельность в сфере выездного туризма в соответствии с законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkEnd w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -12626,70 +12884,70 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 27-4. Механизм защиты прав граждан Республики Казахстан в сфере выездного туризма</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z134" w:id="202"/>
+    <w:bookmarkStart w:name="z134" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Решение об осуществлении действий по защите прав граждан Республики Казахстан принимается администратором системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма по согласованию с уполномоченным органом в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) письменного или устного обращения гражданина Республики Казахстан в случае нарушения его прав в сфере выездного туризма;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -12736,108 +12994,108 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) обращения средств массовой информации по фактам нарушения прав граждан Республики Казахстан в сфере выездного туризма;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) в иных случаях возникновения угрозы причинения вреда жизни и здоровью граждан Республики Казахстан в сфере выездного туризма.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z135" w:id="203"/>
+    <w:bookmarkStart w:name="z135" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Администратор системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма уведомляет о принятом решении в течение суток руководителя туроператора или туроператора-фрахтователя, загранучреждение Республики Казахстан в стране нахождения туристов, а также информирует граждан Республики Казахстан через средства массовой информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z136" w:id="204"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z136" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Порядок осуществления мероприятий по защите прав граждан Республики Казахстан в сфере выездного туризма определяется в правилах функционирования системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма.      </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z55" w:id="205"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z55" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkEnd w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Статья 28. Ответственность за нарушение законодательства Республики Казахстан о туристской деятельности </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -12928,130 +13186,130 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 28-1. Государственный контроль за соблюдением законодательства Республики Казахстан о туристской деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z363" w:id="206"/>
+    <w:bookmarkStart w:name="z363" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Государственный контроль за соблюдением законодательства Республики Казахстан о туристской деятельности осуществляется в форме проверки, профилактического контроля с посещением субъекта (объекта) контроля и профилактического контроля без посещения субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z364" w:id="207"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z364" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Проверка и профилактический контроль с посещением субъекта (объекта) контроля осуществляются в соответствии с Предпринимательским кодексом Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z365" w:id="208"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z365" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Профилактический контроль без посещения субъекта (объекта) контроля осуществляется в соответствии с Предпринимательским </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан и настоящим Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13122,350 +13380,350 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Целями профилактического контроля без посещения субъекта (объекта) контроля являются своевременное пресечение и недопущение нарушений, предоставление субъекту контроля права самостоятельного устранения нарушений, выявленных по результатам профилактического контроля без посещения субъекта (объекта) контроля, и снижение административной нагрузки на субъект контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z367" w:id="209"/>
+    <w:bookmarkStart w:name="z367" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Профилактический контроль без посещения субъекта (объекта) контроля осуществляется уполномоченным органом в форме анализа информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z368" w:id="210"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z368" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Источниками информации для анализа являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z369" w:id="211"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z369" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       официальная статистическая информация;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z370" w:id="212"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z370" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информация государственных органов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z371" w:id="213"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z371" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информация организации по формированию и ведению базы данных;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z372" w:id="214"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z372" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       информация организации, созданной Правительством Республики Казахстан в целях развития внутреннего и въездного туризма; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z373" w:id="215"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z373" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информация администратора системы гарантирования прав граждан Республики Казахстан в сфере выездного туризма;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z374" w:id="216"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z374" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       информация, поступающая от субъектов туристской деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z375" w:id="217"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z375" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае выявления нарушений по результатам профилактического контроля без посещения субъекта (объекта) контроля в действиях (бездействии) субъекта контроля уполномоченным органом оформляется и направляется рекомендация об устранении нарушений в срок не позднее пяти рабочих дней со дня выявления нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z376" w:id="218"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z376" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рекомендация об устранении нарушений должна быть вручена субъекту контроля лично под роспись или иным способом, подтверждающим факты отправки и получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z377" w:id="219"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z377" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рекомендация об устранении нарушений, направленная одним из нижеперечисленных способов, считается врученной в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z378" w:id="220"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z378" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) нарочно – с даты отметки в рекомендации о получении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z379" w:id="221"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z379" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) почтой – заказным письмом с уведомлением;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z380" w:id="222"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z380" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) электронным способом – с даты отправки уполномоченным органом на электронный адрес субъекта контроля, указанный в письме при запросе уполномоченного органа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z381" w:id="223"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z381" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Рекомендация об устранении нарушений должна быть исполнена в течение десяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13536,90 +13794,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Субъект контроля в случае несогласия с нарушениями, указанными в рекомендации об устранении нарушений, вправе направить в уполномоченный орган, направивший рекомендацию об устранении нарушений, возражение в течение пяти рабочих дней со дня, следующего за днем ее вручения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z383" w:id="224"/>
+    <w:bookmarkStart w:name="z383" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Неисполнение в установленный срок рекомендации об устранении нарушений влечет назначение профилактического контроля с посещением субъекта (объекта) контроля путем включения в полугодовой список проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z384" w:id="225"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z384" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Профилактический контроль без посещения субъектов (объектов) контроля проводится не чаще одного раза в год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkEnd w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -13877,55 +14135,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>