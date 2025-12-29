--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="df0ef13" w14:textId="df0ef13">
+    <w:p w14:paraId="e6b00ed" w14:textId="e6b00ed">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -8653,395 +8653,367 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z166" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Фонд, созданный в форме фонда целевого капитала, ежегодно до 31 марта представляет в уполномоченный орган в сфере взаимодействия с неправительственными организациями отчет об использовании инвестиционного дохода эндаумент-фонда (целевого капитала).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z167" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Уполномоченный орган по финансовому мониторингу проводит анализ и мониторинг подозрительных операций некоммерческих организаций на предмет выявления рисков легализации (отмывания) доходов, полученных преступным путем, финансирования терроризма и финансирования распространения оружия массового уничтожения и иные меры, предусмотренные Законом Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Статья 41 в редакции Закона РК от 08.07.2005 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">N 67 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(порядок введения в действие см. ст. 2); с изменениями, внесенными законами РК от 19.03.2010 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 258-IV</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; от 07.11.2014 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 248-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 02.12.2015 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 429-V</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 13.06.2018 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 160-VI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.06.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 200-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования); от 19.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 219-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...206 lines deleted...]
-      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Статья 42. Приостановление деятельности некоммерческой организации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z159" w:id="119"/>
+    <w:bookmarkStart w:name="z159" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Деятельность некоммерческой организации может быть приостановлена на срок от трех до шести месяцев по решению суда на основании представлений органов прокуратуры в случаях нарушения Конституции Республики Казахстан и законодательства Республики Казахстан или совершения два и более раза в течение одного календарного года некоммерческой организацией действий, выходящих за пределы предмета и целей деятельности, определенных ее уставом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z145" w:id="120"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z145" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В случае приостановления деятельности некоммерческой организации, предусмотренной в пункте 1 настоящей статьи, запрещается заниматься деятельностью, предусмотренной учредительными документами. Приостанавливается также ее право пользоваться банковскими счетами, за исключением расчетов по трудовым договорам, возмещения убытков, причиненных в результате ее деятельности, и уплаты штрафов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Если в течение установленного срока приостановления деятельности некоммерческая организация устраняет нарушения, послужившие основанием приостановления ее деятельности, то после окончания указанного срока некоммерческая организация возобновляет свою деятельность. В случае неустранения некоммерческой организацией нарушений органы прокуратуры вправе обратиться в суд с заявлением о ее ликвидации. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z146" w:id="121"/>
+    <w:bookmarkStart w:name="z146" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Суд, принявший решение о приостановлении деятельности некоммерческой организации, вправе досрочно снять это ограничение в связи с устранением нарушения по ходатайству некоммерческой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>