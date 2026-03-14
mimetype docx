--- v0 (2025-10-14)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="070b9de" w14:textId="070b9de">
+    <w:p w14:paraId="33be7fa" w14:textId="33be7fa">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан города Приозерск</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Приозерского городского маслихата Карагандинской области от 20 мая 2025 года № 28/216. Зарегистрировано Департаментом юстиции Карагандинской области 21 мая 2025 года № 6773-09</w:t>
+        <w:t>Решение Приозерского городского маслихата Карагандинской области от 20 мая 2025 года № 28/216. Зарегистрировано Департаментом юстиции Карагандинской области 21 мая 2025 года № 6773-09.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -2523,447 +2523,465 @@
         <w:t xml:space="preserve">
       10) ко дню Республики - 25 октября: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
     <w:bookmarkStart w:name="z99" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       многодетные семьи, имеющие детей, воспитывающихся и обучающихся в дошкольных организациях образования города Приозерск;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) ко дню Независимости - 16 декабря:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дети-сироты и дети, оставшиеся без попечения родителей;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
-[...15 lines deleted...]
-      дети-сироты и дети, оставшиеся без попечения родителей;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дети с инвалидностью до 18 лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z102" w:id="96"/>
-[...15 lines deleted...]
-      дети с инвалидностью до 18 лет;</w:t>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) причинение ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия предоставляется не позднее шести месяцев со дня наступления стихийного бедствия, 1 раз в год независимо от доходов лица (членов семьи), размер социальной помощи 100 (сто) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z103" w:id="97"/>
-[...15 lines deleted...]
-      12) причинение ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия предоставляется не позднее шести месяцев со дня наступления стихийного бедствия, 1 раз в год независимо от доходов лица (членов семьи), размер социальной помощи 100 (сто) месячных расчетных показателей;</w:t>
+    <w:bookmarkStart w:name="z104" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) причинение ущерба гражданину (семье) либо его имуществу вследствие пожара предоставляется не позднее шести месяцев со дня наступления пожара, 1 раз в год независимо от доходов лица (членов семьи), размер социальной помощи 100 (сто) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
-[...15 lines deleted...]
-      13) причинение ущерба гражданину (семье) либо его имуществу вследствие пожара предоставляется не позднее шести месяцев со дня наступления пожара, 1 раз в год независимо от доходов лица (членов семьи), размер социальной помощи 100 (сто) месячных расчетных показателей;</w:t>
+    <w:bookmarkStart w:name="z105" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) наличие социально значимого заболевания, предоставляется 1 раз в год независимо от доходов лица (членов семьи), размер социальной помощи 30 (тридцать) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
-[...15 lines deleted...]
-      14) наличие социально значимого заболевания, предоставляется 1 раз в год независимо от доходов лица (членов семьи), размер социальной помощи 30 (тридцать) месячных расчетных показателей;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) наличие среднедушевого дохода, не превышающего порога 0,8 кратном отношении к прожиточному минимуму, установленного законодательством Республики Казахстан на соответствующий финансовый год предоставляется 1 раз в год, в размере 15 (пятнадцать) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z106" w:id="100"/>
-[...15 lines deleted...]
-      15) наличие среднедушевого дохода, не превышающего порога 0,8 кратном отношении к прожиточному минимуму, установленного законодательством Республики Казахстан на соответствующий финансовый год предоставляется 1 раз в год, в размере 15 (пятнадцать) месячных расчетных показателей;</w:t>
+    <w:bookmarkStart w:name="z107" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16) сиротство, отсутствие родительского попечения, предоставляется 1 раз в год, размер социальной помощи 30 (тридцать) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z107" w:id="101"/>
-[...15 lines deleted...]
-      16) сиротство, отсутствие родительского попечения, предоставляется 1 раз в год с учетом среднедушевого дохода лица (членов семьи), размер социальной помощи 15 (пятнадцать) месячных расчетных показателей;</w:t>
+    <w:bookmarkStart w:name="z108" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17) неспособность к самообслуживанию в связи с преклонным возрастом, предоставляется 1 раз в год с учетом среднедушевого дохода лица (членов семьи), размер социальной помощи 15 (пятнадцать) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z108" w:id="102"/>
-[...15 lines deleted...]
-      17) неспособность к самообслуживанию в связи с преклонным возрастом, предоставляется 1 раз в год с учетом среднедушевого дохода лица (членов семьи), размер социальной помощи 15 (пятнадцать) месячных расчетных показателей;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18) освобождение из мест лишения свободы, нахождение на учете службы пробации, предоставляется не позднее шести месяцев со дня освобождения, 1 раз в год независимо от доходов лица (членов семьи), размер социальной помощи 20 (двадцать) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z109" w:id="103"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:bookmarkStart w:name="z110" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       19) наличие среднедушевого дохода лица (семьи), не превышающего 1,5 (полутора) кратного размера прожиточного минимума, установленного законодательством Республики Казахстан на соответствующий финансовый год для пенсионеров по возрасту, лиц с инвалидностью первой группы, семей, имеющим или воспитывающим детей с инвалидностью, детей-сирот и детей, оставшимся без попечения родителей, не достигшим двадцати девяти лет, потерявшим родителей до совершеннолетия, проживающим в частных жилых домах с местным (печным) отоплением, являющимися его собственниками (нанимателями), либо членами семьи собственника (нанимателя), при отсутствии у них и членов семьи другого жилья, социальная помощь для приобретения твердого топлива (уголь) предоставляется в размере 16 (шестнадцать) месячных расчетных показателей на отопительный сезон, 1 раз в год, единовременно. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z111" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае проживания в одном частном жилом доме нескольких лиц, имеющих право на получение социальной помощи на приобретение топлива, компенсация выплачивается только одному из них;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z111" w:id="105"/>
-[...15 lines deleted...]
-      В случае проживания в одном частном жилом доме нескольких лиц, имеющих право на получение социальной помощи на приобретение топлива, компенсация выплачивается только одному из них;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20) на погребение ветеранов принимавших участие в боевых действиях в Афганистане предоставляется в течение трех месяцев после наступления смерти, единовременно независимо от доходов лица (членов семьи) помощь оказывается его семье либо лицу, осуществившему погребение, в размере 150 (сто пятьдесят) тысяч тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z112" w:id="106"/>
-[...15 lines deleted...]
-      20) на погребение ветеранов принимавших участие в боевых действиях в Афганистане предоставляется в течение трех месяцев после наступления смерти, единовременно независимо от доходов лица (членов семьи) помощь оказывается его семье либо лицу, осуществившему погребение, в размере 150 (сто пятьдесят) тысяч тенге;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21) оказание социальной помощи без учета доходов ветеранам Великой Отечественной войны, ветеранам боевых действий на территории других государств, ветеранам, приравненным по льготам к ветеранам Великой Отечественной войны и ветеранам труда на возмещение затрат на санаторно-курортное лечение не более 14 дней 1 раз в год, но не более гарантированной суммы санаторно-курортного лечения, установленной для лиц с инвалидностью на основании подтверждающих документов (акта выполненных работ, счета-фактуры и фискального чека оплаты). Социальная помощь на санаторно-курортное лечение ветеранам с инвалидностью, которым разработана индивидуальная программа абилитации и реабилитации на санаторно-курортное лечение, не выплачивается;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z113" w:id="107"/>
-[...15 lines deleted...]
-      21) оказание социальной помощи без учета доходов ветеранам Великой Отечественной войны, ветеранам боевых действий на территории других государств, ветеранам, приравненным по льготам к ветеранам Великой Отечественной войны и ветеранам труда на возмещение затрат на санаторно-курортное лечение не более 14 дней 1 раз в год, но не более гарантированной суммы санаторно-курортного лечения, установленной для лиц с инвалидностью на основании подтверждающих документов (акта выполненных работ, счета-фактуры и фискального чека оплаты). Социальная помощь на санаторно-курортное лечение ветеранам с инвалидностью, которым разработана индивидуальная программа абилитации и реабилитации на санаторно-курортное лечение, не выплачивается;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22) оказание единовременной социальной помощи, на оплату коммунальных услуг и приобретение топлива:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z114" w:id="108"/>
-[...15 lines deleted...]
-      22) оказание единовременной социальной помощи, на оплату коммунальных услуг и приобретение топлива:</w:t>
+    <w:bookmarkStart w:name="z115" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ветеранам боевых действий на территории других государств;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z115" w:id="109"/>
-[...15 lines deleted...]
-      ветеранам боевых действий на территории других государств;</w:t>
+    <w:bookmarkStart w:name="z116" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, принимавшим участие в ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1986-1987 годах;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z116" w:id="110"/>
-[...15 lines deleted...]
-      лицам, принимавшим участие в ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1986-1987 годах;</w:t>
+    <w:bookmarkStart w:name="z117" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам из числа участников ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1988 – 1989 годах, эвакуированные (самостоятельно выехавшие) из зон отчуждения и отселения в Республику Казахстан, включая детей, которые на день эвакуации находились во внутриутробном состоянии;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z117" w:id="111"/>
-[...15 lines deleted...]
-      лицам из числа участников ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1988 – 1989 годах, эвакуированные (самостоятельно выехавшие) из зон отчуждения и отселения в Республику Казахстан, включая детей, которые на день эвакуации находились во внутриутробном состоянии;</w:t>
+    <w:bookmarkStart w:name="z118" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, которым инвалидность установлена вследствие катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф, и аварий на объектах гражданского или военного назначения, ядерных испытаний, и их дети, инвалидность которых генетически связана с радиационным облучением одного из родителей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z118" w:id="112"/>
-[...15 lines deleted...]
-      лицам, которым инвалидность установлена вследствие катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф, и аварий на объектах гражданского или военного назначения, ядерных испытаний, и их дети, инвалидность которых генетически связана с радиационным облучением одного из родителей.</w:t>
+    <w:bookmarkStart w:name="z119" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Размер единовременной социальной помощи 12 (двенадцать) месячных расчетных показателей, оказывается без учета доходов, без истребования заявлений от граждан, по списку представленным филиалом Государственной корпорации 1 раз в год в отопительный сезон в октябре месяце;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z119" w:id="113"/>
-[...15 lines deleted...]
-      Размер единовременной социальной помощи 12 (двенадцать) месячных расчетных показателей, оказывается без учета доходов, без истребования заявлений от граждан, по списку представленным филиалом Государственной корпорации 1 раз в год в отопительный сезон в октябре месяце;</w:t>
+    <w:bookmarkStart w:name="z100" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22-1) при наличии у детей социально значимого заболевания, вызванного вирусом иммунодефицита человека и носителям вируса иммунодефицита человека, социальная помощь предоставляется законному представителю ребенка до восемнадцати лет, независимо от доходов лица (семьи), в размере 2,0 (два) кратного прожиточного минимума, установленного законодательством Республики Казахстан на соответствующий финансовый год, ежемесячно;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:bookmarkStart w:name="z120" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23) социальная помощь без учета дохода предоставляется лицам с инвалидностью первой группы, имеющим индивидуальную программу абилитации и реабилитации лица с ивалидностью на санаторно-курортное лечение (за исключением лиц с инвалидностью, получивших трудовое увечье или профессиональное заболевание по вине работодателя), для возмещения затрат санаторно-курортного лечения сопровождающего их лица, в размере не более семидесяти процентов от гарантированной стоимости санаторно-курортного лечения, определяемой уполномоченным органом в области социальной защиты населения для лиц с инвалидностью, не более одного раза в год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:bookmarkStart w:name="z121" w:id="115"/>
     <w:p>
@@ -3183,50 +3201,112 @@
         <w:t>
       Перечень видов помощи по вышеуказанным основаниям для оказания социальной помощи и (или) проведения обследований материально-бытового положения лица (семьи) утверждается местными представительными органами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
     <w:bookmarkStart w:name="z132" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Специальные комиссии при вынесении заключения о необходимости оказания социальной помощи руководствуются утвержденным местными представительными органами перечнем оснований для отнесения граждан к категории нуждающихся. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменениями, внесенными решением Приозерского городского маслихата Карагандинской области от 28.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 37/278</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z133" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Размер оказываемой социальной помощи в каждом отдельном случае определяет специальная комиссия и указывает его в заключении о необходимости оказания социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
     <w:bookmarkStart w:name="z134" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4853,31 +4933,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>