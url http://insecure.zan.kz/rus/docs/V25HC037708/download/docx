--- v0 (2026-01-13)
+++ v1 (2026-03-05)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9f46614" w14:textId="9f46614">
+    <w:p w14:paraId="c5fa46c" w14:textId="c5fa46c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -131,635 +131,875 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Каражалский городской маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1. Внести в решение Каражалского городского маслихата от 23 мая 2024 года №159 "Об определении размера и порядка оказания жилищной помощи в городе Каражал" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 123-20) следующие изменения:</w:t>
+        <w:t xml:space="preserve">
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>решение</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Каражалского городского маслихата от 23 мая 2024 года №159 "Об определении размера и порядка оказания жилищной помощи в городе Каражал" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 123-20) следующие изменения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
-[...15 lines deleted...]
-      заголовок указанного решения изложить в новой редакции следующего содержания:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заголовок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указанного решения изложить в новой редакции следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Об определении размера и Правил оказания жилищной помощи в городе Каражал";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
-[...15 lines deleted...]
-      "Об определении размера и Правил оказания жилищной помощи в городе Каражал";</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указанного решения изложить в новой редакции следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1. Определить размер и Правила оказания жилищной помощи в городе Каражал согласно приложению 1 к настоящему решению.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
-[...15 lines deleted...]
-      пункт 1 указанного решения изложить в новой редакции следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Размере и порядке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оказания жилищной помощи в городе Каражал, утвержденных указанным решением:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
-[...15 lines deleted...]
-      "1. Определить размер и Правила оказания жилищной помощи в городе Каражал согласно приложению 1 к настоящему решению.";</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заголовок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приложение 1 указанного решения изложить в новой редакции следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Размер и Правила оказания жилищной помощи в городе Каражал";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
-[...15 lines deleted...]
-      в Размере и порядке оказания жилищной помощи в городе Каражал, утвержденных указанным решением:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указанного решения изложить в новой редакции следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "5. Размер жилищной помощи рассчитывается услугодателем, в пределах следующих норм:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z11" w:id="7"/>
-[...15 lines deleted...]
-      заголовок приложение 1 указанного решения изложить в новой редакции следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нормы потребления коммунальной услуги по газоснабжению для потребителей не более пятнадцати кубических метров на человека в квартире;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
-[...15 lines deleted...]
-      "Размер и Правила оказания жилищной помощи в городе Каражал";</w:t>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормы потребления коммунальной услуги по газоснабжению для потребителей индивидуального жилого дома на отопление жилища не более пятнадцати кубических метров за квадратный метр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
-[...15 lines deleted...]
-      пункт 5 указанного решения изложить в новой редакции следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормы потребления услуги электроснабжения для потребителя в соответствии нормам, установленным региональным уполномоченным органом, регулируемым деятельность в сфере естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
-[...15 lines deleted...]
-      "5. Размер жилищной помощи рассчитывается услугодателем, в пределах следующих норм:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нормы услуг водоснабжения, и (или) водоотведения для потребителя:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
-[...15 lines deleted...]
-      1) нормы потребления коммунальной услуги по газоснабжению для потребителей не более пятнадцати кубических метров на человека в квартире;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      холодная вода не более четырех метров кубических на человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
-[...15 lines deleted...]
-      нормы потребления коммунальной услуги по газоснабжению для потребителей индивидуального жилого дома на отопление жилища не более пятнадцати кубических метров за квадратный метр;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      горячая вода не более двух метров кубических на человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
-[...15 lines deleted...]
-      2) нормы потребления услуги электроснабжения для потребителя в соответствии нормам, установленным региональным уполномоченным органом, регулируемым деятельность в сфере естественных монополий;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нормы потребления услуги теплоснабжения для потребителей с приборами учета не более ноль целых двадцать пять тысячных гигакалории на один квадратный метр в месяц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z18" w:id="14"/>
-[...15 lines deleted...]
-      3) нормы услуг водоснабжения, и (или) водоотведения для потребителя:</w:t>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      нормы потребления услуги по теплоснабжению для потребителей не имеющих приборов учета за один квадратный метр, утверждаемые акиматом области, города республиканского значения, столицы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 34)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z19" w:id="15"/>
-[...15 lines deleted...]
-      холодная вода не более четырех метров кубических на человека;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сбор и вывоз твердых бытовых отходов (мусороудаление) не более шестьсот пятидесяти тенге на человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z20" w:id="16"/>
-[...15 lines deleted...]
-      горячая вода не более двух метров кубических на человека;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обслуживание лифтов не более тысячу триста тенге за квартиру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z21" w:id="17"/>
-[...15 lines deleted...]
-      4) нормы потребления услуги теплоснабжения для потребителей с приборами учета не более ноль целых двадцать пять тысячных гигакалории на один квадратный метр в месяц;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) услуги связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций не более тысячу триста девяносто девяти тенге за абонент;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z22" w:id="18"/>
-[...15 lines deleted...]
-      нормы потребления услуги по теплоснабжению для потребителей не имеющих приборов учета за один квадратный метр, утверждаемые акиматом области, города республиканского значения, столицы в соответствии с подпунктом 34) статьи 27 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиум не более шестидесяти тенге за квадратный метр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
-[...15 lines deleted...]
-      5) сбор и вывоз твердых бытовых отходов (мусороудаление) не более шестьсот пятидесяти тенге на человека;</w:t>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) арендная плата за пользованием жилищем из государственного жилищного фонда не более ста двадцати тенге за квадратный метр;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
-[...15 lines deleted...]
-      6) обслуживание лифтов не более тысячу триста тенге за квартиру;</w:t>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) норма квадратуры на человека восемнадцать квадратных метров полезной площади на человека, но не более фактически занимаемой площади, для одиноко проживающего не более тридцати квадратных метров.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
-[...15 lines deleted...]
-      7) услуги связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций не более тысячу триста девяносто девяти тенге за абонент;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункт 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> указанного решения изложить в новой редакции следующего содержания:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "9. Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации, либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней.".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
-[...15 lines deleted...]
-      8) расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиум не более шестидесяти тенге за квадратный метр;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Государственному учреждению "Аппарат Каражалского городского маслихата" в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
-[...15 lines deleted...]
-      9) арендная плата за пользованием жилищем из государственного жилищного фонда не более ста двадцати тенге за квадратный метр;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственную регистрацию настоящего решения в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
-[...15 lines deleted...]
-      10) норма квадратуры на человека восемнадцать квадратных метров полезной площади на человека, но не более фактически занимаемой площади, для одиноко проживающего не более тридцати квадратных метров.";</w:t>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего решения на интернет-ресурсе Каражалского городского маслихата, после его официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z29" w:id="25"/>
-[...15 lines deleted...]
-      пункт 9 указанного решения изложить в новой редакции следующего содержания:</w:t>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящее решение вводится в действие по истечению десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z30" w:id="26"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="30"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>