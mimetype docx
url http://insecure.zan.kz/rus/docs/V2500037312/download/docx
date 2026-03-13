--- v0 (2025-12-25)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9b8e9ce" w14:textId="9b8e9ce">
+    <w:p w14:paraId="fe289b4" w14:textId="fe289b4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О некоторых вопросах исполнения налогового обязательства при ликвидации, реорганизации и прекращении деятельности налогоплательщиками (налоговыми агентами)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ и.о. Министра финансов Республики Казахстан от 31 октября 2025 года № 654. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 октября 2025 года № 37312</w:t>
+        <w:t>Приказ и.о. Министра финансов Республики Казахстан от 31 октября 2025 года № 654. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 октября 2025 года № 37312.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -233,410 +233,630 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 74, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 113 Налогового Кодекса Республики Казахстан (Налоговый кодекс), ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В преамбулу внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z7" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Правила исполнения налогоплательщиками (налоговыми агентами) налогового обязательства при ликвидации, в том числе отдельными категориями налогоплательщиков (налоговых агентов), согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) Правила исполнения налогоплательщиками (налоговыми агентами) налогового обязательства при реорганизации, в том числе отдельными категориями налогоплательщиков (налоговых агентов) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящему приказу; </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+        <w:t xml:space="preserve"> к настоящему приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) Правила исполнения налогового обязательства при прекращении деятельности налогоплательщиками (налоговыми агентами), в том числе отдельными категориями налогоплательщиков (налоговых агентов), согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z11" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) Упрощенный порядок исполнения налогового обязательства при прекращении деятельности, а также условия отнесения налогоплательщиков к отдельным категориям налогоплательщиков, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z12" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) форму налогового заявления на проведение налоговой проверки согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      3) форму налогового заявления о прекращении деятельности согласно </w:t>
+      6) форму налогового заявления о прекращении деятельности согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции приказа Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету государственных доходов Министерства финансов Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z15" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z16" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Министерства финансов Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z17" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства финансов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z18" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие с 1 января 2026 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -884,1063 +1104,1105 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 октября 2025 года № 654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:bookmarkStart w:name="z21" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила исполнения налогоплательщиками (налоговыми агентами) налогового обязательства при ликвидации, в том числе отдельными категориями налогоплательщиков (налоговых агентов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z22" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z23" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила исполнения налогоплательщиками (налоговыми агентами) налогового обязательства при ликвидации, в том числе отдельными категориями налогоплательщиков (налоговых агентов) (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 74 Налогового кодекса Республики Казахстан (далее – Налоговый кодекс) и определяют порядок исполнения налогоплательщиками (налоговыми агентами) налогового обязательства при ликвидации, в том числе отдельными категориями налогоплательщиков (налоговых агентов).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z24" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Под ликвидируемым налогоплательщиком (налоговым агентом) (далее – ликвидируемое лицо) в рамках настоящих Правил признаются следующие лица:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z25" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ликвидируемое юридическое лицо – резидент;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z26" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прекращающее деятельность в Республике Казахстан структурное подразделение юридического лица (далее – структурное подразделение) – нерезидента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z27" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прекращающее деятельность в Республике Казахстан постоянное учреждение юридического лица – нерезидента;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z28" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прекращающее деятельность структурное подразделение юридического лица-резидента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z29" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок исполнения налогового обязательства ликвидируемым лицом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z30" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Общие положения исполнения налогового обязательства ликвидируемым лицом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z31" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Ликвидационная налоговая отчетность составляется ликвидируемым лицом по видам налогов, платежей в бюджет и социальным платежам, по которым такое лицо является плательщиком и (или) налоговым агентом, за период с начала налогового периода, в котором представлено налоговое заявление о проведении налоговой проверки по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу (далее – налоговое заявление на проверку), до даты представления такого заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если срок представления очередной налоговой отчетности наступает после представления ликвидационной налоговой отчетности, представление такой очередной налоговой отчетности производится не позднее даты представления ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ликвидируемое лицо уплачивает налоги, платежи в бюджет и социальные платежи, отраженные в ликвидационной налоговой отчетности, не позднее 10 (десяти) календарных дней со дня представления в орган государственных доходов (далее – ОГД) ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если срок уплаты налогов, платежей в бюджет и социальных платежей, отраженных в налоговой отчетности, представленной перед ликвидационной налоговой отчетностью, наступает после истечения срока, указанного в части первой настоящего пункта, уплата (перечисление) производится не позднее 10 (десяти) календарных дней со дня представления в ОГД ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Налоговая задолженность ликвидируемого лица, возникающая в том числе по основаниям, указанным в пунктах 4 и 10 настоящих Правил, погашается за счет его денег, в том числе полученных от реализации его имущества, в порядке очередности в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 183 Налогового кодекса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом также погашается налоговая задолженность ликвидируемого лица, в случае исполнения таким юридическим лицом-нерезидентом налоговых обязательств совокупно по группе постоянных учреждений, структурных подразделений юридических лиц через прекращающее деятельность постоянное учреждение, структурное подразделение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Если имущества ликвидируемого налогоплательщика недостаточно для погашения в полном объеме налоговой задолженности, оставшаяся часть налоговой задолженности погашается учредителями (участниками) ликвидируемого налогоплательщика в случаях, установленных законами Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 в редакции приказа Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Если ликвидируемое лицо имеет излишне уплаченные суммы налогов, платежей в бюджет и пени, то указанные суммы подлежат зачету в счет погашения налоговой задолженности ликвидируемого лица в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z39" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае если ликвидируемое лицо имеет ошибочно уплаченные суммы налогов, платежей в бюджет и пени, то указанные суммы подлежат зачету в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. В случае, если ликвидируемое лицо до даты снятия с регистрационного учета плательщика налога на добавленную стоимость имеет сумму превышения по налогу на добавленную стоимость, относимого в зачет, над суммой начисленного налога, подлежащей возврату, указанное превышение подлежит возврату в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 125</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. При отсутствии у ликвидируемого лица налоговой задолженности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z42" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ошибочно уплаченные суммы налогов, платежей в бюджет и пени подлежат возврату этому ликвидируемому лицу в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z43" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) излишне уплаченные суммы налогов, платежей в бюджет и пени подлежат возврату этому ликвидируемому лицу в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z44" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) уплаченные суммы штрафов подлежат возврату этому ликвидируемому лицу по основаниям и в порядке, которые установлены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z45" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) излишне (ошибочно) уплаченные в бюджет суммы таможенных пошлин, налогов, таможенных сборов и пени, взимаемых таможенными органами, подлежат возврату этому юридическому ликвидируемому лицу в порядке, определенном таможенным законодательством Республики Казахстан. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z46" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. В случае, представления ликвидируемым лицом налоговой отчетности по возникшим налоговым обязательствам за период с даты представления ликвидационной налоговой отчетности до даты завершения ликвидационной налоговой проверки, ОГД такие обязательства указывает в приложении к акту налоговой проверки без начисления пеней и применения штрафных санкций в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 170 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. В случае возникновения доходов физических лиц и нерезидентов, подлежащих налогообложению у источника выплаты, в виде дивидендов в течение периода со дня, следующего за днем завершения ликвидационной налоговой проверки, до дня утверждения ликвидационного баланса ликвидируемое лицо представляет в ОГД по месту своего нахождения дополнительную налоговую отчетность к ликвидационной налоговой отчетности по такому налоговому обязательству и исполнить его в полном объеме. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z48" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Ликвидируемое юридическое лицо в течение 3 (трех) рабочих дней со дня принятия решения о ликвидации письменно сообщает об этом в ОГД по месту своего нахождения в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Ликвидируемое юридическое лицо в течение 3 (трех) рабочих дней со дня утверждения промежуточного ликвидационного баланса, представляет в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса в орган государственных доходов по месту нахождения (далее – ОГД) одновременно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) налоговое заявление о проведении налоговой проверки по форме согласно приложению 5 к настоящему приказу (далее – налоговое заявление на проверку);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ликвидационную налоговую отчетность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Налоговая проверка начинается не позднее 10 (десяти) рабочих дней после получения ОГД налогового заявления на проверку ликвидируемого лица. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Налоговая проверка проводится в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z54" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Ликвидируемое юридическое лицо представляет ликвидационный баланс в течение 3 (трех) рабочих дней со дня завершения налоговой проверки при одновременном соблюдении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z55" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отсутствие налоговой задолженности, задолженности по социальным платежам, в том числе по итогам осуществленного налогового администрирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z56" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсутствие излишне (ошибочно) уплаченных сумм налогов, платежей в бюджет, пеней и штрафов, превышения налога на добавленную стоимость, относимого в зачет, над суммой начисленного налога, а также излишне уплаченных и (или) излишне взысканных сумм таможенных пошлин, таможенных сборов, налогов и пеней, подлежащих возврату в порядке и случаях, которые определены законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z57" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Ликвидируемое юридическое лицо обращается в регистрирующий орган для завершения процедуры прекращения деятельности не позднее 3 (трех) рабочих дней с даты получения извещения ОГД о направлении в регистрирующий орган сведений об отсутствии (наличии) задолженности, предусматривающих отсутствие у него задолженности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z58" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. При этом, в случае истечения срока, продолжительностью более 1 (одного) года с даты завершения налоговой проверки, ОГД обеспечивают проведение повторного контроля согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1955,928 +2217,928 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z59" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Особенности исполнения налогового обязательства, прекращающего деятельность в Республике Казахстан структурного подразделения – резидента</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z60" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В случае принятия юридическим лицом-резидентом решения о прекращении деятельности своего структурного подразделения одновременно представляются в ОГД по месту нахождения структурного подразделения – резидента:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z61" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) налоговое заявление о прекращении деятельности по форме согласно приложению 6 к настоящему приказу (далее – налоговое заявление на прекращение);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z62" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копия решения юридического лица-резидента о прекращении деятельности его структурного подразделения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z63" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ликвидационная отчетность структурного подразделения, если иное не установлено настоящим параграфом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z64" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Ликвидационная налоговая отчетность составляется по видам налогов, платежей в бюджет и социальных платежей, по которым прекращающее деятельность структурное подразделение признано самостоятельным плательщиком, за период с начала налогового периода, в котором принято решение о прекращении деятельности структурного подразделения, до даты представления налогового заявления на прекращение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z65" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если срок представления очередной налоговой отчетности наступает после представления ликвидационной налоговой отчетности, представление такой очередной налоговой отчетности производится не позднее даты представления ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z66" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Уплата налогов, платежей в бюджет и социальных платежей, отраженных в ликвидационной налоговой отчетности, предусмотренной пунктом 19 настоящих Правил, производится прекращающим деятельность структурным подразделением не позднее 10 (десяти) календарных дней со дня представления в ОГД ликвидационной налоговой отчетности в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 115 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z67" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если срок уплаты налогов, платежей в бюджет и социальных платежей, отраженных в налоговой отчетности, представленной перед ликвидационной налоговой отчетностью, наступает по истечении срока, указанного в части первой настоящего пункта, уплата (перечисление) производится не позднее 10 (десяти) календарных дней со дня представления ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z68" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В случае, если прекращающее деятельность структурное подразделение не признано самостоятельным плательщиком налогов, платежей в бюджет и социальных платежей, ликвидационная налоговая отчетность не представляется.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z69" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Налоговая задолженность, задолженность по социальным платежам прекращающего деятельность структурного подразделения погашается за счет денег юридического лица, создавшего данное структурное подразделение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z70" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Особенности исполнения налогового обязательства ликвидируемым юридическим лицом-резидентом, юридическим лицом – нерезидентом, осуществляющим деятельность в Республике Казахстан через постоянные учреждения по результатам заключения аудита по налогам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z71" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. По результатам заключения аудита по налогам ликвидации подлежат ликвидируемые юридические лица-резиденты, юридические лица–нерезидента, осуществляющие деятельность в Республике Казахстан через постоянные учреждения в случае одновременного соответствующего следующим условиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z72" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) общая сумма совокупных годовых доходов с учетом корректировок ликвидируемого лица за период срока исковой давности составляет не более 300 000 (трехсот тысяч)-кратного месячного расчетного показателя, действующего на 1 января соответствующего финансового года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z73" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеют в наличии заключение аудита по налогам, составленное не более чем за 20 (двадцать) календарных дней до даты представления в ОГД налогового заявления о прекращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z74" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) не состоят либо не состояли в течение срока исковой давности на регистрационном учете в качестве налогоплательщика, осуществляющего отдельные виды деятельности в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z75" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, если по результатам заключения аудита по налогам возникают обязательства по исчислению и уплате налогов и платежей в бюджет, исчислению, удержанию, перечислению социальных платежей, такие обязательства подлежат исполнению ликвидируемым лицом в течение 10 (десяти) календарных дней со дня, следующего за днем вручения налогоплательщику соответствующего заключения аудита по налогам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z76" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Юридическое лицо в случае принятия решения о ликвидации одновременно представляет в ОГД по месту своего нахождения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z77" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) налоговое заявление о прекращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ликвидационную налоговую отчетность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заключение аудита по налогам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) налоговое заявление о снятии с учета контрольно-кассовой машины в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 111 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Налоговое заявление о снятии с учета контрольно-кассовой машины представляется в случае постановки контрольно-кассовой машины на учет в ОГД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Ликвидационная налоговая отчетность составляется ликвидируемым лицом по видам налогов, платежей в бюджет и социальным платежам, по которым такое лицо является плательщиком и (или) налоговым агентом, за период с начала налогового периода, в котором представлено налоговое заявление на прекращение, до даты представления такого заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если срок представления очередной налоговой отчетности наступает после представления ликвидационной налоговой отчетности, представление такой очередной налоговой отчетности производится не позднее даты представления ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z84" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Ликвидируемое лицо уплачивает налоги, платежи в бюджет и перечисляет социальные платежи, отраженные в ликвидационной налоговой отчетности, не позднее 10 (десяти) календарных дней со дня представления в ОГД ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z85" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если срок уплаты налогов, платежей в бюджет и перечисления социальных платежей, отраженных в налоговой отчетности, представленной перед ликвидационной налоговой отчетностью, наступает после истечения срока, указанного в части первой настоящего пункта, уплата (перечисление) производится не позднее 10 (десяти) календарных дней со дня представления в ОГД ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. При отсутствии у ликвидируемого лица налоговой задолженности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ошибочно уплаченные суммы налогов, платежей в бюджет и пени подлежат возврату этому налогоплательщику в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) излишне уплаченные суммы налогов, платежей в бюджет и пени подлежат возврату этому налогоплательщику в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) уплаченные суммы штрафов подлежат возврату этому налогоплательщику по основаниям и в порядке, которые установлены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) излишне (ошибочно) уплаченные в бюджет суммы таможенных пошлин, налогов, таможенных сборов и пени, взимаемых таможенными органами, подлежат возврату этому налогоплательщику в порядке, определенном таможенным законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z91" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. ОГД не позднее 10 (десяти) рабочих дней со дня получения документов, указанных в пункте 30 настоящих Правил, осуществляет камеральный контроль в порядке, определяемом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z92" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. В случае выявлении ОГД расхождений по результатам камерального контроля ликвидируемому лицу представляется уведомление о расхождениях, выявленных по результатам камерального контроля (далее – уведомление). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z93" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       30. Исполнение уведомления осуществляется ликвидируемым лицом в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z94" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Уплата (перечисление) налоговой задолженности, задолженности по социальным платежам производится налогоплательщиком не позднее 10 (десяти) календарных дней со дня исполнения уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z95" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       32. В случаях неисполнения уведомления и (или) несогласия ОГД с пояснениями, представленными налогоплательщиком, в отношении ликвидируемого лица ОГД проводится налоговая проверка в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2891,586 +3153,668 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 137 Налогового кодекса в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z96" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, налоговая проверка начинается не позднее 10 (десяти) рабочих дней после истечения срока исполнения такого уведомления и (или) получения пояснения о несогласии по выявленным расхождениям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z97" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок исполнения налогового обязательства отдельными категориями ликвидируемых юридических лиц-резидентов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z98" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Общие положения исполнения налогового обязательства отдельными категориями юридических лиц-резидентов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z99" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       33. Исполнение налогового обязательства в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 74 Налогового кодекса по камеральному контролю осуществляется ликвидируемыми юридическими лицами-резидентами, которые одновременно соответствуют следующим условиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z100" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) является плательщиком налога на добавленную стоимость, не осуществляющим предпринимательскую деятельность, предусмотренной положениями </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан с даты постановки на регистрационный учет по налогу на добавленную стоимость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z101" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не является плательщиком на добавленную стоимость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z102" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не имеющие налоговой задолженности и задолженности по социальным платежам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z103" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) не состоит на регистрационном учете в качестве налогоплательщика, осуществляющего отдельные виды деятельности в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 104 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z104" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Настоящий пункт применяется в отношении юридических лиц-резидентов, соответствующих условиям, определенным настоящим пунктом, в течение срока исковой давности. Положения настоящего пункта также распространяются на юридические лица, период с даты создания которых менее чем срок исковой давности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z105" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Условия отнесения к отдельным категориям реорганизуемых юридических лиц устанавливаются в соответствии с Правилами исполнения налогоплательщиками (налоговыми агентами) налогового обязательства при реорганизации, в том числе отдельными категориями налогоплательщиков (налоговых агентов), утвержденных настоящим приказом (далее – Правила по реорганизации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z106" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       35. В случае несоответствия условиям для прекращения деятельности путем проведения камерального контроля, ОГД в течение 3 (трех) рабочих дней со дня поступления последнего ответа от уполномоченного органа принимает решение об отказе. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z107" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Указанный отказ с обязательным указанием причин несоответствия отражается в заключении камерального контроля.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z399" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35-1. При ликвидации субъектов микро- и малого предпринимательства, соответствующих условиям пункта 33 настоящих Правил, камеральный контроль не проводится по налоговой отчетности, представленной до 17 декабря 2025 года за налоговые периоды до 1 января 2026 года, при условии подачи налогового заявления о прекращении деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Правила дополнены пунктом 35-1 в соответствии с приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z108" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Порядок исполнения налогового обязательства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z109" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Ликвидируемое юридическое лицо-резидент в случае принятия решения о ликвидации одновременно представляет в ОГД по месту нахождения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z110" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) налоговое заявление о прекращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z111" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) промежуточный ликвидационный баланс;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z112" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ликвидационную налоговую отчетность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z113" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) налоговое заявление о снятии с учета контрольно-кассовой машины в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 111 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z114" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Налоговое заявление о снятии с учета контрольно-кассовой машины представляется ликвидируемым лицом в случае постановки контрольно-кассовой машины на учет в ОГД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z115" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       37. ОГД в течение 3 (трех) рабочих дней со дня получения налогового заявления на прекращение ликвидируемого юридического лица-резидента направляет запрос за период, в течение которого не проводилась налоговая проверка в отношении юридического лица-резидента, в пределах срока исковой давности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z116" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в уполномоченные государственные органы – о представлении сведений о сделках с имуществом, подлежащим государственной регистрации, совершенных юридическим лицом, прекращающим деятельность, а также о его имуществе по состоянию на дату получения запроса ОГД;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z117" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в банки второго уровня и (или) организации, осуществляющие отдельные виды банковских операций, – о представлении сведений об остатках и движении денег на банковских счетах ликвидируемого юридического лица-резидента, на дату получения запроса ОГД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z118" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения по запросам ОГД, предусмотренные подпунктом 1) части первой настоящего пункта, подлежат представлению не позднее 10 (десяти) рабочих дней со дня их получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z119" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. ОГД в течение 10 (десяти) рабочих дней со дня получения всех сведений, предусмотренных пунктом 37 настоящих Правил, осуществляет в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3485,391 +3829,391 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса камеральный контроль и составить заключение по результатам камерального контроля при выявлении расхождении в данных о прекращении обязательств по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – заключение камерального контроля).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z120" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В заключении камерального контроля отражаются результаты камерального контроля и состояние расчетов по налогам, платежам в бюджет и социальным платежам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z121" w:id="113"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z121" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключение камерального контроля составляется в количестве не менее двух экземпляров и подписывается должностными лицами ОГД. Один экземпляр заключения камерального контроля представляется не позднее 3 (трех) рабочих дней после его подписания ликвидируемому лицу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z122" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       39. В случае, если налогоплательщик (налоговый агент) согласился с нарушениями, отраженными в уведомлении о расхождениях по результатам камерального контроля, но в последствии произвел корректировки, уменьшающие налоговые обязательства, ОГД назначает налоговую проверку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z123" w:id="115"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z123" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       40. В случае выявления расхождений по результатам камерального контроля ликвидируемому юридическому лицу-резиденту не позднее 5 (пяти) рабочих дней с даты получения заключения камерального контроля направляется уведомление в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z124" w:id="116"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z124" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Исполнение уведомления, осуществляется ликвидируемым юридическим лицом-резидентом в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z125" w:id="117"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z125" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       41. В случае неисполнения уведомления и (или) несогласия ОГД с пояснениями, представленными налогоплательщиком, в отношении ликвидируемого юридического лица-резидента, проводится налоговая проверка. При этом налоговая проверка начинается не позднее 10 (десяти) рабочих дней после истечения срока исполнения такого уведомления и (или) получения пояснения о несогласии по выявленным расхождениям по результатам камерального контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z126" w:id="118"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z126" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       42. Налоговая задолженность ликвидируемого юридического лица-резидента погашается за счет его денег, в том числе полученных от реализации его имущества, в порядке очередности в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 183 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z127" w:id="119"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z127" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. Уплата (перечисление) налоговой задолженности, задолженности по социальным платежам производится налогоплательщиком не позднее 10 (десяти) календарных дней со дня составления заключения камерального контроля или исполнения уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z128" w:id="120"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z128" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Ликвидируемое юридическое лицо-резидент представляет в ОГД по месту нахождения ликвидационный баланс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z129" w:id="121"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z129" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Ликвидационный баланс ликвидируемое юридическое лицо-резидент представляет в течение 3 (трех) рабочих дней со дня получения заключения камерального контроля в случае отсутствия налоговой задолженности, задолженности по социальным платежам и выполнения положений, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">пунктом 11 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z130" w:id="122"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z130" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. В случае наличия расхождений по результатам камерального контроля, налоговой задолженности, задолженности по социальным платежам ликвидируемое юридическое лицо-резидент представляет ликвидационный баланс в течение (3) трех рабочих дней с даты погашения налоговой задолженности, задолженности по социальным платежам при условии устранения таких расхождений, и выполнения положений, установленных пунктом 11 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z131" w:id="123"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z131" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. После представления ликвидационного баланса, указанного в пункте 44 настоящих Правил, и выполнения положений, установленных пунктом 45 настоящих Правил, ОГД направляет регистрирующему органу, осуществляющему государственную регистрацию, перерегистрацию юридических лиц, государственную регистрацию прекращения деятельности юридических лиц, учетную регистрацию, перерегистрацию, снятие с учетной регистрации структурных подразделений, сведения об отсутствии (наличии) задолженности, учет по которым ведется в ОГД, по ликвидируемому юридическому лицу-резиденту в порядке и сроки, которые установлены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 75 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4052,100 +4396,100 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z134" w:id="124"/>
+    <w:bookmarkStart w:name="z134" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">  Заключение по результатам камерального контроля при выявлении расхождении в </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                               данных о прекращении обязательств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z135" w:id="125"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z135" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              "____"_____________ 20___ года № _______</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkEnd w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Мною (нами), </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4904,64 +5248,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z136" w:id="126"/>
+      <w:bookmarkStart w:name="z136" w:id="121"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              4. Банковские реквизиты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Наименование банка: _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5344,70 +5688,70 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата подачи налогового заявления</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z137" w:id="127"/>
+    <w:bookmarkStart w:name="z137" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сведения по ранее направленным уведомлениям о расхождениях, выявленных органами государственных доходов по результатам камерального контроля, и об их исполнении:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6292,90 +6636,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z138" w:id="128"/>
+    <w:bookmarkStart w:name="z138" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Результаты камерального контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z139" w:id="129"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z139" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В ходе камерального контроля получены сведения из следующих уполномоченных государственных органов, банков и (или) организации, осуществляющие отдельные виды банковских операций:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6890,70 +7234,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z140" w:id="130"/>
+    <w:bookmarkStart w:name="z140" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Сверка данных форм налоговой отчетности с данными органа государственных доходов, книги учета наличных денег контрольно-кассовой машины (далее-ККМ), фискального отчета по ККМ, банковских счетов**:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkEnd w:id="125"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -9631,64 +9975,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z141" w:id="131"/>
+      <w:bookmarkStart w:name="z141" w:id="126"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
              10. Соблюдение особенностей исполнения налогового обязательства, установленных </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkEnd w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьями 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
@@ -10812,70 +11156,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z142" w:id="132"/>
+    <w:bookmarkStart w:name="z142" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Сверка данных форм налоговой отчетности по обязательным пенсионным взносам (далее – ОПВ)*****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkEnd w:id="127"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -11600,70 +11944,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z143" w:id="133"/>
+    <w:bookmarkStart w:name="z143" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-1. Сверка данных форм налоговой отчетности по обязательным пенсионным взносам работодателя (далее – ОПВР)*****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkEnd w:id="128"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -12388,70 +12732,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z144" w:id="134"/>
+    <w:bookmarkStart w:name="z144" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-2. Сверка данных форм налоговой отчетности по обязательным профессиональным пенсионным взносам (далее – ОППВ)*****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkEnd w:id="129"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -13176,70 +13520,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="135"/>
+    <w:bookmarkStart w:name="z145" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Сверка данных форм налоговой отчетности по социальным отчислениям*****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkEnd w:id="130"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -13964,70 +14308,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="136"/>
+    <w:bookmarkStart w:name="z146" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Сверка данных форм налоговой отчетности по отчислениям и (или) взносам по обязательному социальному медицинскому страхованию (далее –ОСМС)*****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkEnd w:id="131"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -14752,90 +15096,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="137"/>
+    <w:bookmarkStart w:name="z147" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Вывод</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z148" w:id="138"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z148" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Состояние расчетов по налогам и другим обязательным платежам в бюджет, социальным отчислениям, ОПВ, ОПВР, ОППВ, отчислениям и (или) взносам по ОСМС, на момент составления заключения по результатам камерального контроля******:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkEnd w:id="133"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -15539,90 +15883,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z149" w:id="139"/>
+    <w:bookmarkStart w:name="z149" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. При отсутствии нарушений по результатам камерального контроля, камеральный контроль считается завершенным без нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z150" w:id="140"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z150" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В случае выявления расхождений по результатам камерального контроля оформляется уведомление о расхождениях, выявленных органами государственных доходов по результатам камерального контроля по следующим видам налоговой отчетности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkEnd w:id="135"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -16038,64 +16382,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z151" w:id="141"/>
+      <w:bookmarkStart w:name="z151" w:id="136"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Информация о выявленных нарушениях по результатам камерального контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkEnd w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -16826,505 +17170,929 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 октября 2025 года № 654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z153" w:id="142"/>
+    <w:bookmarkStart w:name="z153" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила исполнения налогоплательщиками (налоговыми агентами) налогового обязательства при реорганизации, в том числе отдельными категориями налогоплательщиков (налоговых агентов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z154" w:id="143"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В заголовок внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z154" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z155" w:id="144"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В заголовок главы 1 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z155" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила исполнения налогоплательщиками (налоговыми агентами) налогового обязательства при реорганизации, в том числе отдельными категориями налогоплательщиков (налоговых агентов), (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 74 Налогового кодекса Республики Казахстан (далее – Налоговый кодекс) и определяют порядок исполнения налогового обязательства, при реорганизации, в том числе отдельными категориями налогоплательщиков (налоговых агентов), реорганизуемым юридическим лицом путем слияния, присоединения, разделения, выделения (далее – реорганизуемое юридическое лицо).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z156" w:id="145"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 1 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z156" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Ликвидационная налоговая отчетность составляется по видам налогов, платежей в бюджет и социальным платежам, по которым юридическое лицо, реорганизуемое путем слияния, присоединения, разделения является плательщиком и (или) налоговым агентом, за период с начала налогового периода, в котором возникло обязательство по представлению такой отчетности, до даты представления в орган государственных доходов (далее – ОГД) такой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z157" w:id="146"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z157" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обязательство по представлению ликвидационной налоговой отчетности при реорганизации путем слияния возлагается на каждое юридическое лицо, вошедшее в состав вновь возникшего юридического лица, при реорганизации путем присоединения – на присоединившееся юридическое лицо, при реорганизации путем разделения – на реорганизуемое юридическое лицо.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z158" w:id="147"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z158" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если срок представления очередной налоговой отчетности наступает после представления ликвидационной налоговой отчетности, представление такой очередной налоговой отчетности производится не позднее даты представления ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z159" w:id="148"/>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 2 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z159" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок исполнения налогового обязательства (налоговыми агентами) при реорганизации, в том числе отдельными категориями налогоплательщиков (налоговых агентов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z160" w:id="149"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В заголовок главы 2 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z160" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Реорганизуемое юридическое лицо в течение 3 (трех) рабочих дней со дня принятия решения о реорганизации письменно сообщает об этом в ОГД по месту нахождения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z161" w:id="150"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 3 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z161" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Реорганизуемое юридическое лицо в течение 3 (трех) рабочих дней со дня утверждения передаточного акта либо разделительного баланса одновременно представляет в соответствии со статьей 50 Налогового кодекса в ОГД по месту своего нахождения следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z162" w:id="151"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z162" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ликвидационную налоговую отчетность, за исключением случаев реорганизации путем выделения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z163" w:id="152"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z163" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) налоговое заявление о: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z164" w:id="153"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z164" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       прекращении деятельности по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу (далее – налоговое заявление о прекращении);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z165" w:id="154"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z165" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       проведении налоговой проверки по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу (далее – налоговое заявление на проверку) – при неприменении положения пункта 6 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z166" w:id="155"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 4 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z166" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. К налоговому заявлению прилагаются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z167" w:id="156"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z167" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       передаточный акт – при слиянии и присоединении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z168" w:id="157"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z168" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       промежуточный разделительный баланс – при разделении и выделении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z169" w:id="158"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z169" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       налоговое заявление о снятии с учета контрольно-кассовой машины (при ее наличии), за исключением случаев реорганизации путем выделения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z170" w:id="159"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 5 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z170" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Отдельные категории реорганизуемых юридических лиц по выбору указывают в налоговом заявлении о прекращении применение упрощенного порядка исполнения налогового обязательства с проведением камерального контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
-    <w:bookmarkStart w:name="z171" w:id="160"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z171" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К отдельным категориям реорганизуемых юридических лиц относятся реорганизуемые юридические лица путем слияния и (или) присоединения, которые одновременно соответствуют следующим условиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z172" w:id="161"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z172" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участник реорганизации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z173" w:id="162"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z173" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) не состоял на регистрационном учете в качестве плательщика налога на добавленную стоимость (далее – НДС) в течение срока исковой давности, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -17339,1539 +18107,3317 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, до даты подачи налогового заявления о прекращении или состоял на регистрационном учете в качестве плательщика НДС, но оборот по реализации не превышает 10 000 (десяти тысяч)-кратный месячный расчетный показатель в течение срока исковой давности, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, до даты подачи налогового заявления о прекращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z174" w:id="163"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z174" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не имеет сумму превышения НДС, относимого в зачет, над суммой начисленного налога (далее - превышение НДС), превышающий 300 (трехсот)-кратный месячный расчетный показатель, действующий на дату представления налогового заявления о прекращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z175" w:id="164"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z175" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не имеет налоговую задолженность, задолженность по социальным платежам, превышающую 20 (двадцати)-кратный месячный расчетный показатель, действующий на дату представления налогового заявления о прекращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z176" w:id="165"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z176" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       участник реорганизации и (или) правопреемник:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z177" w:id="166"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z177" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) не приостановлена выписка электронных счетов-фактур на дату представления налогового заявления о прекращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z178" w:id="167"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z178" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) на дату представления налогового заявления о прекращении не проводится автоматизированный контроль выписки электронных счетов-фактур;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z179" w:id="168"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z179" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) на дату представления налогового заявления о прекращении не находится в процессе применения реабилитационной процедуры.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z180" w:id="169"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 6 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z180" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Реорганизуемое юридическое лицо повторно представляет налоговое заявление о прекращении в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z181" w:id="170"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z181" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличия оборотов по реализации и (или) приобретении после завершения камерального контроля и (или) налоговой проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z182" w:id="171"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z182" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) непредставления в установленный срок скорректированного передаточного акта либо окончательного разделительного баланса в ОГД по месту своего нахождения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z183" w:id="172"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 7 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z183" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Отказ реорганизуемому юридическому лицу в приеме налогового заявления производится в следующих случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z184" w:id="173"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z184" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) непредставления одним из участников реорганизации одного из документов, предусмотренных пунктами 4 и 5 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z185" w:id="174"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z185" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) на дату представления налогового заявления проводится процедура банкротства участника реорганизации или правопреемника;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z186" w:id="175"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z186" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) на дату представления налогового заявления участник реорганизации или правопреемник находятся в процессе прекращения деятельности в принудительном порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z187" w:id="176"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z187" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) на дату представления налогового заявления участник реорганизации или правопреемник находятся на стадии ликвидации по иным основаниям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z188" w:id="177"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 8 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z188" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Результат обработки о приеме или об отказе в приеме налогового заявления направляется налогоплательщику в течение 2 (двух) рабочих дней с даты его подачи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z189" w:id="178"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 9 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z189" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Порядок исполнения налогового обязательства реорганизуемым юридическим лицом путем слияния и (или) присоединения с проведением налоговой проверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z190" w:id="179"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В заголовок параграфа 1 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z190" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Реорганизуемое юридическое лицо, в течение 1 (одного) рабочего дня после завершения налоговой проверки, представляет налоговое заявление на проведение зачета и (или) возврата налогов, платежей в бюджет, таможенных платежей, пеней, процентов, штрафов (далее – заявление о зачете и возврате).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z191" w:id="180"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z191" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии задолженности реорганизуемого юридического лица и (или) его структурного подразделения, излишне (ошибочно) уплаченные реорганизуемым юридическим лицом суммы налогов, платежей в бюджет и пеней, штрафов, превышения НДС, а также излишне уплаченные и (или) излишне взысканные суммы таможенных пошлин, таможенных сборов, налогов и пеней подлежат зачету, в порядке и с учетом условий, установленных законодательством Республики Казахстан, в счет погашения такой задолженности без налогового заявления о зачете и возврате.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z192" w:id="181"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z192" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оставшаяся часть излишне (ошибочно) уплаченных сумм после проведения зачета подлежит возврату правопреемнику реорганизуемого юридического лица пропорционально доле в имуществе, полученном им при реорганизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z193" w:id="182"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 10 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z193" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Реорганизуемое юридическое лицо в течение 3 (трех) рабочих дней со дня вручения акта налоговой проверки, при необходимости, повторно утверждает передаточный акт в соответствии со сведениями, отраженными в акте налоговой проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z194" w:id="183"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z194" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом передаточный акт утверждается участником реорганизации и правопреемником реорганизации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z195" w:id="184"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 11 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z195" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Реорганизуемое юридическое лицо в течение 1 (одного) рабочего дня со дня утверждения передаточного акта представляет в ОГД по месту своего нахождения утвержденный передаточный акт при одновременном соблюдении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z196" w:id="185"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z196" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отсутствие налоговой задолженности, задолженности по социальным платежам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z197" w:id="186"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z197" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсутствие не исполненных уведомлений по результатам налоговой проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z198" w:id="187"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 12 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z198" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. При наличии одного из следующих условий ОГД отказывает в приеме передаточного акта:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z199" w:id="188"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z199" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие налоговой задолженности, задолженности по социальным платежам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z200" w:id="189"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z200" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие не исполненных уведомлений по результатам налоговой проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z201" w:id="190"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z201" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) несоответствии данных передаточного акта и сведений, отраженных в акте налоговой проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z202" w:id="191"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z202" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ответ об отказе в приеме передаточного акта направляется в течение 2 (двух) рабочих дней со дня его регистрации налоговым органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z203" w:id="192"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 13 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z203" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Передаточный акт, представленный в соответствии с пунктом 12 настоящих Правил реорганизуемым лицом, является основанием для направления ОГД в регистрирующий орган сведений об отсутствии (наличии) задолженности, предусматривающих отсутствие у реорганизуемого юридического лица задолженности, с извещением об этом такого юридического лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z204" w:id="193"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 14 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z204" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. ОГД в течение 10 (десяти) рабочих дней со дня получения сведений национального реестра бизнес-идентификационных номеров о реорганизации юридического лица передает сальдо по лицевым счетам такого лица в соответствующий ОГД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z205" w:id="194"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z205" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом сальдо по НДС, сформированное за счет превышения НДС, подлежит передаче правопреемнику при условии подтверждения достоверности сумм превышения НДС по результатам комплексной налоговой проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z206" w:id="195"/>
+    <w:bookmarkEnd w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 15 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z206" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Порядок исполнения налогового обязательства при реорганизации юридического лица путем разделения и (или) выделения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z207" w:id="196"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В заголовок параграфа 2 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Реорганизуемое юридическое лицо, в течение 1 (одного) рабочего дня после завершения налоговой проверки, представляет налоговое заявление на проведение зачета и (или) возврата налогов, платежей в бюджет, таможенных платежей, пеней, процентов, штрафов (далее – заявление о зачете и возврате).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z208" w:id="197"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z208" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При наличии задолженности реорганизуемого юридического лица и (или) его структурного подразделения, излишне (ошибочно) уплаченные реорганизуемым юридическим лицом суммы налогов, платежей в бюджет и пеней, штрафов, превышения НДС, а также излишне уплаченные и (или) излишне взысканные суммы таможенных пошлин, таможенных сборов, налогов и пеней подлежат зачету, в порядке и с учетом условий, установленных законодательством Республики Казахстан, в счет погашения такой задолженности без налогового заявления о зачете и возврате.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z210" w:id="199"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z209" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Оставшаяся часть излишне (ошибочно) уплаченных сумм после проведения зачета подлежит возврату правопреемнику реорганизуемого юридического лица пропорционально доле в имуществе, полученном им при реорганизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 16 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z210" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Реорганизуемое юридическое лицо в течение 3 (трех) рабочих дней со дня вручения акта налоговой проверки, утверждает окончательный разделительный баланс в соответствии со сведениями, отраженными в акте налоговой проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z211" w:id="200"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 17 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z211" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Реорганизуемое юридическое лицо в течение 1 (одного) рабочего дня со дня утверждения окончательного разделительного баланса представляет в ОГД по месту своего нахождения окончательный разделительный баланс при одновременном соблюдении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z212" w:id="201"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z212" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отсутствие налоговой задолженности, задолженности по социальным платежам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z213" w:id="202"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z213" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсутствие излишне (ошибочно) уплаченных сумм налогов, платежей в бюджет, пеней и штрафов, а также излишне уплаченных и (или) излишне взысканных сумм таможенных пошлин, таможенных сборов, налогов и пеней, подлежащих возврату в порядке и случаях, которые определены Правилами ведения лицевого счета налогоплательщика (налогового агента), утверждаемого приказом Министра финансов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z214" w:id="203"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z214" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отсутствие неисполненных уведомлений по результатам налоговой проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z215" w:id="204"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 18 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z215" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. При наличии одного из следующих условий ОГД отказывает в приеме окончательного разделительного баланса:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z216" w:id="205"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z216" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие налоговой задолженности, задолженности по социальным платежам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z217" w:id="206"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z217" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие излишне (ошибочно) уплаченных сумм налогов, платежей в бюджет, пеней и штрафов, а также излишне уплаченных и (или) излишне взысканных сумм таможенных пошлин, таможенных сборов, налогов и пеней, подлежащих возврату в порядке и случаях, которые определены Правилами ведения лицевого счета налогоплательщика (налогового агента), утверждаемого приказом Министра финансов Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z218" w:id="207"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z218" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличие неисполненных уведомлений по результатам налоговой проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z219" w:id="208"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z219" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) несоответствии данных окончательного разделительного баланса и сведений, отраженных в акте налоговой проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z220" w:id="209"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z220" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ответ об отказе в приеме окончательного разделительного баланса направляется в течение 2 (двух) рабочих дней со дня его регистрации налоговым органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      20. Разделительный баланс, представленный в соответствии с пунктом 17 настоящих Правил реорганизуемым путем разделения и выделения юридическим лицом, является основанием для направления ОГД в регистрирующий орган сведений об отсутствии (наличии) задолженности, предусматривающих отсутствие у реорганизуемого юридического лица задолженности, с извещением об этом такого юридического лица.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z222" w:id="211"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 19 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z221" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Разделительный баланс, представленный в соответствии с пунктом 18 настоящих Правил реорганизуемым путем разделения и выделения юридическим лицом, является основанием для направления ОГД в регистрирующий орган сведений об отсутствии (наличии) задолженности, предусматривающих отсутствие у реорганизуемого юридического лица задолженности, с извещением об этом такого юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 в редакции приказа Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z222" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. ОГД в течение 10 (десяти) рабочих дней со дня получения сведений национального реестра бизнес-идентификационных номеров о реорганизации юридического лица передает сальдо по лицевым счетам такого юридического лица в соответствующий ОГД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z223" w:id="212"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z223" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом сальдо по НДС, сформированное за счет превышения НДС, подлежит передаче правопреемнику при условии подтверждения достоверности сумм превышения НДС по результатам налоговой проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z224" w:id="213"/>
+    <w:bookmarkEnd w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 21 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z224" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Порядок исполнения налогового обязательства реорганизуемым юридическим лицом путем слияния и (или) присоединения с проведением камерального контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z225" w:id="214"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В заголовок параграфа 3 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Реорганизуемое юридическое лицо после завершения камерального контроля, в течение 3 (трех) рабочих дней представляет передаточный акт в ОГД по месту своего нахождения при одновременном соблюдении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z226" w:id="215"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z226" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отсутствие налоговой задолженности, задолженности по социальным платежам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z227" w:id="216"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z227" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсутствие неисполненных уведомлений по результатам налоговой проверки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z228" w:id="217"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z228" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) не приостановлена выписка электронных счетов-фактур;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z229" w:id="218"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z229" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не проводится автоматизированный контроль выписки электронных счетов-фактур.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z230" w:id="219"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 22 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z230" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. В случае, если реорганизуемое юридическое лицо не исполнило уведомление о расхождениях, выявленных по результатам камерального контроля (далее в целях настоящего пункта – уведомление), и (или) если орган государственных доходов (ОГД) не согласен с пояснениями, представленными по уведомлению, направленному после завершения камерального контроля, такое юридическое лицо обязано представить передаточный акт в ОГД по месту своего нахождения в течение 3 (трех) рабочих дней со дня вручения акта налоговой проверки по соответствующим уведомлениям при одновременном соблюдении следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z231" w:id="220"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z231" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) наличие акта налоговой проверки по неисполненным уведомлениям и (или) по уведомлениям, по которым ОГД не согласен с представленными пояснениями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z232" w:id="221"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z232" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отсутствие оборотов по реализации и приобретению после завершения камерального контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      24. Передаточный акт, представленный в соответствии с пунктами 21 и 22 настоящих Правил реорганизуемым лицом, является основанием для направления ОГД в регистрирующий орган сведений об отсутствии (наличии) задолженности, предусматривающих отсутствие у реорганизуемого юридического лица задолженности, с извещением об этом такого юридического лица.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z234" w:id="223"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 23 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z233" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Передаточный акт, представленный в соответствии с пунктами 22 и 23 настоящих Правил реорганизуемым лицом, является основанием для направления ОГД в регистрирующий орган сведений об отсутствии (наличии) задолженности, предусматривающих отсутствие у реорганизуемого юридического лица задолженности, с извещением об этом такого юридического лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 в редакции приказа Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z234" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. ОГД в течение 10 (десяти) рабочих дней со дня получения сведений национального реестра бизнес-идентификационных номеров о реорганизации юридического лица передает сальдо по лицевым счетам такого лица в соответствующий ОГД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z235" w:id="224"/>
+    <w:bookmarkEnd w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 25 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z235" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Особенности проведения налоговой проверки и проведения камерального контроля при реорганизации юридического лица</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z236" w:id="225"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В заголовок главы 3 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z236" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Особенности проведения налоговой проверки при реорганизации юридического лица путем слияния, присоединения, разделения и (или) выделения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z237" w:id="226"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В заголовок параграфа 1 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z237" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. ОГД, не позднее 20 (двадцати) рабочих дней с момента получения налогового заявления на проверку, приступает к проведению комплексной налоговой проверки в соответствии главой 2 Правил исполнения налогоплательщиками (налоговыми агентами) налогового обязательства при ликвидации, в том числе отдельными категориями налогоплательщиков (налоговых агентов), утвержденных настоящим приказом (далее – Правила по ликвидации).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z238" w:id="227"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z238" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Положение настоящего пункта применяется в отношении каждого участника реорганизации в течение срока исковой давности, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, до даты подачи налогового заявления на проверку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z239" w:id="228"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 26 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z239" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. В ходе проведения налоговой проверки ОГД охватывает следующие вопросы в отношении налогоплательщика:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z240" w:id="229"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z240" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соответствие данных, указанных в передаточном акте или разделительном балансе, фактическим обстоятельствам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z241" w:id="230"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z241" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) достоверность сумм превышения НДС в порядке, предусмотренном статьей 166 Налогового кодекса – при наличии таких сумм в передаточном акте или разделительном балансе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z242" w:id="231"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 27 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z242" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. В период осуществления налоговой проверки не допускается прекращение начатой проверки по налоговому заявлению налогоплательщика (налогового агента).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z243" w:id="232"/>
+    <w:bookmarkEnd w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 28 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z243" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Особенности проведения камерального контроля при реорганизации юридического лица путем слияния и (или) присоединения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z244" w:id="233"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В заголовок параграфа 2 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z244" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. ОГД после получения налогового заявления о прекращении в течение 3 (трех) рабочих дней приступает к проведению камерального контроля в соответствии с главой 3 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z245" w:id="234"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z245" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Положение настоящего пункта применяется в отношении каждого участника реорганизации в течение срока, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, до даты подачи налогового заявления о прекращении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z246" w:id="235"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 29 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z246" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. При выявлении в ходе камерального контроля несоответствия условиям, предусмотренных пунктом 6 настоящих Правил, ОГД в течение 3 (трех) рабочих дней с даты получения сведений, предусмотренных пунктом 37 Правил по ликвидации, направляет материалы для назначения комплексной налоговой проверки в порядке, установленном главой 2 Правил по ликвидации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 30 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18950,183 +21496,183 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 октября 2025 года № 654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z248" w:id="236"/>
+    <w:bookmarkStart w:name="z248" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила исполнения налогового обязательства при прекращении деятельности налогоплательщиками (налоговыми агентами), в том числе отдельными категориями налогоплательщиков (налоговых агентов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z249" w:id="237"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z249" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z250" w:id="238"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z250" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий Правила исполнения налогового обязательства при прекращении деятельности налогоплательщиками (налоговыми агентами), в том числе отдельными категориями налогоплательщиков (налоговых агентов) (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 74 Налогового кодекса Республики Казахстан (далее – Налоговый кодекс) и определяют особенности исполнения налогового обязательства индивидуальными предпринимателями и лицами, занимающимися частной практикой, прекращающими деятельность (далее – лицо, прекращающее деятельность).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z251" w:id="239"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z251" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В рамках настоящих Правил используется понятие уполномоченный орган – государственный орган, осуществляющий руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет – Комитет государственных доходов Министерства финансов Республики Казахстан (далее – уполномоченный орган).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z252" w:id="240"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z252" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок исполнения налогового обязательства лицом, прекращающим деятельность</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z253" w:id="241"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z253" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 1. Общие положения исполнения налогового обязательства лицом, прекращающим деятельность</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z254" w:id="242"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z254" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Ликвидационная налоговая отчетность составляется лицом, прекращающим деятельность, по видам налогов, платежей в бюджет и социальным платежам, по которым такое лицо является плательщиком и (или) налоговым агентом, за период с начала налогового периода, в котором представлено налоговое заявление о проведении налоговой проверки по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19141,1886 +21687,1966 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу (далее – налоговое заявление на проверку) либо налоговое заявление на прекращение деятельности по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу (далее – налоговое заявление на прекращение) до даты представления такого заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z255" w:id="243"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z255" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если срок представления очередной налоговой отчетности наступает после представления ликвидационной налоговой отчетности, представление такой очередной налоговой отчетности производится не позднее даты представления ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z256" w:id="244"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z256" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Лицо, прекращающее деятельность, уплачивает налоги, платежи в бюджет и социальные платежи, отраженные в ликвидационной налоговой отчетности, не позднее 10 (десяти) календарных дней со дня представления в орган государственных доходов (далее – ОГД) ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z257" w:id="245"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z257" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если срок уплаты налогов, платежей в бюджет и социальных платежей, отраженных в налоговой отчетности, представленной перед ликвидационной налоговой отчетностью, наступает после истечения срока, указанного в части первой настоящего пункта, уплата (перечисление) производится не позднее 10 (десяти) календарных дней со дня представления в ОГД ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z258" w:id="246"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z258" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Налоговая задолженность лица, прекращающего деятельность, погашается за счет его денег, в том числе полученных от реализации его имущества, в соответствии с пунктом 10 статьи 62 Налогового Кодекса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z259" w:id="247"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z259" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Если лицо, прекращающее деятельность, имеет излишне уплаченные суммы налогов, платежей в бюджет и пени, то указанные суммы подлежат зачету в счет погашения налоговой задолженности этого лица в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 122 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z260" w:id="248"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z260" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае если лицо, прекращающее деятельность, имеет ошибочно уплаченные суммы налогов, платежей в бюджет и пени, то указанные суммы подлежат зачету в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
-    <w:bookmarkStart w:name="z261" w:id="249"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z261" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В случае, если лицо, прекращающее деятельность, до даты снятия с регистрационного учета плательщика налога на добавленную стоимость имеет сумму превышения по налогу на добавленную стоимость, относимого в зачет, над суммой начисленного налога, подлежащей возврату, указанное превышение подлежит возврату в порядке, утверждаемом уполномоченным органом в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 125 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
-    <w:bookmarkStart w:name="z262" w:id="250"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z262" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При отсутствии у лица, прекращающего деятельность, налоговой задолженности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
-    <w:bookmarkStart w:name="z263" w:id="251"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z263" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) ошибочно уплаченные суммы налогов, платежей в бюджет и пени подлежат возврату этому лицу в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 123</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
-    <w:bookmarkStart w:name="z264" w:id="252"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z264" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) излишне уплаченные суммы налогов, платежей в бюджет и пени подлежат возврату этому лицу в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
-    <w:bookmarkStart w:name="z265" w:id="253"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z265" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) уплаченные суммы штрафов подлежат возврату этому лицу по основаниям и в порядке, которые установлены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 122</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
-    <w:bookmarkStart w:name="z266" w:id="254"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z266" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) излишне (ошибочно) уплаченные в бюджет суммы таможенных пошлин, налогов, таможенных сборов и пени, взимаемых таможенными органами, подлежат возврату этому лицу в порядке, утверждаемом уполномоченным органом в сфере таможенной политики в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "О таможенном регулировании в Республики Казахстан". </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
-    <w:bookmarkStart w:name="z267" w:id="255"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z267" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Порядок исполнения налогового обязательства лицом, прекращающим деятельность, с проведением налоговой проверки</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z268" w:id="256"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z268" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Лицо, прекращающее деятельность, в течение 1 (одного) месяца со дня принятия решения о прекращении деятельности, представляет в ОГД по месту своего нахождения одновременно:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z269" w:id="257"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z269" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) налоговое заявление о проведении налоговой проверки по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу (далее – налоговое заявление на проверку);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z270" w:id="258"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z270" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ликвидационную налоговую отчетность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z271" w:id="259"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z271" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) налоговое заявление о снятии с учета контрольно-кассовой машины в случаях, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 111 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z272" w:id="260"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z272" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Налоговое заявление о снятии с учета контрольно-кассовой машины представляется лицом, прекращающим деятельность, в случае постановки контрольно-кассовой машины на учет в ОГД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z273" w:id="261"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z273" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Налоговая проверка начинается не позднее 10 (десяти) рабочих дней после получения ОГД налогового заявления на проверку лица, прекращающего деятельность, и проводится в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z274" w:id="262"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z274" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. В случае, представления лицом, прекращающим деятельность, налоговой отчетности по возникшим налоговым обязательствам за период с даты представления ликвидационной налоговой отчетности до даты завершения ликвидационной налоговой проверки, ОГД осуществляются действия, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 170 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z275" w:id="263"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z275" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Налоговое обязательство лица, прекращающего деятельность, считается исполненным после завершения налоговой проверки и при отсутствии или погашении налоговой задолженности, задолженности по социальным платежам, в том числе образовавшейся по результатам налоговой проверки, в сроки, установленные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьей 83 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z276" w:id="264"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z276" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. Датой снятия лица, прекращающего деятельность, с регистрационного учета в ОГД является дата исполнения налогового обязательства в соответствии с пунктом 11 настоящего Порядка. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z277" w:id="265"/>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z277" w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. ОГД не позднее 3 (трех) рабочих дней со дня исполнения налогового обязательства в соответствии с пунктом 11 настоящих Правил осуществляет снятие с регистрационного учета в качестве индивидуального предпринимателя или лица, занимающегося частной практикой, и размещает на интернет-ресурсе уполномоченного органа информацию о снятии такого налогоплательщика с регистрационного учета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z278" w:id="266"/>
+    <w:bookmarkEnd w:id="260"/>
+    <w:bookmarkStart w:name="z278" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Основанием для снятия индивидуального предпринимателя или лица, занимающегося частной практикой, с регистрационного учета является одновременное соблюдение следующих условий:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z279" w:id="267"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z279" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отсутствие налоговой задолженности, задолженности по социальным платежам, в том числе по итогам осуществленного налогового администрирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z280" w:id="268"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z280" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) отсутствие излишне (ошибочно) уплаченных сумм налогов, платежей в бюджет, пеней и штрафов, а также излишне уплаченных и (или) излишне взысканных сумм таможенных пошлин, таможенных сборов, налогов и пеней, подлежащих возврату в порядке, утверждаемом уполномоченным органом в сфере таможенной политики в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "О таможенном регулировании в Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z281" w:id="269"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z281" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Несоответствие индивидуального предпринимателя или лица, занимающегося частной практикой, условиям, установленным пунктом 14 настоящих Правил по итогам проведенного налогового администрирования, является основанием для отказа в снятии с регистрационного учета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z282" w:id="270"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z282" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Порядок исполнения налогового обязательства отдельными категориями лиц, прекращающими деятельность, с проведением камерального контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z284" w:id="272"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z283" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Прекращение деятельности с проведением камерального контроля осуществляется в отношении лиц, прекращающих деятельность, в случае неосуществления финансово-хозяйственной деятельности с даты постановки на регистрационный учет по налогу на добавленную стоимость, либо если такие лица не являются плательщиками налога на добавленную стоимость.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При прекращении деятельности субъектами микро- и малого предпринимательства, соответствующими условиям части первой настоящего пункта, камеральный контроль не проводится по налоговой отчетности, представленной до 17 декабря 2025 года за налоговые периоды до 1 января 2026 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 в редакции приказа Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z284" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Индивидуальный предприниматель или лицо, занимающееся частной практикой, в случае принятия решения о прекращении деятельности одновременно представляет в ОГД по месту нахождения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z285" w:id="273"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z285" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) налоговое заявление о прекращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z286" w:id="274"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z286" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) уведомление о начале или прекращении деятельности в качестве налогоплательщика, осуществляющего отдельные виды деятельности по форме, утвержденной уполномоченным органом в сфере предпринимательства в соответствии со статьей 105 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z287" w:id="275"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z287" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ликвидационную налоговую отчетность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z288" w:id="276"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z288" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) налоговое заявление о снятии с учета контрольно-кассовой машины в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 111 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
-    <w:bookmarkStart w:name="z289" w:id="277"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z289" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Налоговое заявление о снятии с учета контрольно-кассовой машины представляется лицо, прекращающим деятельность, в случае постановки контрольно-кассовой машины на учет в ОГД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z290" w:id="278"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z290" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. ОГД в течение 3 (трех) рабочих дней со дня получения налогового заявления о прекращении осуществляет направление запроса:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z291" w:id="279"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z291" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в уполномоченные государственные органы – о представлении сведений о сделках с имуществом, подлежащим государственной регистрации, совершенных лицом, прекращающим деятельность, а также об их имуществе по состоянию на дату получения налогового заявления о прекращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-    <w:bookmarkStart w:name="z292" w:id="280"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z292" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в банки второго уровня и (или) организации, осуществляющие отдельные виды банковских операций, – о представлении сведений об остатках и движении денег на банковских счетах лица, прекращающего деятельность, на дату получения налогового заявления о прекращении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
-    <w:bookmarkStart w:name="z293" w:id="281"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z293" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сведения о сделках, предусмотренные подпунктом 1) части первой настоящего пункта, а также о движении денег на банковских счетах представляются за период, в течение которого не проводилась налоговая проверка в отношении лица, прекращающего деятельность, в пределах срока исковой давности, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, до дня получения ОГД налогового заявления о прекращении. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
-    <w:bookmarkStart w:name="z294" w:id="282"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z294" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Сведения по запросам ОГД, указанные в пункте 18 настоящих Правил, представляются не позднее 10 (десяти) рабочих дней со дня их получения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
-    <w:bookmarkStart w:name="z295" w:id="283"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z295" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. ОГД в течение 10 (десяти) рабочих дней со дня получения всех сведений, предусмотренных пунктом 18 настоящих Правил, осуществляет в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса камеральный контроль и составить заключение по результатам камерального контроля по форме согласно приложению к Правилам исполнения налогоплательщиками (налоговыми агентами) налогового обязательства при ликвидации, в том числе отдельными категориями налогоплательщиков (налоговых агентов), утвержденным настоящим приказом (далее – заключение камерального контроля).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
-    <w:bookmarkStart w:name="z296" w:id="284"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z296" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В заключении камерального контроля отражаются результаты камерального контроля и состояние расчетов по налогам, платежам в бюджет и социальным платежам. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
-    <w:bookmarkStart w:name="z297" w:id="285"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z297" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заключение камерального контроля составляется в количестве не менее 2 (двух) экземпляров и подписывается должностными лицами ОГД. Один экземпляр заключения камерального контроля представляется не позднее 3 (трех) рабочих дней после его подписания лицом, прекращающим деятельность, в соответствии со статьей 51 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
-    <w:bookmarkStart w:name="z298" w:id="286"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z298" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В случае расхождений по результатам камерального контроля лицу, прекращающему деятельность, не позднее 5 (пяти) пяти рабочих дней с даты получения заключения камерального контроля вручается уведомление о расхождениях, выявленных по результатам камерального контроля (далее – уведомление) по форме, утверждаемом уполномоченным органом в соответствии со статьей 137 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z299" w:id="287"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z299" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       22. Исполнение уведомления, осуществляется лицом, прекращающим деятельность, в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z300" w:id="288"/>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z300" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае неисполнения уведомления и (или) несогласия ОГД с пояснениями, представленными налогоплательщиком, в отношении лица, прекращающего деятельность, проводится налоговая проверка. При этом налоговая проверка начинается не позднее 10 (десяти) рабочих дней после истечения срока исполнения такого уведомления и (или) получения пояснения о несогласии по выявленным нарушениям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z301" w:id="289"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z301" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Уплата (перечисление) налоговой задолженности, задолженности по социальным платежам производится налогоплательщиком не позднее 10 (десяти) календарных дней со дня составления заключения камерального контроля или исполнения уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
-    <w:bookmarkStart w:name="z302" w:id="290"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z302" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Лицо, прекращающие деятельность, признаются снятыми с регистрационного учета со дня:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z303" w:id="291"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z303" w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) составления заключения – при отсутствии расхождений по результатам камерального контроля и налоговой задолженности, задолженности по социальным платежам; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-    <w:bookmarkStart w:name="z304" w:id="292"/>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z304" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) исполнения уведомления – при наличии таких расхождений и отсутствии налоговой задолженности, задолженности по социальным платежам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
-    <w:bookmarkStart w:name="z305" w:id="293"/>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z305" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) погашения налоговой задолженности, задолженности по социальным платежам – при наличии налоговой задолженности и условии устранения расхождений по результатам камерального контроля, в полном объеме. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
-    <w:bookmarkStart w:name="z306" w:id="294"/>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z306" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Информация о снятии индивидуального предпринимателя или лица, занимающегося частной практикой, с регистрационного учета в порядке, определенном настоящим пунктом, размещается на интернет-ресурсе уполномоченного органа в течение 3 (трех) рабочих дней со дня снятия таких налогоплательщиков с регистрационного учета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
-    <w:bookmarkStart w:name="z307" w:id="295"/>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z307" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Основанием для отказа в снятии с регистрационного учета в качестве индивидуального предпринимателя или лица, занимающегося частной практикой, является наличие налоговой задолженности, задолженности по социальным платежам, не уплаченных в сроки, установленные пунктом 23 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z308" w:id="296"/>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z308" w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Особенности исполнения налогового обязательства индивидуальным предпринимателем, прекращающим деятельность по результатам заключения аудита по налогам</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z309" w:id="297"/>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z309" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Прекращению деятельности по результатам заключения аудита по налогам подлежат индивидуальные предприниматели в случае одновременного соответствующего следующим условиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z310" w:id="298"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z310" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) общая сумма совокупных годовых доходов с учетом корректировок ликвидируемого лица за период срока исковой давности, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса, составляет не более 300 000 (трехсот тысяч)-кратного месячного расчетного показателя, действующего на 1 января соответствующего финансового года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z311" w:id="299"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z311" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеют в наличии заключение аудита по налогам, составленное не более чем за 20 (двадцать) календарных дней до даты представления в ОГД налогового заявления о прекращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z312" w:id="300"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z312" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) не состоят либо не состояли в течение срока исковой давности, установленного статьей 65 Налогового кодекса, на регистрационном учете в качестве налогоплательщика, осуществляющего отдельные виды деятельности в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z313" w:id="301"/>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z313" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, если по результатам заключения аудита по налогам возникают обязательства по исчислению и уплате налогов и платежей в бюджет, исчислению, удержанию, перечислению социальных платежей, такие обязательства подлежат исполнению ликвидируемым лицом в течение 10 (десяти) календарных дней со дня, следующего за днем вручения налогоплательщику соответствующего заключения аудита по налогам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z314" w:id="302"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z314" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Индивидуальный предприниматель в случае принятия решения о прекращении деятельности одновременно представляет в ОГД по месту своего нахождения:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
-    <w:bookmarkStart w:name="z315" w:id="303"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z315" w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) налоговое заявление о прекращении;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z316" w:id="304"/>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z316" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ликвидационную налоговую отчетность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-    <w:bookmarkStart w:name="z317" w:id="305"/>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z317" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) заключение аудита по налогам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="305"/>
-    <w:bookmarkStart w:name="z318" w:id="306"/>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z318" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) налоговое заявление о снятии с учета контрольно-кассовой машины в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 111 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="306"/>
-    <w:bookmarkStart w:name="z319" w:id="307"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z319" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Налоговое заявление о снятии с учета контрольно-кассовой машины представляется в случае постановки контрольно-кассовой машины на учет в ОГД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="307"/>
-    <w:bookmarkStart w:name="z320" w:id="308"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z320" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       27. ОГД не позднее 10 (десяти) рабочих дней со дня получения документов, указанных в пункте 27 настоящих Правил, осуществляет камеральный контроль в порядке, определяемом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-    <w:bookmarkStart w:name="z321" w:id="309"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z321" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       28. В случае выявлении ОГД расхождений по результатам камерального контроля ликвидируемому лицу представляется уведомление по форме, утверждаемой уполномоченным органом в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="309"/>
-    <w:bookmarkStart w:name="z322" w:id="310"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z322" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Исполнение уведомления осуществляется лицом, прекращающим деятельность в порядке определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="310"/>
-    <w:bookmarkStart w:name="z323" w:id="311"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z323" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Уплата (перечисление) налоговой задолженности, задолженности по социальным платежам производится налогоплательщиком не позднее 10 (десяти) календарных дней со дня исполнения уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="311"/>
-    <w:bookmarkStart w:name="z324" w:id="312"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z324" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       31. В случаях неисполнения уведомления и (или) несогласия ОГД с пояснениями, представленными налогоплательщиком, в отношении лица, прекращающего деятельность, ОГД проводится налоговая проверка в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -21035,71 +23661,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 137 Налогового кодекса в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">главой 15 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-    <w:bookmarkStart w:name="z325" w:id="313"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z325" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, налоговая проверка начинается не позднее 10 (десяти) рабочих дней после истечения срока исполнения такого уведомления и (или) получения пояснения о несогласии по выявленным расхождениям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkEnd w:id="308"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -21217,88 +23843,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>категориями налогоплательщиков</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(налоговых агентов)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z327" w:id="314"/>
+    <w:bookmarkStart w:name="z327" w:id="309"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                          Заключение камерального контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="314"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z328" w:id="315"/>
+    <w:bookmarkEnd w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z328" w:id="310"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
              "____"_____________ 20___ года № _______  </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkEnd w:id="310"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Мною (нами),  ____________________________________________________________ </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22054,64 +24680,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z329" w:id="316"/>
+      <w:bookmarkStart w:name="z329" w:id="311"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              4. Банковские реквизиты:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkEnd w:id="311"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Наименование банка: _____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -22776,70 +25402,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z330" w:id="317"/>
+    <w:bookmarkStart w:name="z330" w:id="312"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сведения по ранее направленным уведомлениям о расхождениях, выявленных органами государственных доходов по результатам камерального контроля, и об их исполнении:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkEnd w:id="312"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -24219,90 +26845,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z331" w:id="318"/>
+    <w:bookmarkStart w:name="z331" w:id="313"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Результаты камерального контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="318"/>
-    <w:bookmarkStart w:name="z332" w:id="319"/>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z332" w:id="314"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В ходе камерального контроля получены сведения из следующих уполномоченных государственных органов, банков и (или) организации, осуществляющие отдельные виды банковских операций:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkEnd w:id="314"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -24817,70 +27443,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z333" w:id="320"/>
+    <w:bookmarkStart w:name="z333" w:id="315"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Сверка данных форм налоговой отчетности с данными органа государственных доходов, книги учета наличных денег ККМ, фискального отчета по ККМ, банковских счетов**:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkEnd w:id="315"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -27552,51 +30178,51 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z334" w:id="321"/>
+    <w:bookmarkStart w:name="z334" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Соблюдение особенностей исполнения налогового обязательства, установленных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27611,92 +30237,92 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса***:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="321"/>
-    <w:bookmarkStart w:name="z335" w:id="322"/>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z335" w:id="317"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="322"/>
-    <w:bookmarkStart w:name="z336" w:id="323"/>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z336" w:id="318"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-    <w:bookmarkStart w:name="z337" w:id="324"/>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z337" w:id="319"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       (описать подробный характер нарушений несоблюдения условий применения с указанием подпунктов </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27711,52 +30337,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 137 Налогового Кодекса</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="324"/>
-    <w:bookmarkStart w:name="z338" w:id="325"/>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z338" w:id="320"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Соблюдение условий применения специальных налоговых режимов (далее – СHP) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27771,111 +30397,111 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>731</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса ****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="325"/>
-    <w:bookmarkStart w:name="z339" w:id="326"/>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z339" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="326"/>
-    <w:bookmarkStart w:name="z340" w:id="327"/>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z340" w:id="322"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="327"/>
-    <w:bookmarkStart w:name="z341" w:id="328"/>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z341" w:id="323"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Сверка данных форм налоговой отчетности по другим видам налогов и других обязательных платежей в бюджет с данными уполномоченных государственных органов, банков и (или) организации, осуществляющие отдельные виды банковские операций*****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkEnd w:id="323"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -28705,70 +31331,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z342" w:id="329"/>
+    <w:bookmarkStart w:name="z342" w:id="324"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Сверка данных форм налоговой отчетности по обязательным пенсионным взносам (далее – ОПВ)*****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkEnd w:id="324"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -29493,70 +32119,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z343" w:id="330"/>
+    <w:bookmarkStart w:name="z343" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-1. Сверка данных форм налоговой отчетности по обязательным пенсионным взносам работодателя (далее – ОПВР)*****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkEnd w:id="325"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -30281,70 +32907,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z344" w:id="331"/>
+    <w:bookmarkStart w:name="z344" w:id="326"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13-2. Сверка данных форм налоговой отчетности по обязательным профессиональным пенсионным взносам (далее – ОППВ)*****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkEnd w:id="326"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -31069,70 +33695,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z345" w:id="332"/>
+    <w:bookmarkStart w:name="z345" w:id="327"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Сверка данных форм налоговой отчетности по социальным отчислениям*****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkEnd w:id="327"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -31857,70 +34483,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z346" w:id="333"/>
+    <w:bookmarkStart w:name="z346" w:id="328"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Сверка данных форм налоговой отчетности по отчислениям и (или) взносам по обязательному социальному медицинскому страхованию (далее – ОСМС)*****:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkEnd w:id="328"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -32645,90 +35271,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z347" w:id="334"/>
+    <w:bookmarkStart w:name="z347" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Вывод</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="334"/>
-    <w:bookmarkStart w:name="z348" w:id="335"/>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z348" w:id="330"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Состояние расчетов по налогам и другим обязательным платежам в бюджет, социальным отчислениям, ОПВ, ОПВР, ОППВ, отчислениям и (или) взносам по ОСМС, на момент составления заключения по результатам камерального контроля******:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkEnd w:id="330"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -33432,90 +36058,90 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z349" w:id="336"/>
+    <w:bookmarkStart w:name="z349" w:id="331"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. При отсутствии нарушений по результатам камерального контроля, камеральный контроль считается завершенным без нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="336"/>
-    <w:bookmarkStart w:name="z350" w:id="337"/>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z350" w:id="332"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В случае выявления расхождений по результатам камерального контроля оформляется уведомление о расхождениях, выявленных органами государственных доходов по результатам камерального контроля по следующим видам налоговой отчетности:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkEnd w:id="332"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -33931,64 +36557,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z351" w:id="338"/>
+      <w:bookmarkStart w:name="z351" w:id="333"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
              Информация о выявленных нарушениях по результатам камерального контроля</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkEnd w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -34002,64 +36628,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       ____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z352" w:id="339"/>
+      <w:bookmarkStart w:name="z352" w:id="334"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Должностные лица государственного органа  __________________________________________________________________ </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkEnd w:id="334"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">(фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность), должность, подпись) </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -34175,64 +36801,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       Примечание:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z353" w:id="340"/>
+      <w:bookmarkStart w:name="z353" w:id="335"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       ** заполняются по налогоплательщикам, осуществляющим деятельность в общеустановленном порядке. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkEnd w:id="335"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       При отсутствии данных в органе государственных доходов, данных в ККМ, а также при отсутствии банковских счетов данные </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -34481,803 +37107,803 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 октября 2025 года № 654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z355" w:id="341"/>
+    <w:bookmarkStart w:name="z355" w:id="336"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Упрощенный порядок исполнения налогового обязательства при прекращении деятельности, а также условия отнесения налогоплательщиков к отдельным категориям, к которым применяется упрощенный порядок прекращения деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z356" w:id="342"/>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z356" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z357" w:id="343"/>
+    <w:bookmarkEnd w:id="337"/>
+    <w:bookmarkStart w:name="z357" w:id="338"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящий упрощенный порядок исполнения налогового обязательства при прекращении деятельности, а также условия отнесения налогоплательщиков к отдельным категориям налогоплательщиков, к которым применяется упрощенный порядок прекращения деятельности (далее – Порядок) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 74 Налогового кодекса Республики Казахстан (далее – Налоговый кодекс) и определяют порядок исполнения налогового обязательства при прекращении деятельности индивидуальными предпринимателями одновременно соответствующими следующим условиям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z358" w:id="344"/>
+    <w:bookmarkEnd w:id="338"/>
+    <w:bookmarkStart w:name="z358" w:id="339"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) не состоящие на регистрационном учете в качестве плательщика налога на добавленную стоимость; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z359" w:id="345"/>
+    <w:bookmarkEnd w:id="339"/>
+    <w:bookmarkStart w:name="z359" w:id="340"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) не осуществляющие деятельность в форме совместного предпринимательства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="345"/>
-    <w:bookmarkStart w:name="z360" w:id="346"/>
+    <w:bookmarkEnd w:id="340"/>
+    <w:bookmarkStart w:name="z360" w:id="341"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) не осуществляющие отдельные виды деятельности, указанные в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 104 Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="346"/>
-    <w:bookmarkStart w:name="z361" w:id="347"/>
+    <w:bookmarkEnd w:id="341"/>
+    <w:bookmarkStart w:name="z361" w:id="342"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) не имеющие налоговой задолженности, задолженности по социальным платежам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-    <w:bookmarkStart w:name="z362" w:id="348"/>
+    <w:bookmarkEnd w:id="342"/>
+    <w:bookmarkStart w:name="z362" w:id="343"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) исполнившие обязательства по исчислению и уплате налогов, платежей в бюджет и социальных платежей за налоговый период, предшествующий ликвидационной отчетности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="348"/>
-    <w:bookmarkStart w:name="z363" w:id="349"/>
+    <w:bookmarkEnd w:id="343"/>
+    <w:bookmarkStart w:name="z363" w:id="344"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) не имеющие неисполненные уведомления, в том числе уведомления по результатам камерального контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z364" w:id="350"/>
+    <w:bookmarkEnd w:id="344"/>
+    <w:bookmarkStart w:name="z364" w:id="345"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) не имеющие открытых банковских счетов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="350"/>
-    <w:bookmarkStart w:name="z365" w:id="351"/>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z365" w:id="346"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом подпункты 1), 2), 3), 5) и 6) части первой настоящего пункта применяются к индивидуальным предпринимателям, соответствующим условиям в течение срока исковой давности, до даты подачи налогового заявления на прекращение деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z366" w:id="352"/>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z366" w:id="347"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В рамках настоящих Правил используется понятие уполномоченный орган. Под уполномоченным органом понимается Комитет государственных доходов Республики Казахстан – государственный орган, осуществляющий руководство в сфере обеспечения поступлений налогов и других обязательных платежей в бюджет (далее – уполномоченный орган).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-    <w:bookmarkStart w:name="z367" w:id="353"/>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z367" w:id="348"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Упрощенный порядок исполнения налогового обязательства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z368" w:id="354"/>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z368" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Индивидуальные предприниматели, соответствующие условиям, определенным пунктом 2 настоящего Порядка, представляют в соответствии со статьей 49 Налогового кодекса в орган государственных доходов по месту нахождения (далее – ОГД):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="354"/>
-    <w:bookmarkStart w:name="z369" w:id="355"/>
+    <w:bookmarkEnd w:id="349"/>
+    <w:bookmarkStart w:name="z369" w:id="350"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) налоговое заявление на прекращение деятельности по форме согласно приложению 6 к настоящему приказу (далее – налоговое заявление на прекращение); </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z370" w:id="356"/>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z370" w:id="351"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ликвидационную налоговую отчетность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z371" w:id="357"/>
+    <w:bookmarkEnd w:id="351"/>
+    <w:bookmarkStart w:name="z371" w:id="352"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) налоговое заявление о снятии с учета контрольно-кассовой машины в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 111 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z372" w:id="358"/>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z372" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Налоговое заявление о снятии с учета контрольно-кассовой машины, представляется индивидуальным предпринимателем, в случае постановки контрольно-кассовой машины на учет в ОГД.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="358"/>
-    <w:bookmarkStart w:name="z373" w:id="359"/>
+    <w:bookmarkEnd w:id="353"/>
+    <w:bookmarkStart w:name="z373" w:id="354"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Ликвидационная налоговая отчетность составляется по видам налогов, платежей в бюджет и социальным платежам, по которым индивидуальный предприниматель, прекращающий деятельность, является плательщиком и (или) налоговым агентом, за период с начала налогового периода, в котором представлено налоговое заявление на прекращение, до даты представления такого заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z374" w:id="360"/>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z374" w:id="355"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае, если срок представления очередной налоговой отчетности наступает после представления ликвидационной налоговой отчетности, представление такой очередной налоговой отчетности производится не позднее даты представления ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z375" w:id="361"/>
+    <w:bookmarkEnd w:id="355"/>
+    <w:bookmarkStart w:name="z375" w:id="356"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Результат обработки о приеме или в отказе в приеме налогового заявления на прекращение, направляется индивидуальному предпринимателю в день представления указанного заявления в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z376" w:id="362"/>
+    <w:bookmarkEnd w:id="356"/>
+    <w:bookmarkStart w:name="z376" w:id="357"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. При прекращении деятельности в упрощенном порядке уплата налогов, платежей в бюджет и социальных платежей, отраженных в ликвидационной налоговой отчетности, производится не позднее 10 (десяти) календарных дней со дня представления в ОГД ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="362"/>
-    <w:bookmarkStart w:name="z377" w:id="363"/>
+    <w:bookmarkEnd w:id="357"/>
+    <w:bookmarkStart w:name="z377" w:id="358"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае если срок уплаты налогов, платежей в бюджет и социальных платежей, отраженных в налоговой отчетности, представленной перед ликвидационной налоговой отчетностью, наступает после истечения срока, указанного в части первой настоящего пункта, то уплата (перечисление) производится не позднее 10 (десяти) календарных дней со дня представления ликвидационной налоговой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z378" w:id="364"/>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z378" w:id="359"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Налоговое обязательство индивидуального предпринимателя считается исполненным по истечении 10 (десяти) календарных дней со дня представления ликвидационной налоговой отчетности, при условии отражения сумм, указанных в данной отчетности, на лицевом счете налогоплательщика и отсутствия задолженности по налогам, платежам в бюджет и социальным платежам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="364"/>
-    <w:bookmarkStart w:name="z379" w:id="365"/>
+    <w:bookmarkEnd w:id="359"/>
+    <w:bookmarkStart w:name="z379" w:id="360"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. В случае представления ликвидационной налоговой отчетности с отсутствием доходов и обязательств по налогам, платежам в бюджет и социальным платежам, сроком исполнения указанных обязательств считается день, следующий за днем представления ликвидационной налоговой отчетности. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="365"/>
-    <w:bookmarkStart w:name="z380" w:id="366"/>
+    <w:bookmarkEnd w:id="360"/>
+    <w:bookmarkStart w:name="z380" w:id="361"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Обработка налогового заявления о прекращении в упрощенном порядке осуществляется информационными системами (объектами информатизации) ОГД в автоматическом режиме согласно форматно-логическому контролю в соответствии с условиями, приведенными в пункте 1 настоящего Порядка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="366"/>
-    <w:bookmarkStart w:name="z381" w:id="367"/>
+    <w:bookmarkEnd w:id="361"/>
+    <w:bookmarkStart w:name="z381" w:id="362"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. ОГД не позднее одного дня, следующего за днем исполнения налогового обязательства, предусмотренного пунктами 7 или 8 настоящего Порядка осуществляет снятие индивидуального предпринимателя с регистрационного учета и размещает на интернет-ресурсе уполномоченного органа информацию о снятии индивидуального предпринимателя с регистрационного учета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="367"/>
-    <w:bookmarkStart w:name="z382" w:id="368"/>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z382" w:id="363"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Физическое лицо получает подтверждение о снятии с регистрационного учета индивидуального предпринимателя в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="368"/>
-    <w:bookmarkStart w:name="z383" w:id="369"/>
+    <w:bookmarkEnd w:id="363"/>
+    <w:bookmarkStart w:name="z383" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Заключительное положение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="369"/>
-    <w:bookmarkStart w:name="z384" w:id="370"/>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z384" w:id="365"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. ОГД проводит налоговое администрирование деятельности индивидуального предпринимателя после прекращения такой деятельности физическим лицом в упрощенном порядке в пределах срока в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="370"/>
-    <w:bookmarkStart w:name="z385" w:id="371"/>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z385" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При выявлении ОГД расхождений (нарушений) по деятельности, указанной в части первой настоящего пункта, физическое лицо в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 76 Налогового кодекса:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="371"/>
-    <w:bookmarkStart w:name="z386" w:id="372"/>
+    <w:bookmarkEnd w:id="366"/>
+    <w:bookmarkStart w:name="z386" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) исчисляет налоговые обязательства по налогам, платежам в бюджет и социальные обязательств в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35312,52 +37938,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Социального кодекса Республики Казахстан (далее – Социальный кодекс) и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "Об обязательном социальном медицинском страховании" (далее – Закон ОСМС), действовавшими на момент осуществления такой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="372"/>
-    <w:bookmarkStart w:name="z387" w:id="373"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z387" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) исполняет налоговые обязательства и социальное обязательство в соответствии с главой 5 Налогового кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -35372,51 +37998,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Социального кодекса и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона ОСМС. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="373"/>
+    <w:bookmarkEnd w:id="368"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -35495,70 +38121,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 октября 2025 года № 654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z389" w:id="374"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В приложение 5 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z389" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="374"/>
+    <w:bookmarkEnd w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7251700" cy="10782300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
@@ -35716,70 +38380,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 31 октября 2025 года № 654</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z391" w:id="375"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. В приложение 6 внесено изменение на казахском языке, текст на русском языке не меняется приказом Министра финансов РК от 20.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 117</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z391" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="375"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="10401300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5"/>
                     <a:stretch>
@@ -35815,70 +38517,70 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z392" w:id="376"/>
+    <w:bookmarkStart w:name="z392" w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="376"/>
+    <w:bookmarkEnd w:id="371"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7632700" cy="10998200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6"/>
                     <a:stretch>
@@ -35963,55 +38665,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>