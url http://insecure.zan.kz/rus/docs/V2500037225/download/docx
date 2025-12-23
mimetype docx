--- v0 (2025-11-07)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="9cbee18" w14:textId="9cbee18">
+    <w:p w14:paraId="b6100e6" w14:textId="b6100e6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,272 +93,233 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил действий должностных лиц органов государственных доходов при остановке автомобильных транспортных средств</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 23 октября 2025 года № 622. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 октября 2025 года № 37225</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t>Приказ Министра финансов Республики Казахстан от 23 октября 2025 года № 622. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 октября 2025 года № 37225.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18-1 Кодекса Республики Казахстан "О таможенном регулировании в Республике Казахстан" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> действий должностных лиц органов государственных доходов при остановке автомобильных транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="0"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету государственных доходов Министерства финансов Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Министерства финансов Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства финансов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z10" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="6"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -374,58 +335,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Министр финансов</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр финансов</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -471,132 +449,98 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Такиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z12" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -677,209 +621,187 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 октября 2025 года № 622</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z14" w:id="5"/>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила действий должностных лиц органов государственных доходов при остановке автомобильных транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила действий должностных лиц органов государственных доходов при остановке автомобильных транспортных средств (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18-1 Кодекса Республики Казахстан "О таможенном регулировании в Республике Казахстан" (далее – Кодекс) и определяют порядок действий должностных лиц органов государственных доходов, включенных в состав мобильной группы (далее – должностное лицо), при остановке автомобильных транспортных средств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z17" w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) остановка автомобильного транспортного средства – преднамеренное прекращение движения автомобильного транспортного средства, в том числе не осуществляющего международные перевозки товаров, вне зоны таможенного контроля, для проведения таможенного контроля в целях проверки соблюдения международных договоров Республики Казахстан, таможенного законодательства Евразийского экономического союза (далее – ЕАЭС), таможенного и иного законодательства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z19" w:id="9"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) мобильная группа – выездная группа должностных лиц, состоящая из двух и более должностных лиц, уполномоченная обеспечивать соблюдение международных договоров Республики Казахстан, таможенного законодательства ЕАЭС, таможенного и иного законодательства Республики Казахстан, в зонах и вне зон таможенного контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Должностные лица осуществляют остановку автомобильного транспортного средства с соблюдением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -914,342 +836,310 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>18-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса и настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="10"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок действий должностных лиц органов государственных доходов при остановке автомобильных транспортных средств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z22" w:id="11"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. При остановке автомобильного транспортного средства должностное лицо осуществляет следующие действия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z23" w:id="12"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) включает нагрудной видеорегистратор (видеожетон);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z24" w:id="13"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) подает сигнал с помощью громкоговорящего устройства либо жестом руки или жезла в направлении автомобильного транспортного средства с одновременным сигналом свистка, понятные лицу, управляющему автомобильным транспортным средством, в том числе не осуществляющим международные перевозки товаров (далее – водитель);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z25" w:id="14"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) после остановки автомобильного транспортного средства подходит к автомобильному транспортному средству, представляется и по требованию водителя предъявляет служебное удостоверение либо идентификационную карту для ознакомления;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) разъясняет основание остановки автомобильного транспортного средства и вручает водителю в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18-1 Кодекса требование об остановке автомобильного транспортного средства, а также уведомляет в устной форме об использовании видеорегистратора (видеожетона).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Регистрация требования об остановке автомобильного транспортного средства осуществляется в специальном журнале регистрации требований об остановке автомобильного транспортного средства, который заводится на календарный год, и пронумеровывается, прошнуровывается и скрепляется подписью руководителя (лица, его замещающего) органа государственных доходов и печатью органа государственных доходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) требует в целях проведения таможенного контроля обеспечить проезд автомобильного транспортного средства за пределы проезжей части;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) запрашивает у водителя предоставление доступа к автомобильному транспортному средству и находящимся в нем товарам, а также документов на транспортное средство и товары;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) проводит проверку автомобильного транспортного средства и находящихся в нем товаров, а также документов на них, предъявленных водителем, в соответствии с пунктом 5 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В рамках проверки автомобильного транспортного средства должностным лицом в период не превышающий 2 (двух) часов с момента остановки автомобильного транспортного средства осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сверка государственного номера автомобильного транспортного средства, идентификационного номера (VIN) автомобильного транспортного средства со сведениями, указанными в регистрационном документе на автомобильное транспортное средство;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) таможенный досмотр и (или) таможенный осмотр автомобильного транспортного средства и находящихся в нем товаров в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1284,68 +1174,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса, а также </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 14 февраля 2018 года № 188 "Об утверждении Правил проведения таможенного досмотра и осмотра" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16464) (далее – Приказ № 188);</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) фотосъемка, аудио- и видеозапись с использованием видеорегистратора (видеожетона) и видеокамеры и иных технических средств таможенного контроля в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1420,412 +1294,352 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 428 Кодекса, а также </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 30 января 2018 года № 84 "Об утверждении Перечня и Правил применения технических средств таможенного контроля" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16504);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z35" w:id="21"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проверка наличия, целостности и сверка наложенного средства идентификации со сведениями, указанными в транспортных (перевозочных), коммерческих и таможенных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, и (или) содержащимися в информационной системе органов государственных доходов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) проверка в случае наложения средства идентификации целостности тента грузового отсека автомобильного транспортного средства и соединительного троса;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z37" w:id="23"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) проверка отсутствия в автомобильном транспортном средстве товаров, запрещенных к ввозу на территорию Республики Казахстан и к вывозу с территории Республики Казахстан в соответствии с международными договорами, актами, составляющими право ЕАЭС, и законодательством Республики Казахстан, а также на предмет действия ограничений в отношении товаров, ввоз на территорию Республики Казахстан или вывоз с территории Республики Казахстан которых ограничен в соответствии с международными договорами, актами, составляющими право ЕАЭС, и законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) проверка таможенных, иных документов и (или) сведений, сопоставление сведений (характеристик) о товаре, находящемся в автомобильном транспортном средстве, со сведениями, указанными в транспортных (перевозочных), коммерческих, разрешительных и таможенных документах на перевозимый товар.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z39" w:id="25"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом по автомобильному транспортному средству, перемещающемуся в соответствии с таможенной процедурой таможенного транзита, также проводится сверка сведений о товаре, указанных в транспортных (перевозочных), коммерческих и иных документах, со сведениями, заявленными в транзитной декларации и содержащимися в информационных ресурсах органов государственных доходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z40" w:id="26"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) проверка сведений о маркировке товара, подлежащего обязательной маркировке средствами идентификации, путем их считывания с использованием сведений, имеющихся в информационной системе органа государственных доходов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. В случае, если при проверке автомобильного транспортного средства удалены средства идентификации, должностное лицо осуществляет замену таких средств идентификации или разрешает произвести такую замену водителю с составлением предусмотренного абзацем вторым </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 427 Кодекса акта об изменении, удалении, уничтожении или замене средств идентификации либо проставлением отметок об изменении, удалении, уничтожении или замене средств идентификации на предъявленных транспортных (перевозочных), коммерческих или таможенных документах.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. При завершении проверки автомобильного транспортного средства должностным лицом составляется акт об остановке автомобильного транспортного средства по форме, утвержденной уполномоченным органом в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18-1 Кодекса (далее – акт об остановке АТС), в 2 (двух) экземплярах, один из которых вручается водителю, второй приобщается к материалам.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. При выявлении и (или) подтверждении по результатам таможенного контроля признаков нарушения международных договоров Республики Казахстан, таможенного законодательства ЕАЭС, таможенного и иного законодательства Республики Казахстан должностным лицом принимается решение о проведении таможенного досмотра и (или) таможенного осмотра в месте хранения, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18-1 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Должностное лицо в месте остановки автомобильного транспортного средства составляет и вручает водителю одновременно с актом об остановке АТС, требование о доставке автомобильного транспортного средства по форме, утвержденной уполномоченным органом в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 18-1 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. После вручения документов, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1840,222 +1654,191 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, должностные лица сопровождают доставку водителем автомобильного транспортного средства и находящихся в нем товаров в место хранения.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При отказе водителя выполнить требование о доставке автомобильного транспортного средства либо невыполнении им такого требования автомобильное транспортное средство и находящиеся в нем товары подлежат задержанию в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z47" w:id="27"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом перевозка (транспортировка) задержанных автомобильных транспортных средств и находящихся в нем товаров в место хранения осуществляется в порядке, определяемом уполномоченным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Водителю, а также иному лицу (его уполномоченному представителю), обладающему полномочиями в отношении автомобильного транспортного средства и (или) товаров, присутствующему в месте остановки или хранения автомобильного транспортного средства, должностное лицо вручает копию уведомления о назначении места и времени проведения таможенного досмотра и (или) таможенного осмотра по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам проведения таможенных досмотра и осмотра, утвержденным Приказом № 188.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z49" w:id="28"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Хранение фотоснимков, аудио- и видеозаписей в цифровом формате осуществляется на серверах органов государственных доходов в течение 3 (трех) лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z50" w:id="29"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Водитель вправе обжаловать (оспорить) решение, действия (бездействие) органов государственных доходов и (или) их должностных лиц в административном (досудебном) или судебном порядке в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>