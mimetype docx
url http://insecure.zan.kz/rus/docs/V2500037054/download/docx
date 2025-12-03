--- v0 (2025-10-14)
+++ v1 (2025-12-03)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bfb9ef7" w14:textId="bfb9ef7">
+    <w:p w14:paraId="6b41338" w14:textId="6b41338">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,144 +93,130 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил организации и ведения налогового учета</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 2 октября 2025 года № 562. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 октября 2025 года № 37054</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>Приказ Министра финансов Республики Казахстан от 2 октября 2025 года № 562. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 октября 2025 года № 37054.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящий приказ вводится в действие с 01.01.2026.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z6" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -245,280 +231,231 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 202 Налогового кодекса Республики Казахстан ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z7" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> организации и ведения налогового учета.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые приказы Министра финансов Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитету государственных доходов Министерства финансов Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z10" w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z11" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Министерства финансов Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z12" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Департамент юридической службы Министерства финансов Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z13" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие с 1 января 2026 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -534,58 +471,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Министр финансов</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр финансов</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -627,68 +581,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Такиев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -767,93 +703,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 октября 2025 года № 562</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила организации и ведения налогового учета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z17" w:id="6"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила организации и ведения налогового учета (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -888,826 +818,752 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 202 Налогового кодекса Республики Казахстан (далее – Налоговый кодекс), а также в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 2 Закона Республики Казахстан "О бухгалтерском учете и финансовой отчетности" (далее – Закон).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Действие настоящих Правил распространяется на индивидуальных предпринимателей, которые в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 2 Закона не осуществляют ведение бухгалтерского учета и составление финансовой отчетности (далее – индивидуальный предприниматель).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z20" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящие Правила определяют порядок организации и ведения налогового учета индивидуальным предпринимателем.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z21" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок организации налогового учета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Индивидуальный предприниматель обеспечивает организацию налогового учета, в том числе составление, хранение первичных учетных документов, а также проведение инвентаризации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Операции и события отражаются в налоговом учете с подкреплением оригиналов первичных учетных документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Индивидуальный предприниматель обеспечивает учет операций и денег в кассе. Учет операций и денег в кассе осуществляется индивидуальным предпринимателем самостоятельно и (или) уполномоченным индивидуальным предпринимателем лицом-кассиром.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Определение работников, имеющих право подписи первичных учетных документов, осуществляется в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии вышеуказанного документа ответственность за право подписи первичных учетных документов и правильность отражения операций в них возлагается на индивидуального предпринимателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. При переходе на общеустановленный порядок налогообложения индивидуального предпринимателя поступление фиксированных активов учитывается в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 278</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Налогового кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок ведения налогового учета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Параграф 1. Учетная документация</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Индивидуальный предприниматель осуществляет ведение налогового учета в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>глав 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Налогового кодекса, а также согласно настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 202 Налогового кодекса учетная документация индивидуального предпринимателя включает в себя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>
-      3. Настоящие Правила определяют порядок организации и ведения налогового учета индивидуальным предпринимателем.</w:t>
-[...80 lines deleted...]
-    <w:bookmarkEnd w:id="11"/>
+      первичные учетные документы;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...37 lines deleted...]
-        </w:rPr>
         <w:t>
-      При отсутствии вышеуказанного документа ответственность за право подписи первичных учетных документов и правильность отражения операций в них возлагается на индивидуального предпринимателя.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
+      налоговые регистры;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...234 lines deleted...]
-        </w:rPr>
         <w:t>
       налоговые формы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       налоговую учетную политику для индивидуальных предпринимателей, применяющих специальный налоговый режим на основе упрощенной декларации, по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам (далее – налоговая учетная политика);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z36" w:id="18"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z36" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иные документы, являющиеся основанием для определения объектов налогообложения и (или) объектов, связанных с налогообложением, а также для исчисления налогового обязательства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z37" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Хранение учетной документации осуществляется в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 206</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="19"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z38" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В случае пропажи (кражи, порчи, уничтожения) или гибели (при пожаре, затоплении, стихийном бедствии) документов, индивидуальным предпринимателем назначается комиссия по расследованию причин их пропажи или гибели и выявлению виновных лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z39" w:id="20"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z39" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам работы комиссии оформляется акт, который утверждается индивидуальным предпринимателем. В акте подробно описывается: место и причины происшедшего, характер внешних повреждений, приводится перечень утраченных (поврежденных) документов, указываются лица, ответственные за сохранность первичных документов. От указанных лиц комиссия получает письменное пояснение случившегося. К акту прикладываются документы уполномоченного государственного органа, подтверждающие пропажу (кражу, порчу, уничтожение) или гибель документов (при пожаре, затоплении, стихийном бедствии).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z40" w:id="21"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z40" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае утраты документов, индивидуальный предприниматель обеспечивает их восстановление.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z41" w:id="22"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z41" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Формы первичных учетных документов и требования к их составлению</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z42" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. В целях ведения налогового учета согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпункту 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 218 Налогового кодекса индивидуальным предпринимателем составляются первичные учетные документы.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z43" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. Составление первичных учетных документов индивидуальным предпринимателем производится в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1982,743 +1838,625 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>36</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил ведения бухгалтерского учета, утвержденных приказом Министра финансов Республики Казахстан от 31 марта 2015 года № 241 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10954).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="23"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z44" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, первичные учетные документы составляются на государственном и (или) русском языках без указания счетов бухгалтерского учета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z45" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Первичные учетные документы, формы и требования к которым не утверждены в соответствии с законодательством Республики Казахстан, разрабатываются индивидуальным предпринимателем самостоятельно в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 7 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z46" w:id="24"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z46" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Налоговые регистры и налоговые формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z47" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       16. Налоговые регистры предназначены для обобщения и систематизации информации для обеспечения целей налогового учета, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 202 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z48" w:id="25"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z48" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Налоговые регистры индивидуального предпринимателя включают в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z49" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) налоговые регистры, составляемые индивидуальным предпринимателем самостоятельно по формам, установленным им в налоговой учетной политике с учетом положений </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса;</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z50" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) налоговые регистры, составляемые индивидуальным предпринимателем в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 205 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z51" w:id="26"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z51" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. К налоговым формам относятся налоговое заявление, налоговая отчетность.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z52" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Порядок составления и сроки хранения налоговых форм предусмотрены </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z53" w:id="27"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z53" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 4. Налоговая учетная политика</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z54" w:id="28"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z54" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Налоговой учетной политикой является утвержденный индивидуальным предпринимателем документ, устанавливающий порядок ведения налогового учета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z55" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       20. Налоговая учетная политика по форме, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, распространяется также на индивидуальных предпринимателей, применяющих специальный налоговый режим на основе упрощенной декларации и осуществляющих ведение бухгалтерского учета и составление финансовой отчетности в соответствии с Законом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z56" w:id="29"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z56" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Порядок проведения инвентаризации</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z57" w:id="30"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z57" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. В целях обеспечения достоверности данных налогового учета проводится инвентаризация активов и обязательств в порядке, определяемом индивидуальным предпринимателем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z58" w:id="31"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z58" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Инвентаризации подлежит все имущество независимо от его местонахождения, а также не принадлежащее индивидуальному предпринимателю, но находящееся на ответственном хранении, арендованное согласно договору, полученное для переработки, принятое на комиссию, а также имущество, не учтенное по каким-либо причинам, и все виды обязательств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z59" w:id="32"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z59" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Индивидуальным предпринимателем обязательная инвентаризация проводится по местонахождению имущества:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z60" w:id="33"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z60" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) при установлении фактов хищения или злоупотреблений, а также порчи имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z61" w:id="34"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z61" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в случае стихийных бедствий, пожара, аварий или других чрезвычайных ситуаций, вызванных экстремальными условиями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z62" w:id="35"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z62" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) при переходе на ведение бухгалтерского учета и составление финансовой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z63" w:id="36"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z63" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Результаты подсчета, обмера и взвешивания заносятся в инвентаризационные описи – документы, составляемые в момент проведения инвентаризации и подтверждающие фактическое наличие имущества на определенную дату, которые подписываются индивидуальным предпринимателем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z64" w:id="37"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z64" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. На имущество, не принадлежащее индивидуальному предпринимателю на правах собственности, но находящееся у него, а также на имущество, пришедшее в негодность, составляются отдельные инвентаризационные описи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z65" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       26. Излишки материальных ценностей, выявленные при инвентаризации фактического наличия имущества с данными налогового учета, признаются доходом в налоговом учете в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 6)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 724 Налогового кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2853,123 +2591,100 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...16 lines deleted...]
-        <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">          Налоговая учетная политика для индивидуальных предпринимателей,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">     применяющих специальный налоговый режим на основе упрощенной декларации</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z69" w:id="55"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">       (Фамилия, имя, отчество (если оно указано в документе, удостоверяющем</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3629,68 +3344,50 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">средневзвешенной стоимости в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 220 Налогового кодекса.</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3771,225 +3468,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 2 октября 2025 года № 562</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z71" w:id="38"/>
+    <w:bookmarkStart w:name="z71" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министра финансов Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z72" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 1 февраля 2018 года № 97 "Об утверждении формы налоговой учетной политики для индивидуальных предпринимателей, применяющих специальные налоговые режимы для субъектов малого бизнеса на основе патента, упрощенной декларации или с использованием специального мобильного приложения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16374).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z73" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 1 февраля 2018 года № 98 "Об утверждении Правил организации и ведения налогового учета индивидуальными предпринимателями, на которых в соответствии с Законом Республики Казахстан от 28 февраля 2007 года "О бухгалтерском учете и финансовой отчетности" не возложена обязанность по ведению бухгалтерского учета и составлению финансовой отчетности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 16388).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z74" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 8 октября 2021 года № 1040 "О внесении изменений в приказ Министра финансов Республики Казахстан от 1 февраля 2018 года № 97 "Об утверждении формы налоговой учетной политики для индивидуальных предпринимателей, применяющих специальные налоговые режимы на основе патента или упрощенной декларации" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 24785).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>