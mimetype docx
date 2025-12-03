--- v0 (2025-10-14)
+++ v1 (2025-12-03)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="459db79" w14:textId="459db79">
+    <w:p w14:paraId="e2c45b5" w14:textId="e2c45b5">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил вынужденного забоя племенных животных и крупного рогатого скота живого</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 1 октября 2025 года № 345. Зарегистрирован в Министерстве юстиции Республики Казахстан 2 октября 2025 года № 37034</w:t>
+        <w:t>Приказ Министра сельского хозяйства Республики Казахстан от 1 октября 2025 года № 345. Зарегистрирован в Министерстве юстиции Республики Казахстан 2 октября 2025 года № 37034.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -856,52 +856,72 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> особо опасных болезней животных, профилактика, диагностика и ликвидация которых осуществляются за счет бюджетных средств (далее – Перечень), утвержденный приказом Министра сельского хозяйства Республики Казахстан от 30 октября 2014 года № 7-1/559 "Об утверждении нормативных правовых актов в области ветеринарии" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 9891) (далее – Приказ), за исключением случаев, указанных в подпункте 1) пункта 4 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      При особо опасных болезнях животных, включенных в Перечень особо опасных болезней животных, при которых проводятся обязательное изъятие и уничтожение животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека, утвержденный Приказом проводится обязательное изъятие и уничтожение животных, продукции и сырья животного происхождения;</w:t>
+        <w:t xml:space="preserve">
+      При особо опасных болезнях животных, включенных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> особо опасных болезней животных, при которых проводятся обязательное изъятие и уничтожение животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека, утвержденный Приказом проводится обязательное изъятие и уничтожение животных, продукции и сырья животного происхождения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z22" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) экономической нецелесообразности или невозможности лечения, а также в целях обеспечения сохранности (недопущения падежа) племенных животных и крупного рогатого скота живого при энзоотических болезнях животных, включенных в перечень энзоотических болезней животных, профилактика и диагностика которых осуществляются за счет бюджетных средств, утверждаемый местным исполнительным органом области, города республиканского значения, столицы в соответствии с подпунктом 17-3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1117,71 +1137,111 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 22 июля 2013 года № 16-07/333 "Об утверждении форм предписаний, Правил их составления и выдачи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 8662).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:bookmarkStart w:name="z31" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      При вынужденном забое племенных животных и крупного рогатого скота живого по особо опасным болезням животных, включенным одновременно в Перечень и в </w:t>
+      При вынужденном забое племенных животных и крупного рогатого скота живого по особо опасным болезням животных, включенным одновременно в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Перечень</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> болезней животных, при которых производятся обязательное обезвреживание (обеззараживание) и переработка без изъятия животных, продукции и сырья животного происхождения, ветеринарных препаратов, кормов и кормовых добавок, представляющих опасность для здоровья животных и человека, утвержденный приказом Министра сельского хозяйства Республики Казахстан от 28 марта 2012 года № 18-03/127 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 7590), проводится обязательное обезвреживание (обеззараживание) и переработка без изъятия племенных животных и крупного рогатого скота живого, продукции и сырья животного происхождения в соответствии с Правилами обязательного изъятия и уничтожения животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека, либо их обязательного обезвреживания (обеззараживания) и переработки без изъятия, утвержденными Приказом.</w:t>
+        <w:t xml:space="preserve"> и в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болезней животных, при которых производятся обязательное обезвреживание (обеззараживание) и переработка без изъятия животных, продукции и сырья животного происхождения, ветеринарных препаратов, кормов и кормовых добавок, представляющих опасность для здоровья животных и человека, утвержденный приказом Министра сельского хозяйства Республики Казахстан от 28 марта 2012 года № 18-03/127 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 7590), проводится обязательное обезвреживание (обеззараживание) и переработка без изъятия племенных животных и крупного рогатого скота живого, продукции и сырья животного происхождения в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обязательного изъятия и уничтожения животных, продукции и сырья животного происхождения, представляющих опасность для здоровья животных и человека, либо их обязательного обезвреживания (обеззараживания) и переработки без изъятия, утвержденными Приказом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
     <w:bookmarkStart w:name="z32" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок вынужденного забоя племенных животных и крупного рогатого скота живого</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
     <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -1214,52 +1274,112 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (далее – Ветеринарные (ветеринарно-санитарные) правила), утвержденными приказом Министра сельского хозяйства Республики Казахстан от 29 июня 2015 года № 7-1/587 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 11940), и оборот продукции и сырья животного происхождения осуществляется с учетом их ветеринарно-санитарной оценки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Племенные животные и крупный рогатый скот живой при вынужденном забое подлежат предубойному ветеринарному осмотру и послеубойной ветеринарно-санитарной экспертизе в соответствии с порядком предубойного ветеринарного осмотра убойных животных и послеубойной ветеринарно-санитарной экспертизы туш и органов, их санитарной оценки, установленных главой 101 Ветеринарных (ветеринарно-санитарных) правил.</w:t>
+        <w:t xml:space="preserve">
+      Племенные животные и крупный рогатый скот живой при вынужденном забое подлежат предубойному ветеринарному осмотру и послеубойной ветеринарно-санитарной экспертизе в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>порядком</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предубойного ветеринарного осмотра убойных животных и послеубойной ветеринарно-санитарной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>экспертизы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> туш и органов, их санитарной оценки, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главой 101</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ветеринарных (ветеринарно-санитарных) правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z35" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Направление на вынужденный забой племенных животных и крупного рогатого скота живого оформляется актом направления на вынужденный забой племенных животных и крупного рогатого скота живого (далее – акт направления) по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -1594,52 +1714,92 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, утвержденной приказом Министра сельского хозяйства Республики Казахстан от 25 февраля 2014 года № 16-07/114 "Об утверждении форм ветеринарного учета и отчетности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 9342).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
     <w:bookmarkStart w:name="z47" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Владельцы вынужденно забитых племенных животных (за исключением племенных птиц) и крупного рогатого скота живого получают выписку из базы данных по идентификации сельскохозяйственных животных в соответствии с Правилами № 367.</w:t>
+        <w:t xml:space="preserve">
+      Владельцы вынужденно забитых племенных животных (за исключением племенных птиц) и крупного рогатого скота живого получают </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выписку</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> из базы данных по идентификации сельскохозяйственных животных в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами № 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>