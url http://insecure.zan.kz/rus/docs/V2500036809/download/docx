--- v0 (2025-11-09)
+++ v1 (2025-12-27)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e33391c" w14:textId="e33391c">
+    <w:p w14:paraId="5b097bb" w14:textId="5b097bb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О некоторых вопросах регулирования ввоза отдельных видов каменной продукции на территорию Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра промышленности и строительства Республики Казахстан от 2 сентября 2025 года № 342. Зарегистрирован в Министерстве юстиции Республики Казахстан 8 сентября 2025 года № 36809</w:t>
+        <w:t>Приказ Министра промышленности и строительства Республики Казахстан от 2 сентября 2025 года № 342. Зарегистрирован в Министерстве юстиции Республики Казахстан 8 сентября 2025 года № 36809.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -232,54 +232,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Договора о Евразийском экономическом союзе, а также разделом 10 Приложения 7 к указанному Договору, ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Ввести запрет на ввоз из третьих стран на территорию Республики Казахстан всеми видами транспорта сроком на три месяца отдельных видов каменной продукции (код товарной номенклатуры Внешнеэкономической деятельности Евразийского экономического союза 6801000000 - брусчатка, бордюрные - камни и плиты для мощения из природного камня, 6802230000 - гранит для памятников или строительства и изделия из них, тесаные или пиленые, с плоской или ровной поверхностью, 6802931000 - гранит полированный декорированный или прошедший прочую обработку, кроме резного, нетто-массой 10 кг или более, 6802939000 - гранит для памятников или строительства).</w:t>
+      1. Ввести запрет на ввоз из третьих стран на территорию Республики Казахстан всеми видами транспорта сроком на три месяца отдельных видов каменной продукции (код товарной номенклатуры Внешнеэкономической деятельности Евразийского экономического союза 6801000000 - брусчатка, бордюрные - камни и плиты для мощения из природного камня, 6802931000 - гранит полированный декорированный или прошедший прочую обработку, кроме резного, нетто-массой 10 кг или более, 6802939000 - гранит для памятников или строительства).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа и.о. Министра промышленности и строительства РК от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 506</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету промышленности Министерства промышленности и строительства Республики Казахстан уведомить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -428,173 +490,150 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министр промышленности</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и строительства</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -602,266 +641,242 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Нагаспаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство финансов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:p>
-[...21 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство торговли и интеграции</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...5 lines deleted...]
-      <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
-    </w:p>
-[...23 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство национальной экономики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...17 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:p>
-[...32 lines deleted...]
-    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>