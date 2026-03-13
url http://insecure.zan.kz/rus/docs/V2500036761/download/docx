--- v0 (2025-11-07)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2c0066b" w14:textId="2c0066b">
+    <w:p w14:paraId="e12b273" w14:textId="e12b273">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О некоторых вопросах юридических лиц со стопроцентным участием государства, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 29 августа 2025 года № 87. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 августа 2025 года № 36761</w:t>
+        <w:t>Приказ Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 29 августа 2025 года № 87. Зарегистрирован в Министерстве юстиции Республики Казахстан 29 августа 2025 года № 36761.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктами 4-8), 4-9), 4-10) и 4-11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -616,50 +616,68 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министерство финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -706,1290 +724,1778 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Заместитель Премьер-Министра –</w:t>
+              <w:t>Заместителя Премьер-Министра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр национальной экономики</w:t>
+              <w:t>– Министра национальной экономики</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 29 августа 2025 года</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> № 87</w:t>
+              <w:t>от 29 августа 2025 года № 87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z23" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Правила и критерии отбора независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 26.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>и критерии отбора независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда</w:t>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z259" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила и критерии отбора независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда (далее – Правила), разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 4-8)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13 Закона Республики Казахстан "О государственном имуществе" (далее – Закон) и определяют порядок и критерии отбора независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z24" w:id="11"/>
-[...57 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="13"/>
+    <w:bookmarkStart w:name="z260" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные понятия, используемые в настоящих Правилах:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z261" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) орган управления – уполномоченный орган соответствующей отрасли или местный исполнительный орган, осуществляющий права владения и пользования государственным пакетом акций (долями участия в уставном капитале) акционерного общества (товарищества с ограниченной ответственностью);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z262" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) кандидат – физическое лицо, участвующее в конкурсе на занятие должности независимого директора (независимого члена) в составе совета директоров (наблюдательного совета) акционерного общества (товарищества с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z27" w:id="14"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="16"/>
+    <w:bookmarkStart w:name="z263" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) компания – юридическое лицо со стопроцентным участием государства в уставном капитале;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z264" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) конкурсная комиссия (далее – Комиссия) – коллегиальный орган, создаваемый субъектом управления государственным имуществом, ответственный за подготовку конкурсной документации, произведение приема, регистрации и хранение представленных для участие в конкурсе документов, оценку кандидатов, проведение с ними собеседований и подготовку решений для их включения в реестр независимых директоров (независимых членов) юридических лиц со стопроцентным участием государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z265" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) уполномоченный орган по государственному планированию – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области стратегического и экономического планирования, выработки и формирования бюджетной политики, а также по формированию и реализации государственной политики в сфере регионального развития; </w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z30" w:id="17"/>
+    <w:bookmarkStart w:name="z266" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) реестр независимых директоров (независимых членов) в члены совета директоров (наблюдательных советов) в юридических лицах со стопроцентным участием государства (далее – Реестр) – единая информационная система уполномоченного органа по государственному имуществу, содержащая сведения о физических лицах, соответствующих квалификационным требованиям, прошедших конкурсный отбор и изъявивших желание рассматривать предложения либо быть рекомендованными для избрания в состав советов директоров (наблюдательных советов);</w:t>
+      6) реестр независимых директоров (независимых членов) юридических лиц со стопроцентным участием государства (далее – Реестр) – совокупность отраженных на веб-портале реестра государственного имущества сведений о физических лицах, соответствующих квалификационным требованиям и прошедших конкурсный отбор;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z31" w:id="18"/>
+    <w:bookmarkStart w:name="z267" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) уполномоченный орган по руководству соответствующей отраслью (сферой) государственного управления (далее – уполномоченный орган соответствующей отрасли) – центральный исполнительный орган или ведомство центрального исполнительного органа, определенное Правительством Республики Казахстан, осуществляющие руководство соответствующей отраслью (сферой) государственного управления и обладающие правами в отношении республиканского имущества на условиях, предусмотренных Законом;</w:t>
+      7) веб-портал реестра государственного имущества (далее – веб-портал реестра) – интернет-ресурс, размещенный в сети Интернет по адресу: www.e-qazyna.kz, предоставляющий единую точку доступа к Реестру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z32" w:id="19"/>
+    <w:bookmarkStart w:name="z268" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) субъект управления государственным имуществом – уполномоченный орган по управлению государственным имуществом или местный исполнительный орган области, города республиканского значения и столицы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z269" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) уполномоченный орган по государственному планированию – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области стратегического и экономического планирования, выработки и формирования бюджетной политики, а также по формированию и реализации государственной политики в сфере регионального развития;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="20"/>
+      9) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z270" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) уполномоченный орган по управлению государственным имуществом (далее – уполномоченный орган по государственному имуществу) – центральный исполнительный орган, осуществляющий в пределах своей компетенции руководство в сфере управления республиканским имуществом, реализации прав государства на республиканское имущество, приватизации и государственного мониторинга собственности в отраслях экономики, имеющих стратегическое значение, и стратегических объектов, за исключением имущества, закрепленного за Национальным Банком Республики Казахстан и уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="21"/>
+      10) шлюз "электронного правительства" – информационная система, предназначенная для интеграции объектов информатизации "электронного правительства" с иными объектами информатизации "электронного правительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z271" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Отбор независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда, осуществляется на конкурсной основе на веб-портале реестра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z272" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок отбора независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z35" w:id="22"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z273" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3. Лица, желающие принять участие в конкурсе, предоставляют на бумажном носителе и (или) в электронно-цифровой форме в компанию следующие документы:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z36" w:id="23"/>
+      4. Орган управления формирует консолидированную потребность в новых кандидатах в члены совета директоров (наблюдательного совета) за 6 (шесть) месяцев до даты окончания установленного решением единственного акционера (участника) срока полномочий действующих членов совета директоров (наблюдательного совета) и уведомляет в письменной форме субъект управления государственным имуществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z274" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) заявление по форме согласно </w:t>
+      5. Субъект управления государственным имуществом после получения уведомления от органа управления: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z275" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в течение 10 (десяти) рабочих дней принимает решение о проведении конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z276" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяет дату и место проведения конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z277" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет подготовку и проведение конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z278" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) формирует Комиссию и назначает секретаря Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z279" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Комиссия осуществляет следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z280" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подготавливает конкурсную документацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z281" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) производит прием, регистрацию и хранение представленных для участия в конкурсе документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z282" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оценивает кандидатов в члены совета директоров (наблюдательных советов) акционерных обществ (товарищества с ограниченной) ответственностью со стопроцентным участием государства в уставном капитале;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z283" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) проводит с кандидатами собеседование; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z284" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) принимает решение о включении кандидатов в Реестр независимых директоров (членов) в члены совета директоров (наблюдательных советов) акционерных обществ (товарищества с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z285" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Количество членов Комиссии составляет от 6 (шести) до 9 (девяти) человек. Доля членов Комиссии, не являющихся государственными служащими, составляет не менее 50% от общего количества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z286" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В состав Комиссии также включаются на постоянной основе представители общественных объединений, осуществляющих деятельность в сфере совершенствования системы корпоративного управления и/или иных организаций/профессиональных объединений экспертов. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z287" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены Комиссии, не являющиеся государственными служащими, представляющие общественные объединения, осуществляющие деятельность в сфере совершенствования системы корпоративного управления и/или иные организации/профессиональные объединения экспертов, привлекаются для участия в работе Комиссии и обладают стажем и опытом работы не менее 10 (десяти) лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z288" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Представители органов управления, а также председатели советов директоров (наблюдательных советов) компаний привлекаются в состав Комиссии при рассмотрении вопросов по отраслевым направлениям по решению субъекта управления государственным имуществом. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z289" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Состав Комиссии формируется субъектом управления государственным имуществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z290" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав Комиссии, создаваемой уполномоченным органом по управлению государственным имуществом, включаются на постоянной основе по одному представителю от уполномоченного органа по управлению государственным имуществом, уполномоченного органа по государственному планированию и уполномоченного органа соответствующей отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z291" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель Комиссии избирается членами Комиссии большинством голосов от общего количества присутствующих членов Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z292" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для обеспечения деятельности Комиссии назначается секретарь из числа работников субъекта управления государственным имуществом, который осуществляет подготовку заседаний и оформляет принятые Комиссией решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z293" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Субъект управления государственным имуществом размещает объявление о проведении конкурса по отбору независимых директоров (независимых членов) совета директоров (наблюдательного совета) компаний в течение 3 (трех) рабочих дней после даты принятия решения о проведении конкурса, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 5 настоящих Правил, на веб-портале реестра на казахском и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z294" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Объявление о проведении конкурса содержит следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z295" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дату и место проведения конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z296" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование компании с указанием местонахождения, почтового адреса, телефона и краткого описания ее основной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z297" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) требования, предъявляемые к кандидатам конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z298" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) срок представления заявлений об участии в конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z299" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата начала приема документов у кандидатов определяется со следующего рабочего дня после даты размещения объявления о проведении конкурса на веб-портале реестра. Прием документов для кандидатов заканчивается по истечении 7 (семи) рабочих дней после даты публикации объявления о проведении конкурса на веб-портале реестра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z300" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Кандидаты предоставляют в сроки, указанные в объявлении о проведении конкурса, в электронной форме на веб-портале реестра подписанное с использованием ЭЦП заявление об участии в конкурсе по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="24"/>
+        <w:t xml:space="preserve"> к настоящим Правилам с приложением заполненной анкеты с фото по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z301" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) заполненную анкету с фото по форме согласно </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z38" w:id="25"/>
+      Веб-портал из соответствующих государственных информационных систем и баз данных через шлюз "электронного правительства" реестра автоматически прикрепляет к заявлению об участии в конкурсе следующие документы кандидата: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z302" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) копию документа, удостоверяющего личность;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="26"/>
+      1) удостоверяющий личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z303" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) нотариально заверенные копии документов об образовании;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="27"/>
+      2) об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z304" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) документы, подтверждающие трудовую деятельность; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z305" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) об отсутствии судимости; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z306" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) об отсутствии фактов совершения коррупционного преступления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z307" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) справка об отсутствии/наличии судимости;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="28"/>
+      В случае отсутствия сведений о трудовой деятельности в соответствующей государственной информационной системе кандидат прикрепляет к заявлению об участии в конкурсе один из документов, подтверждающих трудовую деятельность, указанных в статье 35 Трудового кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z308" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. При наличии документов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, а также соответствии кандидата критериям отбора независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главе 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, Комиссия принимает решение о допуске кандидата в течение 2 (двух) рабочих дней со дня окончания срока приема документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z309" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Список лиц, допущенных к участию в конкурсе, и график проведения собеседования по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам утверждаются протоколом Комиссии и размещаются на веб-портале реестра на казахском и русском языках в срок не позднее 3 (трех) рабочих дней с даты подписания протокола заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z310" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) справка об отсутствии/наличии совершения коррупционного преступления.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="29"/>
+      12. После утверждения списка лиц, допущенных к участию в конкурсе, Комиссия проводит собеседование с кандидатами конкурса в течение 5 (пяти) рабочих дней со дня размещения на веб-портале реестра графика проведения собеседования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z311" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Компания направляет документы, предусмотренные пунктом 3 настоящих Правил, и заявку в свободной форме о потребности на привлечение кандидатов в члены совета директоров (наблюдательного совета) в уполномоченный орган соответствующей отрасли за 6 (шесть) месяцев до даты окончания установленного решением единственного акционера (участника) срока полномочий действующих членов совета директоров (наблюдательного совета).</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="30"/>
+      В случае невозможности личного присутствия кандидата по уважительным причинам, нахождением за пределами страны, либо ухудшением самочувствия, по иным обстоятельствам, собеседование с участниками конкурса, допущенными к собеседованию, при необходимости проводится посредством дистанционных средств видеосвязи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z312" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уполномоченный орган соответствующей отрасли осуществляет сбор и анализ данных и формирует на предстоящий год общую консолидированную потребность в членах совета директоров (наблюдательных советах) в разрезе отраслевой специфики по знаниям, опыту, навыкам, а также по срокам изменения состава советов директоров (наблюдательных советов), и передает консолидированную в разрезе компаний информацию в уполномоченный орган по государственному имуществу, который согласно выявленной потребности планирует проведение конкурса.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="31"/>
+      13. При проведении Комиссией собеседования с кандидатами конкурса проверяются знания законодательства Республики Казахстан, регулирующего отношения в сфере деятельности компании и корпоративного управления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z313" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Также определяются профессиональные знания кандидатов конкурса на основании критериев отбора независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главе 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z314" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Решения Комиссии принимаются открытым голосованием простым большинством голосов от общего числа членов Комиссии. При равенстве голосов голос председателя Комиссии является решающим. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z315" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уполномоченный орган соответствующей отрасли в течение 5 (пяти) рабочих дней с даты поступления заявки и соответствующих документов, указанных в пункте 3 настоящих Правил, в случае соответствия направляет их в уполномоченный орган по государственному имуществу для организации планового конкурса.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z45" w:id="32"/>
+      Заседание Комиссии считается правомочным при участии не менее двух третей от общего числа членов Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z316" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уполномоченный орган соответствующей отрасли в случае несоответствия представленных документов пункту 3 настоящих Правил в течение 5 (пяти) рабочих дней с даты поступления пакета документов возвращает их компании.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z46" w:id="33"/>
+      Особое мнение членов Комиссии, в случае его выражения, излагается в письменной форме и прикладывается к протоколу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z317" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Уполномоченный орган по государственному имуществу после получения информации о потребности в подборе независимых директоров (членов) в советы директоров (наблюдательные советы) организует плановый конкурс и размещает информацию о проведении планового конкурса по отбору независимых директоров (членов) совета директоров (наблюдательного совета) компаний.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z47" w:id="34"/>
+      Ход обсуждения и принятое Комиссией решение оформляются в виде протокола, который подписывается всеми членами Комиссии в день проведения конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z318" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Информация о проведении планового конкурса по отбору независимых директоров (членов) совета директоров (наблюдательного совета) компаний размещается на интернет-ресурсах уполномоченного органа по государственному имуществу, уполномоченного органа соответствующей отрасли и компаний.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+      Протокол Комиссии размещается на веб-портале реестра на казахском и русском языках в срок не позднее 3 (трех) календарных дней с даты подписания протокола заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z319" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      6. Уполномоченный орган по государственному имуществу в течение 15 (пятнадцати) рабочих дней со дня получения информации о потребности в подборе независимых директоров (членов) в совет директоров (наблюдательные советы) от уполномоченного органа соответствующей отрасли рассматривает на соответствие кандидатов квалификационным требованиям, предусмотренные </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z49" w:id="36"/>
+      15. Если на участие в конкурсе представили заявления менее 2 (двух) кандидатов, соответствующих критериям отбора независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главе 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, либо заявления не поступили или были отозваны, а также в результате конкурса Комиссией не были выявлены кандидаты, конкурс признается несостоявшимся и субъект управления государственным имуществом подписывает акт о несостоявшемся конкурсе, формируемый веб-порталом реестра в день его проведения. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z320" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. По итогам рассмотрения на соответствие кандидатов квалификационным требованиям, предусмотренные Типовым кодексом или Правилами создания и упразднения наблюдательного совета, требования, предъявляемые к лицам, избираемым в состав наблюдательного совета, а также порядок конкурсного отбора членов наблюдательного совета и досрочного прекращения их полномочий, утвержденные уполномоченным органом по государственному планированию в соответствии с пунктом 3 </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z50" w:id="37"/>
+      Повторный конкурс проводится после 10 (десяти) рабочих дней согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главе 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил со дня признания комиссией конкурса несостоявшимся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z321" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уполномоченный орган по государственному имуществу направляет кандидатам приглашение на заседание Комиссии с указанием даты, времени и места его проведения, а также с указанием формата проведения (онлайн с использованием электронных средств связи и/или в очном порядке). Заседание Комиссии проводится в сроки не позднее 30 (тридцати) рабочих дней со дня завершения приема документов по конкурсу.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z51" w:id="38"/>
+      16. По итогам собеседования и рассмотрения результатов оценки кандидатов Комиссия принимает решение по включению кандидатов в Реестр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z322" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия выбирают до 10 (десяти) кандидатов на позицию независимого директора (члена) для включения в Реестр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z323" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Формирование Комиссии осуществляется по решению уполномоченного органа по государственному имуществу. В состав Комиссии включаются на постоянной основе представители уполномоченного органа по государственному имуществу, уполномоченного органа по государственному планированию, уполномоченного органа соответствующей отрасли, общественных объединений, осуществляющих деятельность в сфере совершенствования системы корпоративного управления и/или иных организаций/профессиональных объединений экспертов. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z52" w:id="39"/>
+      17. Орган управления принимает решение об избрании (переизбрании) членов совета директоров (наблюдательного совета) и о досрочном прекращении их полномочий. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z324" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Члены Комиссии, не являющиеся государственными служащими, представляющие общественные объединения, осуществляющие деятельность в сфере совершенствования системы корпоративного управления и/или иные организации/профессиональные объединения экспертов, привлекаются для участия в работе Комиссии и обладают признанной репутацией, стажем и опытом работы не менее 10 лет. Количество членов Комиссии составляет от 3 (трех) до 11 (одиннадцати) человек. Доля членов Комиссии, не являющихся государственными служащими, составляет не менее 50% от общего количества.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z53" w:id="40"/>
+      Орган управления по согласованию с субъектом управления государственным имуществом принимает решение единственного акционера (участника) об избрании кандидата на должность независимого директора (независимого члена) в состав совета директоров (наблюдательного совета) компании из числа лиц, включенных в Реестр по данной компании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z325" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Критерии отбора независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z326" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Рекомендуемая доля женщин в составах совета директоров (наблюдательных советов) составляет не менее 30%.</w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="42"/>
+      18. Отбор независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда, осуществляется на основании следующих критериев:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z327" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. С целью беспристрастной оценки кандидатов члены Комиссии действуют независимо, ответственно и благоразумно. Не допускается оказание давления на членов Комиссии со стороны государственных и иных органов, а также должностных лиц. </w:t>
-[...401 lines deleted...]
-    <w:bookmarkStart w:name="z75" w:id="62"/>
+      1) наличие высшего или послевузовского образования в области, соответствующей основной деятельности компании и в области аудита и/или финансов и/или управления (менеджмента); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z328" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) знание профильного законодательства, регулирующего деятельность компании и законов Республики Казахстан "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2001,134 +2507,254 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>", "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О товариществах с ограниченной и дополнительной ответственностью</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">", а также </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="63"/>
+        <w:t xml:space="preserve">", а также Типового кодекса корпоративного управления в контролируемых государством акционерных обществах, за исключением Фонда национального благосостояния, утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 5 октября 2018 года № 21 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 17726);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z329" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) наличие опыта работы соответствует одному из следующих требований:</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z77" w:id="64"/>
+      3) не менее 10 (десяти) лет стаж работы по специальности в соответствующем профилю компании виде экономической деятельности или стаж работы в областях, соответствующих функциональным направлениям должности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z330" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      не менее 5 (пяти) лет стажа работы в областях, соответствующих функциональным направлениям члена совета директоров (наблюдательного совета);</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="65"/>
+      4) не менее 5 (пяти) лет опыт работы на руководящих должностях;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z331" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      не менее 3 (трех) лет стажа работы на руководящих должностях в областях, соответствующих основной деятельности компании.</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="65"/>
+      5) не менее 1 (одного) года опыт работы на позиции члена совета директоров (наблюдательного совета);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z332" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) отсутствие факта избрания (назначения) председателем совета директоров (наблюдательных советов), руководителем исполнительного органа, заместителем руководителя, главным бухгалтером другого юридического лица в период не более чем за 1 (один) год до принятия решения о принудительной ликвидации или принудительном выкупе акций, или консервации другого юридического лица, признанного банкротом в установленном порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z333" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) отсутствие непогашенной или не снятой в установленном законом порядке судимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z334" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) отсутствие факта совершения коррупционного преступления;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z335" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) отсутствие аффилированности с акционерами (членами), владеющими акциями, членами Правления (исполнительного органа) в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 64</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об акционерных обществах" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 12-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О товариществах с ограниченной и дополнительной ответственностью".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2175,84 +2801,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> и критериям отбора</w:t>
+              <w:t>к Правилам и критериям отбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>независимых</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> директоров</w:t>
+              <w:t>независимых директоров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(независимых членов)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2260,110 +2866,90 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(наблюдательный совет)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>акционерных</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> обществ</w:t>
+              <w:t>акционерных обществ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(товариществ с ограниченной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ответственностью) со</w:t>
+              <w:t>ответственностью)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>стопроцентным</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> участием</w:t>
+              <w:t>со стопроцентным участием</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государства в уставном</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2371,336 +2957,616 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Фонда национального</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>благосостояния и</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> единого</w:t>
+              <w:t>благосостояния и единого</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>накопительного пенсионного</w:t>
-[...14 lines deleted...]
-          </w:p>
+              <w:t>накопительного пенсионного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="12300"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z337" w:id="87"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="87"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...54 lines deleted...]
-            </w:r>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z339" w:id="88"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заявление об участии в конкурсе</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="88"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z341" w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прошу допустить меня к участию в конкурсе на занятие должности независимого директора (независимого члена):</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="89"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С требованиями Правил и критериев отбора независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда, утвержденных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 29 августа 2025 года № 87 (зарегистрирован в Реестре государственной регистрации нормативно-правовых актов Республики Казахстан за № 36761) ознакомлен (-а), согласен (-а) и обязуюсь их выполнять.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выражаю свое согласие на сбор и обработку моих персональных данных.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждаю достоверность документов и отвечают за полноту и корректность сведений, указанных в анкете.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информирую об отсутствии аффилированности с акционерами (членами), владеющими акциями, членами Правления (исполнительного органа) в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 64</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "Об акционерных обществах" и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 12-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О товариществах с ограниченной и дополнительной ответственностью".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прилагаемые документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>______________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес_________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны: __________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>e-mail: ________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН (индивидуальный идентификационный номер) __________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подписано и отправлено в 00:00 часов "__" ______ 20__ года: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Данные из ЭЦП</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата и время подписания ЭЦП";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z92" w:id="66"/>
-[...177 lines deleted...]
-    <w:bookmarkEnd w:id="68"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2747,84 +3613,64 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> и критериям отбора</w:t>
+              <w:t>к Правилам и критериям отбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>независимых</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> директоров</w:t>
+              <w:t>независимых директоров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(независимых членов)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -2832,1147 +3678,952 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(наблюдательный совет)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>акционерных</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> обществ</w:t>
+              <w:t>акционерных обществ</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(товариществ с ограниченной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>ответственностью) со</w:t>
+              <w:t>ответственностью)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>стопроцентным</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> участием</w:t>
+              <w:t>со стопроцентным участием</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государства в уставном</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>капитале, за исключением</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Фонда</w:t>
+              <w:t>Фонда национального</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>национального благосостояния и</w:t>
+              <w:t>благосостояния и единого</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>единого накопительного</w:t>
-[...14 lines deleted...]
-          </w:p>
+              <w:t>накопительного пенсионного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="12300"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z346" w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="90"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...55 lines deleted...]
-          </w:p>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z348" w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фото</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="91"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...55 lines deleted...]
-          </w:p>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z350" w:id="92"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата 3х4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="92"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-[...53 lines deleted...]
-              <w:t>кандидата 3х4</w:t>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z352" w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Анкета (заполняется собственноручно)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия _______________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Имя ___________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отчество (при его наличии) _______________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Если изменяли фамилию, имя, отчество, то укажите причину и когда</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гражданство _________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Если изменяли гражданство, то укажите, когда</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Были ли Вы судимы, когда и за что ______________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Учеба или работа за границей___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Страна пребывания____________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Время пребывания_____________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место работы или учебы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лишались ли Вы права занимать определенную должность или заниматься определенной деятельностью в соответствии с вступившим в законную силу приговором суда, когда и за что</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лишались ли Вы права занимать должности в государственных органах в течение определенного срока, когда и за что</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лишались ли Вы права занимать должности в финансовых организациях в течение определенного срока, когда и за что</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"_____"____20___года_______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z110" w:id="69"/>
-[...757 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4006,3149 +4657,935 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Заместитель Премьер-</w:t>
+              <w:t>к Правилам и критериям отбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министра –</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> Министр</w:t>
+              <w:t>независимых директоров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>национальной экономики</w:t>
+              <w:t>(независимых членов)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>в состав совета директоров</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 29 августа 2025 года</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> № 87</w:t>
+              <w:t>(наблюдательный совет)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>акционерных обществ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(товариществ с ограниченной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ответственностью)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>со стопроцентным участием</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государства в уставном</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>капитале, за исключением</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фонда национального</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>благосостояния и единого</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>накопительного пенсионного фонда</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z159" w:id="73"/>
-[...1379 lines deleted...]
-    <w:bookmarkEnd w:id="111"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z355" w:id="94"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Уровень компании</w:t>
-[...73 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="94"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z357" w:id="95"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...74 lines deleted...]
-          </w:p>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График проведения собеседования</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="95"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z359" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...14 lines deleted...]
-          <w:p/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="96"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1,6 – 1,9</w:t>
+Фамилия, имя, отчество (при его наличии) кандидата, допущенного к собеседованию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место, дата и время проведения собеседования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z363" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...14 lines deleted...]
-          <w:p/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="97"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z367" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...14 lines deleted...]
-          <w:p/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="98"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z371" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
-[...14 lines deleted...]
-          <w:p/>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="99"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z375" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...138 lines deleted...]
-6 - 8</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="100"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии) секретаря Комиссии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...806 lines deleted...]
-    <w:bookmarkEnd w:id="112"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7182,972 +5619,4058 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Типовым правилам</w:t>
+              <w:t>Заместителя Премьер-Министра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>определения</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> уровня</w:t>
+              <w:t>– Министра национальной экономики</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>вознаграждения и</w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve"> возмещения</w:t>
+              <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>расходов членам советов</w:t>
-[...149 lines deleted...]
-              <w:t>фонда</w:t>
+              <w:t>от 29 августа 2025 года № 87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z230" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Правила формирования и ведения реестра независимых директоров (независимых членов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 26.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z378" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила формирования и ведения реестра независимых директоров (независимых членов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда (далее – Правила), разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 4-9)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13 Республики Казахстан "О государственном имуществе" и определяют общий порядок формирования и ведения реестра независимых директоров (независимых членов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z379" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основные понятия, используемые в настоящих Правилах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z380" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кандидат – физическое лицо, участвующее в конкурсе на занятие должности независимого директора (независимого члена) в составе совета директоров (наблюдательного совета) акционерного общества (товарищества с ограниченной ответственностью) со стопроцентным участием государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z381" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) компания – юридическое лицо со стопроцентным участием государства; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z382" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) конкурсная комиссия (далее – Комиссия) – коллегиальный орган, создаваемый субъектом управления государственным имуществом, ответственный за подготовку конкурсной документации, произведение приема, регистрации и хранение представленных для участие в конкурсе документов, оценку кандидатов, проведение с ними собеседований и подготовку решений для их включения в реестр независимых членов в члены наблюдательных советов товарищества с ограниченной ответственностью со стопроцентным участием государства в уставном капитале;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z383" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) реестр независимых директоров (независимых членов) юридических лиц со стопроцентным участием государства (далее – Реестр) – совокупность отраженных на веб-портале реестра государственного имущества сведений о физических лицах, соответствующих квалификационным требованиям и прошедших конкурсный отбор;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z384" w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) веб-портал реестра государственного имущества (далее – веб-портал реестра) – интернет-ресурс, размещенный в сети Интернет по адресу www.e-Qazyna.kz, предоставляющий единую точку доступа к Реестру; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z385" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) субъект управления государственным имуществом – уполномоченный орган по управлению государственным имуществом или местный исполнительный орган области, города республиканского значения и столицы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z386" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок формирования и ведения реестра независимых директоров (независимых членов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z387" w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Включение кандидатов в Реестр по итогам конкурса осуществляется субъектом управления государственным имуществом по решению Комиссии в соответствии с Правилами и критериями отбора независимых директоров (независимых членов) в состав совета директоров (наблюдательный совет) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда, утвержденными </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра национальной экономики Республики Казахстан от 29 августа 2025 года № 87 "О некоторых вопросах юридических лиц со стопроцентным участием государства, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда" (зарегистрирован в Реестре государственной регистрации нормативно-правовых актов Республики Казахстан за № 36761).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z388" w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Субъект управления государственным имуществом формирует и ведет Реестр в электронном виде на веб-портале реестра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z389" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Включение кандидата в Реестр осуществляется в течение 5 (пяти) рабочих дней с даты принятия решения Комиссией о включении кандидата в Реестр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z390" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В Реестр вносятся сведения, указанные в анкетах, в форме, позволяющей осуществлять поиск кандидатов в Реестре по критериям, определяемым лицами, заинтересованными в подборе кандидатур для избрания в состав совета директоров (наблюдательного совета) конкретной компании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z391" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Лица, включенные в Реестр, рассматриваются в качестве кандидатов для избрания в состав совета директоров (наблюдательного совета) в срок не более 5 (пяти) лет с момента включения в Реестр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z392" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Субъект управления государственным имуществом обеспечивает актуализацию Реестра на веб-портале реестра по мере необходимости.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3 к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заместителя Премьер-Министра</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>– Министра национальной экономики</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 29 августа 2025 года № 87</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Типовые правила определения уровня вознаграждения и возмещения расходов членам совета директоров (наблюдательных советов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Типовые правила в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 26.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z393" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z394" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Типовые правила определения уровня вознаграждения и возмещения расходов членам совета директоров (наблюдательных советов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда (далее – Правила), разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 4-10)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 13 Закона Республики Казахстан "О государственном имуществе" и определяют общий порядок определения уровня вознаграждения и возмещения расходов членам совета директоров (наблюдательных советов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z395" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основные понятия, используемые в настоящих Правилах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z396" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) орган управления – уполномоченный орган соответствующей отрасли или местный исполнительный орган, осуществляющий права владения и пользования государственным пакетом акций (долями участия в уставном капитале) акционерного общества (товарищества с ограниченной ответственностью).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z397" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) компания – юридическое лицо, со стопроцентным участием государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z398" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Членам совета директоров (наблюдательного совета), являющимся государственными служащими, вознаграждение не выплачивается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z399" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок определения уровня вознаграждения и возмещения расходов членам совета директоров (наблюдательных советов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z400" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4. Уровень годового вознаграждения определяется согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и пересматривается раз в 3 (три) года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z401" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Уровень каждой компании определяется органом управления в соответствии с факторной шкалой по определению уровня компании согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z402" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В качестве факторов, определяющих уровень компании, применяются средние значения показателей балансовой стоимости активов и общих доходов компании за последние 3 (три) года на основе данных утвержденной финансовой отчетности компании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z403" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Для реорганизованных или вновь созданных компаний за основу берутся плановые значения показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z404" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. За председательство и членство в комитетах при совете директоров (наблюдательном совете) выплачивается дополнительное фиксированное вознаграждение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z405" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      За председательство в комитете выплачивается дополнительное вознаграждение в размере не более 10 (десяти) процентов от установленного годового вознаграждения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z406" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      За членство в комитете выплачивается вознаграждение за участие в каждом заседании комитета с учетом вознаграждения членов совета директоров (наблюдательного совета). Предельный размер вознаграждения за участие в каждом заседании комитета устанавливается до 100 (ста) месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z407" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. Сумма годового вознаграждения членов совета директоров (наблюдательного совета) устанавливается решением общего собрания акционеров (единственного акционера) или общим собранием участников (единственного участника) с учетом норм, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z408" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Размер сумм годового вознаграждения членов совета директоров (наблюдательного совета) может устанавливаться ниже значений, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил исходя из фактических и плановых показателей финансово-хозяйственной деятельности компаний.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z409" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В решении общего собрания акционеров (единственного акционера) или общим собранием участников (единственного участника) указывается причина о снижении размера вознаграждения либо об его невыплате.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z410" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Сумма годового вознаграждения членов совета директоров национальных управляющих холдингов устанавливается решением общего собрания акционеров (единственного акционера) самостоятельно без применения норм, установленных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z411" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В случае участия членов совета директоров в менее чем в половине проведенных очных и заочных заседаниях комитета совета директоров (наблюдательного совета) за отчетный период вознаграждение уменьшается на 50 % (пятьдесят процентов) за исключением случаев болезни, отпуска и командировки.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z412" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Членам совета директоров (наблюдательного совета) возмещаются расходы, связанные с выездом на заседания совета директоров (наблюдательного совета), а также на встречи и мероприятия в рамках осуществляемой деятельности, инициированные акционером с одобрения председателя совета директоров (наблюдательного совета) либо лица, исполняющего его обязанности, проводимые вне места постоянного жительства члена совета директоров (наблюдательного совета).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z413" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      13. Возмещение расходов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, производится компанией в пределах норм возмещения командировочных расходов компании, предусмотренных внутренними документами компании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>определения уровня</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вознаграждения и возмещения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>расходов членам совета</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директоров (наблюдательных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>советов) акционерных обществ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(товариществ с ограниченной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ответственностью)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>со стопроцентным участием</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государства, за исключением</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фонда национального</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>благосостояния и единого</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>накопительного пенсионного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z415" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Уровень годового вознаграждения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень компании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Позиция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Диапазон годового вознаграждения в коэффициентах к 1000 месячным расчетным показателям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Председатель совета директоров (наблюдательного совета)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3 – 1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6 – 1,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 – 2,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5 – 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3,1 – 3,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4 – 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6-8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Уровень компании</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Позиция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Годовое вознаграждение Коэффициент к 1000 месячным расчетным показателям</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Члены совета директор (наблюдательного совета)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 – 1,2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,3 – 1,5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1,6 – 1,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2 – 2,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2,5 – 2,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3 – 3,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4-5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z480" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание: в случае выплаты годового вознаграждения в юридическом лице, не являющимся юридическим лицом Республики Казахстан, то такое вознаграждение выплачивается в иностранной валюте по официальному курсу тенге Национального Банка к такой валюте на дату выплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Типовым правилам</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>определения уровня</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>вознаграждения и возмещения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>расходов членам советов</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>директоров (наблюдательных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>советов) акционерных обществ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(товариществ с ограниченной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ответственностью)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>со стопроцентным участием</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государства, за исключением</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фонда национального</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>благосостояния и единого</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>накопительного пенсионного фонда</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z482" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Факторная шкала (в млн. тенге) по определению уровня компании</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="139"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z231" w:id="114"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доходы</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="114"/>
-[...17 lines deleted...]
-          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Менее 50</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 -500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 500 – 5 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5000-50 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-50 000- 500 000</w:t>
+50 000- 500 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z232" w:id="115"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-500 000-</w:t>
-[...2 lines deleted...]
-          <w:bookmarkEnd w:id="115"/>
+500 000-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5 000 000</w:t>
-[...35 lines deleted...]
-свыше 5 000 000</w:t>
+свыше 5 000 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...6 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+              <w:t>
+/активы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...205 lines deleted...]
-          </w:p>
+5 000 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-250 - 2500</w:t>
+Менее 250</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8175,57 +9698,93 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8238,97 +9797,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8388,51 +9907,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 500 – 25 000</w:t>
+250 - 2500</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8496,51 +10015,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8559,97 +10114,57 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -8677,51 +10192,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25 000 – 250 000</w:t>
+2 500 - 25 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8749,57 +10300,57 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1537" w:type="dxa"/>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -8821,51 +10372,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8884,246 +10435,210 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...45 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-250 000 – 2 500 000</w:t>
+25 000 - 250 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1537" w:type="dxa"/>
-[...34 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -9146,87 +10661,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9259,51 +10774,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2 500 000 – 25 000 000</w:t>
+250 000 – 2 500 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9318,62 +10833,102 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9395,51 +10950,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9467,128 +11022,377 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
-[...35 lines deleted...]
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Свыше 25 000 000 </w:t>
+              <w:t>
+2 500 000 - 25 000 000</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1538" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1537" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Свыше 25 000 000</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -9968,265 +11772,265 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 29 августа 2025 года</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> № 87</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z239" w:id="116"/>
+    <w:bookmarkStart w:name="z239" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Минимальные требования к кандидатам в члены совета директоров (наблюдательных советов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, представляемым государством, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z240" w:id="117"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z240" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z241" w:id="118"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z241" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Минимальные требования к кандидатам в члены совета директоров (наблюдательных советов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, представляемым государством, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда, (далее – Требования), разработаны в соответствии с подпунктом 4-11) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственном имуществе" и определяют минимальные требования к кандидатам в члены совета директоров (наблюдательных советов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, представляемым государством, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда (далее – Компании).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z242" w:id="119"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z242" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Требования предъявляются к:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z243" w:id="120"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z243" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) уровню образования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z244" w:id="121"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z244" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) стажу работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z245" w:id="122"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z245" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) компетенциям, необходимым для эффективного выполнения профессиональной деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z246" w:id="123"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z246" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Минимальные требования к кандидатам в члены совета директоров (наблюдательных советов) акционерных обществ (товариществ с ограниченной ответственностью) со стопроцентным участием государства в уставном капитале, представляемым государством, за исключением Фонда национального благосостояния и единого накопительного пенсионного фонда</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z247" w:id="124"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z247" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Минимальные требования к кандидату в члены совета директоров (наблюдательного совета) компании, представляемому государством:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z248" w:id="125"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z248" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) высшее или послевузовское образование в области, соответствующей основной деятельности компании;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z249" w:id="126"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z249" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) знание профильного законодательства, регулирующего деятельность компании, и законов Республики Казахстан "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -10261,285 +12065,399 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">", а также </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Типового кодекса</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> корпоративного управления в контролируемых государством акционерных обществах, за исключением Фонда национального благосостояния, утвержденного приказом Министра национальной экономики Республики Казахстан от 5 октября 2018 года № 21 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 17726);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z250" w:id="127"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z250" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) опыт работы соответствует одному из следующих требований:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z251" w:id="128"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z251" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не менее 5 (пяти) лет стажа работы в областях, соответствующих функциональным направлениям члена совета директоров (наблюдательного совета);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z252" w:id="129"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z252" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не менее 3 (трех) лет стажа работы на руководящих должностях в областях, соответствующих основной деятельности компании.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z253" w:id="130"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Не избирается в члены совета директоров (наблюдательного совета) компании лицо:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z254" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) ранее являвшееся председателем совета директоров (наблюдательных советов), руководителем исполнительного органа, заместителем руководителя, главным бухгалтером другого юридического лица в период не более чем за один год до принятия решения о принудительной ликвидации или принудительном выкупе акций, или консервации другого юридического лица, признанного банкротом в установленном порядке. Указанное требование применяется в течение пяти лет после даты принятия решения о принудительной ликвидации или принудительном выкупе акций, или консервации другого юридического лица, признанного банкротом в установленном порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z255" w:id="132"/>
+    <w:bookmarkStart w:name="z484" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) имеющее непогашенную или не снятую в установленном законом порядке судимость;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z256" w:id="133"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z485" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) совершившее коррупционное преступление;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z257" w:id="134"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z486" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4) связанное помимо работы в совете директоров (наблюдательных советах), с акционерами (членами), владеющими акциями, членами Правления (исполнительного органа) в соответствии со </w:t>
+      4) Связанное помимо работы в совете директоров (наблюдательных советах), с акционерами (членами), владеющими акциями, членами Правления (исполнительного органа) в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона "Об акционерных обществах".</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="134"/>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "Об акционерных обществах" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 12-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О товариществах с ограниченной и дополнительной ответственностью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 26.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>