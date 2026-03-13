--- v0 (2025-11-09)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3198621" w14:textId="3198621">
+    <w:p w14:paraId="932fc84" w14:textId="932fc84">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил создания и упразднения наблюдательного совета, требования, предъявляемые к лицам, избираемым в состав наблюдательного совета, а также порядок конкурсного отбора членов наблюдательного совета и досрочного прекращения их полномочий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 20 августа 2025 года № 80. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 августа 2025 года № 36660</w:t>
+        <w:t>Приказ Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 20 августа 2025 года № 80. Зарегистрирован в Министерстве юстиции Республики Казахстан 21 августа 2025 года № 36660.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
@@ -201,150 +201,166 @@
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 182-1 Закона Республики Казахстан "О государственном имуществе" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> создания и упразднения наблюдательного совета, требования, предъявляемые к лицам, избираемым в состав наблюдательного совета, а также порядок конкурсного отбора членов наблюдательного совета и досрочного прекращения их полномочий.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту политики управления государственными активами Министерства национальной экономики Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан и его размещение на интернет-ресурсе Министерства национальной экономики Республики Казахстан после дня первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
-[...15 lines deleted...]
-      2. Департаменту политики управления государственными активами Министерства национальной экономики Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан и его размещение на интернет-ресурсе Министерства национальной экономики Республики Казахстан после дня первого официального опубликования.</w:t>
+    <w:bookmarkStart w:name="z8" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
-[...15 lines deleted...]
-      3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра национальной экономики Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящий приказ вводится в действие с 25 сентября 2025 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -493,96 +509,114 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>С. Жумангарин</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z11" w:id="5"/>
+      <w:bookmarkStart w:name="z11" w:id="4"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -631,1903 +665,2297 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Утверждены приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Заместитель Премьер-Министра</w:t>
+              <w:t>Заместителя Премьер-Министра</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>– Министр национальной экономики</w:t>
+              <w:t>- Министра национальной экономики</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 20 августа 2025 года № 80</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z13" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила создания и упразднения наблюдательного совета, требования, предъявляемые к лицам, избираемым в состав наблюдательного совета, а также порядок конкурсного отбора членов наблюдательного совета и досрочного прекращения их полномочий</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила в редакции приказа Заместителя Премьер-Министра - Министра национальной экономики РК от 26.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила создания и упразднения наблюдательного совета, требования, предъявляемые к лицам, избираемым в состав наблюдательного совета, а также порядка конкурсного отбора членов наблюдательного совета и досрочного прекращения их полномочий (далее – Правила), разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 182-1 Закона Республики Казахстан "О государственном имуществе" (далее – Закон) и определяют порядок создания и упразднения наблюдательного совета, в товариществах с ограниченной ответственностью со стопроцентным участием государства, требования, предъявляемые к лицам, избираемым в состав наблюдательного совета, а также порядок конкурсного отбора членов наблюдательного совета и досрочного прекращения их полномочий.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основные понятия, используемые в настоящих Правилах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) наблюдательный совет – орган управления, осуществляющий общее руководство деятельностью товарищества с ограниченной ответственностью со стопроцентным участием государства в уставном капитале, за исключением решения вопросов, отнесенных Законом и (или) уставом товарищества с ограниченной ответственностью со стопроцентным участием государства к исключительной компетенции участника;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z16" w:id="9"/>
-[...15 lines deleted...]
-      2. Основные понятия, используемые в настоящих Правилах:</w:t>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орган управления– уполномоченный орган соответствующей отрасли или местный исполнительный орган, осуществляющий права владения и пользования государственным пакетом акций (долями участия в уставном капитале) акционерного общества (товарищества с ограниченной ответственностью);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) кандидат – физическое лицо, участвующее в конкурсе на занятие должности независимого члена в составе наблюдательного совета товарищества с ограниченной ответственностью со стопроцентным участием государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) компания – товарищество с ограниченной ответственностью со стопроцентным участием государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) наблюдательный совет – орган управления, осуществляющий общее руководство деятельностью товарищества с ограниченной ответственностью со стопроцентным участием государства в уставном капитале, за исключением решения вопросов, отнесенных </w:t>
-[...59 lines deleted...]
-      3) компания – товарищество с ограниченной ответственностью со стопроцентным участием государства;</w:t>
+      5) конкурсная комиссия (далее – Комиссия) – коллегиальный орган, создаваемый субъектом управления государственным имуществом, ответственный за подготовку конкурсной документации, произведение приема, регистрации и хранение представленных для участие в конкурсе документов, оценку кандидатов, проведение с ними собеседований и подготовку решений для их включения в реестр независимых членов в члены наблюдательных советов товарищества с ограниченной ответственностью со стопроцентным участием государства в уставном капитале; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z20" w:id="13"/>
-[...15 lines deleted...]
-      4) комиссия – коллегиальный орган, создаваемый уполномоченным органом по государственному имуществу, ответственный за оценку кандидатов, проведение с ними собеседований и подготовку решений для их включения в реестр независимых членов в члены наблюдательных советов товарищества с ограниченной ответственностью со стопроцентным участием государства в уставном капитале;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) уполномоченный орган по государственному планированию – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области стратегического и экономического планирования, выработки и формирования бюджетной политики, а также по формированию и реализации государственной политики в сфере регионального развития;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z21" w:id="14"/>
-[...15 lines deleted...]
-      5) конфликт интересов – ситуация, при которой возникает противоречие между личной заинтересованностью члена наблюдательного совета и надлежащим исполнением им своих должностных полномочий или законными интересами физических и юридических лиц, государства, способное привести к причинению вреда этим законным интересам;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) реестр независимых директоров (независимых членов) в члены совета директоров (наблюдательных советов) в юридических лицах со стопроцентным участием государства (далее – Реестр) – единая информационная система уполномоченного органа по государственному имуществу, содержащая сведения о физических лицах, соответствующих квалификационным требованиям, прошедших конкурсный отбор и изъявивших желание рассматривать предложения либо быть рекомендованными для избрания в состав советов директоров (наблюдательных советов);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z22" w:id="15"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> "О государственном имуществе";</w:t>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) веб-портал реестра государственного имущества (далее – веб-портал реестра) – интернет-ресурс, размещенный в сети Интернет по адресу: www.e-qazyna.kz, предоставляющий единую точку доступа к Реестру;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z23" w:id="16"/>
-[...15 lines deleted...]
-      7) уполномоченный орган по государственному планированию – центральный исполнительный орган, осуществляющий руководство и межотраслевую координацию в области стратегического и экономического планирования, выработки и формирования бюджетной политики, а также по формированию и реализации государственной политики в сфере регионального развития;</w:t>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) субъект управления государственным имуществом – уполномоченный орган по управлению государственным имуществом или местный исполнительный орган области, города республиканского значения и столицы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z24" w:id="17"/>
-[...15 lines deleted...]
-      8) уполномоченный орган по управлению государственным имуществом (далее – уполномоченный орган по государственному имуществу) – центральный исполнительный орган, осуществляющий в пределах своей компетенции руководство в сфере управления республиканским имуществом, реализации прав государства на республиканское имущество, приватизации и государственного мониторинга собственности в отраслях экономики, имеющих стратегическое значение, и стратегических объектов, за исключением имущества, закрепленного за Национальным Банком Республики Казахстан и уполномоченным органом по регулированию, контролю и надзору финансового рынка и финансовых организаций;</w:t>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) конфликт интересов – ситуация, при которой возникает противоречие между личной заинтересованностью члена наблюдательного совета и надлежащим исполнением им своих должностных полномочий или законными интересами физических и юридических лиц, государства, способное привести к причинению вреда этим законным интересам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z25" w:id="18"/>
-[...15 lines deleted...]
-      9) реестр независимых директоров (независимых членов) в члены совета директоров (наблюдательных советов) в юридических лицах со стопроцентным участием государства (далее – Реестр) – единая информационная система уполномоченного органа по государственному имуществу, содержащая сведения о физических лицах, соответствующих квалификационным требованиям, прошедших конкурсный отбор и изъявивших желание рассматривать предложения либо быть рекомендованными для избрания в состав советов директоров (наблюдательных советов).</w:t>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z26" w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) шлюз "электронного правительства" – информационная система, предназначенная для интеграции объектов информатизации "электронного правительства" с иными объектами информатизации "электронного правительства".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок создания и упразднения наблюдательного совета</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z27" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. В товариществах с ограниченной ответственностью, единственным участником которого является государство, наблюдательный совет создается при соответствии критериям, утвержденным уполномоченным органом по государственному планированию в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 182-1 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
-[...15 lines deleted...]
-      5. Число членов наблюдательного совета товарищества с ограниченной ответственностью, единственным участником которого является государство, устанавливается нечетным и составляет не менее пяти человек, не находящихся в отношениях близкого родства и свойства друг с другом и руководителем товарищества с ограниченной ответственностью.</w:t>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Срок полномочий наблюдательного совета товарищества с ограниченной ответственностью, единственным участником которого является государство, составляет не более 5 (пять) лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
-[...15 lines deleted...]
-      В состав наблюдательного совета входит представитель единственного участника товарищества с ограниченной ответственностью, соответствующий требованиям, предъявляемым к лицам, избираемым в состав наблюдательного совета согласно пункту 9 настоящих Правил.</w:t>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Число членов наблюдательного совета товарищества с ограниченной ответственностью, единственным участником которого является государство, устанавливается нечетным и составляет не менее 5 (пять) человек, не находящихся в отношениях близкого родства и свойства друг с другом и руководителем товарищества с ограниченной ответственностью.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
-[...15 lines deleted...]
-      Не менее половины состава наблюдательного совета в товариществе с ограниченной ответственностью являются независимыми членами наблюдательного совета, избираемые на конкурсной основе в соответствии с Главой 4 настоящих Правил.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Не менее половины состава наблюдательного совета в товариществе с ограниченной ответственностью являются независимыми членами наблюдательного совета, избираемые на конкурсной основе в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главой 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Председатель наблюдательного совета избирается из числа членов наблюдательного совета большинством голосов членов наблюдательного совета.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Порядок осуществления деятельности наблюдательного совета товарищества с ограниченной ответственностью и принятия им решений определяется уставом товарищества с ограниченной ответственностью, а также иными актами, принятыми единственным участником.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
-[...15 lines deleted...]
-      При голосовании в наблюдательном совете каждый член совета имеет один голос.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При голосовании в наблюдательном совете каждый член совета имеет 1 (один) голос.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Упразднение наблюдательного совета в товариществах с ограниченной ответственностью, единственным участником которого является государство, осуществляется в случае, если товарищество с ограниченной ответственностью, со стопроцентным участием государства в уставном капитале не соответствует критериям, утвержденным уполномоченным органом по государственному планированию в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 182-1 Закона.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
-[...15 lines deleted...]
-      Упразднение наблюдательного совета в товариществах с ограниченной ответственностью, единственным участником которого является государство, осуществляется по решению единственного участника и доводятся до сведения товарищества с ограниченной ответственностью, единственным участником которого является государство в течение 30 календарных дней после принятия решения.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Упразднение наблюдательного совета в товариществах с ограниченной ответственностью, единственным участником которого является государство, осуществляется по решению единственного участника и доводятся до сведения товарищества с ограниченной ответственностью, единственным участником которого является государство в течение 30 (тридцати) календарных дней после принятия решения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Требования, предъявляемые к лицам, избираемым в состав наблюдательного совета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. При отборе кандидатов в независимые члены в состав наблюдательного совета во внимание принимаются следующие квалификационные требования:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
-[...15 lines deleted...]
-      1) опыт работы на руководящих должностях - не менее 5 (пяти) лет;</w:t>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) наличие высшего или послевузовского образования в области, соответствующей основной деятельности компании и в области аудита и/или финансов и/или управления (менеджмента); </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
-[...15 lines deleted...]
-      2) опыт работы в качестве члена наблюдательного совета - не менее 3 (трех) лет;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) знание профильного законодательства, регулирующего деятельность компании и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О товариществах с ограниченной и дополнительной ответственностью";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
-[...15 lines deleted...]
-      3) стаж работы - не менее 10 (десяти) лет;</w:t>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) не менее 10 (десять) лет стаж работы по специальности в соответствующем профилю компании виде экономической деятельности или стаж работы в областях, соответствующих функциональным направлениям должности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z42" w:id="35"/>
-[...15 lines deleted...]
-      4) образование, специальность, включая наличие международных сертификатов;</w:t>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) не менее 5 (пять) лет опыт работы на руководящих должностях;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z43" w:id="36"/>
-[...15 lines deleted...]
-      5) наличие компетенций по направлениям и отраслям (отрасли могут меняться в зависимости от портфеля активов);</w:t>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) не менее 1 (один) года опыт работы на позиции члена наблюдательного совета;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z44" w:id="37"/>
-[...15 lines deleted...]
-      6) деловая репутация;</w:t>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) отсутствие факта избрания (назначения) председателем наблюдательных советов, руководителем исполнительного органа, заместителем руководителя, главным бухгалтером другого юридического лица в период не более чем за один год до принятия решения о принудительной ликвидации или принудительном выкупе акций, или консервации другого юридического лица, признанного банкротом в установленном порядке;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z45" w:id="38"/>
-[...15 lines deleted...]
-      7) наличие прямого или потенциального конфликта интересов.</w:t>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) отсутствие непогашенной или не снятой в установленном законом порядке судимости;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z46" w:id="39"/>
-[...15 lines deleted...]
-      Не избирается на должность члена наблюдательного совета лицо:</w:t>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) отсутствие факта совершения коррупционного преступления;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z47" w:id="40"/>
-[...15 lines deleted...]
-      1) имеющее непогашенную или не снятую в установленном законом порядке судимость;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9) отсутствие аффилированности с членами, владеющими акциями, членами исполнительного органа в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 12-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О товариществах с ограниченной и дополнительной ответственностью".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z48" w:id="41"/>
-[...15 lines deleted...]
-      2) ранее являвшееся председателем наблюдательного совета, руководителем исполнительного органа, заместителем руководителя, главным бухгалтером другого юридического лица в период не более чем за один год до принятия решения о принудительной ликвидации или принудительном выкупе акций, или консервации другого юридического лица, признанного банкротом в установленном порядке. Указанное требование применяется в течение пяти лет после даты принятия решения о принудительной ликвидации или принудительном выкупе акций, или консервации другого юридического лица, признанного банкротом в установленном порядке;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Порядок конкурсного отбора членов наблюдательного совета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z49" w:id="42"/>
-[...15 lines deleted...]
-      3) совершившее коррупционное преступление.</w:t>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10. Орган управления формирует консолидированную потребность в новых кандидатах в члены наблюдательного совета за 6 (шесть) месяцев до даты окончания установленного решением единственного участника срока полномочий действующих членов наблюдательного совета и уведомляет в письменной форме субъект управления государственным имуществом. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z50" w:id="43"/>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      11. Субъект управления государственным имуществом после получения уведомления от органа управления: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) в течение 10 (десять) рабочих дней принимает решение о проведении конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) определяет дату и место проведения конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) осуществляет подготовку и проведение конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) формирует Комиссию и назначает секретаря Комиссии. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Комиссия осуществляет следующие функции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) подготавливает конкурсную документацию;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) производит прием, регистрацию и хранение представленных для участия в конкурсе документов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) оценивает кандидатов в члены наблюдательных советов товарищества с ограниченной ответственностью со стопроцентным участием государства в уставном капитале;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) проводит с кандидатами собеседование; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) принимает решение о включении кандидатов в Реестр независимых членов в члены наблюдательных советов товарищества с ограниченной ответственностью со стопроцентным участием государства в уставном капитале.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Количество членов Комиссии составляет от 6 (шесть) до 9 (девять) человек. Доля членов Комиссии, не являющихся государственными служащими, составляет не менее 50% от общего количества.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав Комиссии также включаются на постоянной основе представители общественных объединений, осуществляющих деятельность в сфере совершенствования системы корпоративного управления и/или иных организаций/профессиональных объединений экспертов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены Комиссии, не являющиеся государственными служащими, представляющие общественные объединения, осуществляющие деятельность в сфере совершенствования системы корпоративного управления и/или иные организации/профессиональные объединения экспертов, привлекаются для участия в работе Комиссии и обладают стажем и опытом работы не менее 10 (десять) лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Представители органов управления, а также председатели наблюдательных советов компаний привлекаются в состав Комиссии при рассмотрении вопросов по отраслевым направлениям по решению субъекта управления государственным имуществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Состав Комиссии формируется субъектом управления государственным имуществом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В состав Комиссии, создаваемый уполномоченным органом по управлению государственным имуществом, включаются на постоянной основе по одному представителю от уполномоченного органа по управлению государственным имуществом, уполномоченного органа по государственному планированию и уполномоченного органа соответствующей отрасли.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Председатель Комиссии избирается членами Комиссии большинством голосов от общего количества присутствующих членов Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Для обеспечения деятельности Комиссии назначается секретарь из числа работников субъекта управления государственным имуществом, который осуществляет подготовку заседаний и оформляет принятые Комиссией решения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      14. Субъект управления государственным имуществом размещает объявление о проведении конкурса по отбору независимых членов наблюдательного совета компаний в течение 3 (три) рабочих дней после даты принятия решения о проведении конкурса, в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 11 настоящих Правил, на веб-портале реестра на казахском и русском языках.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Объявление о проведении конкурса содержит следующие сведения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) дату и место проведения конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наименование компании с указанием местонахождения, почтового адреса, телефона и краткого описания ее основной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) требования, предъявляемые к кандидатам конкурса;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) срок представления заявлений об участии в конкурсе.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Дата начала приема документов у кандидатов определяется со следующего рабочего дня после даты размещения объявления о проведении конкурса на веб-портале реестра. Прием документов для кандидатов заканчивается по истечении 7 (семь) рабочих дней после даты публикации объявления о проведении конкурса на веб-портале реестра.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. Кандидаты предоставляют в сроки, указанные в объявлении о проведении конкурса, в электронной форме на веб-портале реестра подписанное с использованием ЭЦП заявление об участии в конкурсе по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам с приложением заполненной анкеты с фото по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Веб-портал из соответствующих государственных информационных систем и баз данных через шлюз "электронного правительства" реестра автоматически прикрепляет к заявлению об участии в конкурсе следующие документы кандидата: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) удостоверяющий личность;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) об образовании;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) документы, подтверждающие трудовую деятельность; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) об отсутствии судимости; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) об отсутствии фактов совершения коррупционного преступления. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В случае отсутствия сведений о трудовой деятельности в соответствующей государственной информационной системе, кандидат прикрепляет к заявлению об участии в конкурсе один из документов, подтверждающих трудовую деятельность, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Трудового кодекса Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      17. При наличии документов, указанных в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункте 16</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил, а также соответствии кандидата требованиям настоящих Правил, Комиссия принимает решение о допуске кандидата в течение 2 (двух) рабочих дней со дня окончания срока приема документов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Список лиц, допущенных к участию в конкурсе, и график проведения собеседования по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам утверждается протоколом Комиссии и размещаются на веб-портале реестра на казахском и русском языках в срок не позднее 3 (трех) календарных дней с даты подписания протокола заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. После утверждения списка лиц, допущенных к участию в конкурсе, Комиссия проводит собеседование с кандидатами конкурса в течение 5 (пяти) рабочих дней со дня размещения на веб-портале реестра графика проведения собеседования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае невозможности личного присутствия кандидата по уважительным причинам, нахождением за пределами страны, либо ухудшением самочувствия, по иным обстоятельствам, собеседование с кандидатами конкурса, допущенными к собеседованию, при необходимости проводится посредством дистанционных средств видеосвязи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. При проведении Комиссией собеседования с кандидатами конкурса проверяются знания законодательства Республики Казахстан, регулирующего отношения в сфере деятельности компании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Также определяются профессиональные знания кандидатов конкурса на основании квалификационных требований согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главе 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Решения Комиссии принимаются открытым голосованием простым большинством голосов от общего числа членов Комиссии. При равенстве голосов голос председателя Комиссии является решающим. Заседание Комиссии считается правомочным при участии не менее двух третей от общего числа членов Комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Особое мнение членов Комиссии, в случае его выражения, излагается в письменной форме и прикладывается к протоколу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ход обсуждения и принятое Комиссией решение оформляются в виде протокола, который подписывается всеми членами Комиссии в день проведения конкурса.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Протокол Комиссии размещается на веб-портале реестра на казахском и русском языках в срок не позднее 3 (трех) календарных дней с даты подписания протокола заседания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Если на участие в конкурсе представили заявления менее 2 (двух) кандидатов, соответствующих требованиям, установленным настоящими Правилами, либо заявления не поступили или были отозваны, а также в результате конкурса Комиссией не были выявлены кандидаты, конкурс признается несостоявшимся и субъект управления государственным имуществом подписывает акт о несостоявшемся конкурсе, формируемый веб-порталом реестра в день его проведения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Повторный конкурс проводится после 10 (десяти) рабочих дней согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Главе 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> настоящих Правил со дня признания комиссией конкурса несостоявшимся.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. По итогам собеседования и рассмотрения результатов оценки кандидатов Комиссия принимает решение по включению кандидатов в Реестр. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссия выбирают до 10 (десяти) кандидатов на позицию независимого члена для включения в Реестр.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Орган управления принимает решение об избрании (переизбрании) членов наблюдательного совета и о досрочном прекращении их полномочий.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган управления по согласованию с субъектом управления государственным имуществом принимает решение единственного участника об избрании кандидата на должность независимого члена в состав наблюдательного совета компании из числа лиц, включенных в Реестр по данной компании.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 4. Порядок конкурсного отбора членов наблюдательного совета</w:t>
-[...960 lines deleted...]
-    <w:bookmarkEnd w:id="89"/>
+        <w:t xml:space="preserve"> Глава 5. Досрочное прекращение полномочий членов наблюдательного совета</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Полномочия члена наблюдательного совета товарищества с ограниченной ответственностью, единственным участником которого является государство, прекращаются досрочно на основании его письменного заявления и/или по решению единственного участника.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В письменном заявлении члена наблюдательного совета указывается причина, по которой он не выполняет в дальнейшем свои обязанности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Единственный участник в течение 10 (десяти) рабочих дней с даты поступления заявления рассматривает его и принимает соответствующее решение.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. В случае осуществления реорганизации товарищества с ограниченной ответственностью, единственным участником которого является государство, наблюдательный совет принимает решение о досрочном прекращении своих полномочий за 25 (двадцать пять) календарных дней до завершения реорганизации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2574,369 +3002,700 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам создания и упразднения</w:t>
+              <w:t>к Правилам создания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>наблюдательного совета, требования,</w:t>
+              <w:t>и упразднения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>предъявляемые к лицам, избираемым</w:t>
+              <w:t>наблюдательного совета,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в состав наблюдательного совета,</w:t>
+              <w:t>требования, предъявляемые</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>к лицам, избираемым в состав</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наблюдательного совета,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>а также порядок конкурсного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>отбора членов наблюдательного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>совета и досрочного прекращения</w:t>
+              <w:t>совета и досрочного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>их полномочий</w:t>
-[...1 lines deleted...]
-          </w:p>
+              <w:t>прекращения их полномочий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="12300"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z108" w:id="98"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="98"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...15 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z110" w:id="99"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заявление об участии в конкурсе</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="99"/>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-            </w:r>
+          <w:bookmarkStart w:name="z112" w:id="100"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прошу допустить меня к участию в конкурсе на занятие должности независимого члена:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="100"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">С требованиями Правил создания и упразднения наблюдательного совета, требований, предъявляемых к лицам, избираемым в состав наблюдательного совета, а также порядком конкурсного отбора членов наблюдательного совета и досрочного прекращения их полномочий, утвержденных </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приказом</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра национальной экономики Республики Казахстан от 20 августа 2025 года № 80 (зарегистрирован в Реестре государственной регистрации нормативно-правовых актов Республики Казахстан за № 36660), ознакомлен (-а), согласен (-а) и обязуюсь их выполнять.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Выражаю свое согласие на сбор и обработку моих персональных данных.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Подтверждаю достоверность документов и отвечают за полноту и корректность сведений, указанных в анкете.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Информирую об отсутствии аффилированности в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 12-1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О товариществах с ограниченной и дополнительной ответственностью".</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прилагаемые документы:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Адрес _______________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Контактные телефоны: _________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>e-mail: _______________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН (индивидуальный идентификационный номер) ________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подписано и отправлено в 00:00 часов "__" ______ 20__ года: </w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Данные из ЭЦП</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата и время подписания ЭЦП";</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z99" w:id="90"/>
-[...155 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2983,146 +3742,982 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Правилам создания и упразднения</w:t>
+              <w:t>к Правилам создания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>наблюдательного совета, требования,</w:t>
+              <w:t>и упразднения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>предъявляемые к лицам, избираемым</w:t>
+              <w:t>наблюдательного совета,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в состав наблюдательного совета,</w:t>
+              <w:t>требования, предъявляемые</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>а также порядок конкурсного</w:t>
+              <w:t>к лицам, избираемым в состав</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>отбора членов наблюдательного</w:t>
+              <w:t>наблюдательного совета, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>совета и досрочного прекращения</w:t>
+              <w:t>порядок конкурсного отбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>членов наблюдательного совета</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и досрочного прекращения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>их полномочий</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="12300"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z117" w:id="101"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Форма </w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="101"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z119" w:id="102"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фото</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="102"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z121" w:id="103"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кандидата 3х4</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="103"/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="12300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z123" w:id="104"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Анкета (заполняется собственноручно)</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="104"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Фамилия _____________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Имя _________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Отчество (при его наличии) _____________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Если изменяли фамилию, имя, отчество, то укажите причину и когда</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Гражданство _________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Если изменяли гражданство, то укажите, когда</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ИИН_________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Были ли Вы судимы, когда и за что</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Учеба или работа за границей___________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Страна пребывания____________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Время пребывания_____________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Место работы или учебы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лишались ли Вы права занимать определенную должность или заниматься определенной деятельностью в соответствии с вступившим в законную силу приговором суда, когда и за что</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лишались ли Вы права занимать должности в государственных органах в течение определенного срока, когда и за что</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лишались ли Вы права занимать должности в финансовых организациях в течение определенного срока, когда и за что</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"_____"______20___года_______________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(подпись)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -3139,816 +4734,882 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам создания</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и упразднения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наблюдательного совета,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>требования, предъявляемые</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к лицам, избираемым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в состав наблюдательного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>совета, а также порядок</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>конкурсного отбора</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>членов наблюдательного совета</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и досрочного прекращения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>их полномочий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z126" w:id="105"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="105"/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...15 lines deleted...]
-          </w:p>
+          <w:bookmarkStart w:name="z128" w:id="106"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График проведения собеседования</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="106"/>
         </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...26 lines deleted...]
-              <w:t>кандидата 3х4</w:t>
+          <w:bookmarkStart w:name="z130" w:id="107"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="107"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Фамилия, имя, отчество (при его наличии) кандидата, допущенного к собеседованию</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Место, дата и время проведения собеседования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z134" w:id="108"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="108"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z138" w:id="109"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="109"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z142" w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="110"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии) секретаря Комиссии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z104" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...672 lines deleted...]
-        <w:t>"_____"______20___года_______________ (подпись)</w:t>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -3956,55 +5617,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>