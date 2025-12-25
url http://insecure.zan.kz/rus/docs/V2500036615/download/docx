--- v0 (2025-11-08)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="8fcd3be" w14:textId="8fcd3be">
+    <w:p w14:paraId="c7ca0d8" w14:textId="c7ca0d8">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,113 +93,185 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил выплаты средств физическому лицу, включенному в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма, для обеспечения своей жизнедеятельности и признании утратившими силу некоторых нормативных правовых актов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Председателя Агентства Республики Казахстан по финансовому мониторингу от 12 августа 2025 года № 10. Зарегистрировано в Министерстве юстиции Республики Казахстан 15 августа 2025 года № 36615</w:t>
+        <w:t>Приказ Председателя Агентства Республики Казахстан по финансовому мониторингу от 12 августа 2025 года № 10. Зарегистрировано в Министерстве юстиции Республики Казахстан 15 августа 2025 года № 36615.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" и </w:t>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О правовых актах", ПРИКАЗЫВАЮ:</w:t>
+        <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О правовых актах", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула -  в редакции Приказ и.о. Председателя Агентства РК по финансовому мониторингу от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 20.11.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить прилагаемые </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -670,74 +742,136 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Правила выплаты физическому лицу, включенному в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма, для обеспечения своей жизнедеятельности (далее – Правила) разработаны в соответствии с частью второй </w:t>
+      1. Настоящие Правила выплаты физическому лицу, включенному в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма, для обеспечения своей жизнедеятельности (далее – Правила) разработаны в соответствии с частью второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" (далее – Закон) и определяют порядок выплаты субъектами финансового мониторинга (далее – СФМ) средств физическому лицу, включенному в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма (далее – Перечень ФТ), для обеспечения своей жизнедеятельности и членов семьи, не имеющих самостоятельных источников дохода, а также устанавливают требования при передачи денег и иного имущества лицам, включенным в перечни организаций и лицам, связанным с финансированием терроризма и экстремизма, и финансированием распространения оружия массового уничтожения.</w:t>
+        <w:t xml:space="preserve"> статьи 12 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" (далее – Закон) и определяют порядок выплаты субъектами финансового мониторинга (далее – СФМ) средств физическому лицу, включенному в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма (далее – Перечень ФТ), для обеспечения своей жизнедеятельности и членов семьи, не имеющих самостоятельных источников дохода, а также устанавливают требования при передачи денег и иного имущества лицам, включенным в перечни организаций и лицам, связанным с финансированием терроризма и экстремизма, и финансированием распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции приказа и.о. Председателя Агентства РК по финансовому мониторингу от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 20.11.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Право на получение средств, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -908,355 +1042,607 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок выплаты средств лицам, включенным в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма, на основании подпунктов 3), 4), 5) и 6) пункта 4 статьи 12 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма"</w:t>
+        <w:t xml:space="preserve"> Глава 2. Порядок выплаты средств лицам, включенным в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма, на основании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>подпунктов 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 4 статьи 12 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения"</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 2 - в редакции приказа и.о. Председателя Агентства РК по финансовому мониторингу от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 20.11.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      4. Физическое лицо, включенное в Перечень ФТ, по основаниям, предусмотренным подпунктами 3), 4), 5) и 6) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 12 Закона, в целях обеспечения своей жизнедеятельности и членов семьи, не имеющих самостоятельных источников дохода, вправе обратиться к субъекту финансового мониторинга для осуществления следующих операций с деньгами или иным имуществом:</w:t>
+      4. Физическое лицо, включенное в Перечень ФТ, по основаниям, предусмотренным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктами 3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 4 статьи 12 Закона, в целях обеспечения своей жизнедеятельности и членов семьи, не имеющих самостоятельных источников дохода, вправе обратиться к СФМ для осуществления следующих операций с деньгами или иным имуществом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z70" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) полученными в виде оплаты трудового отпуска или заработной платы в размере, не превышающем минимального размера заработной платы, установленного на соответствующий финансовый год законом о республиканском бюджете, в течение календарного месяца из расчета на каждого члена семьи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      2) полученными в виде пенсии, расходов на служебные командировки, стипендии, пособия, иной социальной выплаты в соответствии с законодательством Республики Казахстан, а также производить уплату налогов, коммунальных и социальных платежей, других обязательных платежей в бюджет, пеней и штрафов.</w:t>
+    <w:bookmarkStart w:name="z71" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) полученными в виде пенсии, расходов на служебные командировки, стипендии, пособия, иной социальной выплаты в соответствии с законодательством Республики Казахстан, а также производить уплату налогов, коммунальных и социальных платежей, других обязательных платежей в бюджет, пеней и штрафов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z72" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) связанными с обязательным социальным медицинским страхованием, страхованием работника от несчастных случаев при исполнении им трудовых (служебных) обязанностей, обязательным страхованием гражданско-правовой ответственности владельцев транспортных средств, обязательным страхованием гражданско-правовой ответственности перевозчика перед пассажирами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции приказа и.о. Председателя Агентства РК по финансовому мониторингу от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 20.11.2025).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. СФМ для выплаты денег, полученных в виде оплаты трудового отпуска или заработной платы физическому лицу, включенному в Перечень ФТ, запрашивается справка с места работы о размере заработной платы и (или) документ, подтверждающий начисление отпускных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СФМ для выплаты денег, полученных в виде оплаты трудового отпуска и заработной платы, для членов семьи физического лица, включенного в Перечень ФТ, не имеющих самостоятельных источников дохода, запрашиваются следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z29" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) документ, удостоверяющий личность члена семьи, а также свидетельство о рождении для идентификации родства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z30" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) оригинал свидетельства о браке или справка регистрации акта гражданского состояния на супругу (супруга);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z31" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) справка о регистрации в качестве безработного на каждого трудоспособного совершеннолетнего члена семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z32" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. СФМ признают операции по выплате денег, полученных в виде оплаты трудового отпуска и (или) заработной платы лицам, включенным в Перечень ФТ, в качестве подозрительных по признакам, определяемым уполномоченным органом в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона, и незамедлительно сообщают в уполномоченный орган о такой операции до ее проведения электронным способом посредством выделенных каналов связи на казахском или русском языках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z33" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган, получив сообщение, предусмотренное частью первой пункта 6 настоящих Правил, в течение 24 (двадцати четырех) часов с момента его получения принимает решение о проведении операции либо отказе в проведении операции и доводит его до СФМ электронным способом посредством выделенных каналов связи на казахском или русском языках.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z34" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Основанием для отказа является повторное получение денег, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пунктом 8 статьи 12 Закона, в течение календарного месяца.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z35" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если последний день срока принятия решения приходится на нерабочий день, днем окончания срока принятия решения считается ближайший следующий за ним рабочий день.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z36" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. СФМ выплачивают средства физическому лицу, включенному в Перечень ФТ, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1271,52 +1657,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 8 статьи 12 Закона, после получения решения уполномоченного органа о проведении операции в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 13 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z37" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Решение о проведении операций с деньгами или иным имуществом, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1331,589 +1717,645 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 8 статьи 12 Закона, и операций, в отношении которых не применяются меры по замораживанию в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 13 Закона, СФМ принимается самостоятельно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z38" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 3. Порядок выплаты средств лицам, включенным в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма, на основании подпункта 7) пункта 4 статьи 12 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма"</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+        <w:t xml:space="preserve"> Глава 3. Порядок выплаты средств лицам, включенным в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма, на основании </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>подпункта 7)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 4 статьи 12 Закона Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 3 - в редакции приказа и.о. Председателя Агентства РК по финансовому мониторингу от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 13</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 20.11.2025).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Лицо, включенное в Перечень ФТ в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 7)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 статьи 12 Закона, вправе обратиться в уполномоченный орган с письменным мотивированным заявлением о частичной или полной отмене применяемых мер по замораживанию операций с деньгами и (или) иным имуществом (далее – заявление) по форме согласно приложению к настоящим Правилам, с приложением документов, указанных в пункте 10 настоящих Правил. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z40" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. К заявлению прилагаются следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z41" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копия документа, удостоверяющего личность лица, включенного в Перечень ФТ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z42" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копия документа, удостоверяющего наличие банковского счета (реквизит), используемого для снятия денег.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z43" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для выплаты денег членам семьи лица, включенного в Перечень ФТ, не имеющим самостоятельных источников дохода, прилагаются следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z44" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) копия документа, удостоверяющего личность члена семьи, а также копия свидетельства о рождении для идентификации родства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z45" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) копия свидетельства о браке или справка регистрации акта гражданского состояния на супругу (супруга);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z46" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) справка о регистрации в качестве безработного на каждого трудоспособного совершеннолетнего члена семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z47" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Уполномоченный орган в течение 3 (трех) рабочих дней со дня получения заявления направляет его в Министерство иностранных дел Республики Казахстан (далее – МИД РК) для направления в соответствующий Комитет Совета Безопасности Организации Объединенных Наций (далее – Комитет СБ ООН).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z48" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. МИД РК со дня получения заявления от уполномоченного органа в течение 3 (трех) рабочих дней направляет его в соответствующий Комитет СБ ООН для рассмотрения и принятия решения о частичной или полной отмене применяемых мер по замораживанию операций с деньгами и (или) иным имуществом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z49" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Уполномоченный орган, получив от МИД РК решение Комитета СБ ООН об удовлетворении заявления, незамедлительно, но не позднее 1 (одного) рабочего дня со дня его получения информирует лицо, включенное в Перечень ФТ, посредством канала обращения заявителя (общедоступная информационная система) и соответствующий СФМ о принятом решении электронным способом посредством выделенных каналов связи на казахском или русском языке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z50" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае получения от МИД РК решения Комитета СБ ООН об отказе в удовлетворении заявления, уполномоченный орган незамедлительно, но не позднее 1 (одного) рабочего дня со дня его получения информирует лицо, включенное в Перечень ФТ, о принятом решении.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z51" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Уполномоченный орган отказывает лицу, включенному в Перечень ФТ, в удовлетворении заявления в случае, если основаниями для отказа в удовлетворении являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z52" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заявление не соответствует форме, установленной согласно приложению к настоящим Правилам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z53" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z53" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) предоставление неполного пакета документов, предусмотренных пунктом 10 настоящих Правил;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z54" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) установление недостоверности представленных документов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z55" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) решение Комитета СБ ООН об отказе в удовлетворении заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Перед передачей денежных средств, иного имущества, а также оказанием финансовых и аналогичных услуг, физические и юридические лица осуществляют сверку лица, в отношении которого совершается операция, с Перечнями ФТ и (или) ФРОМУ, размещенными на интернет-ресурсе уполномоченного органа, на предмет нахождения такого лица в указанных Перечнях.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z57" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. На территории Республики Казахстан прямо или косвенно не предоставляются денежные средства и (или) иное имущество, а также не оказываются финансовые и аналогичные услуги либо не предоставляются доступ к таким услугам лицам, включенным в Перечни ФТ и (или) ФРОМУ, в том числе иностранными гражданами и лицами без гражданства, находящимися на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z58" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Требования настоящего пункта также распространяются на лиц, действующих по поручению лиц, включенных в Перечни ФТ и (или) ФРОМУ, а также на юридических лиц, находящихся в собственности или под контролем таких лиц. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Физические и юридические лица, при выявлении факта нахождения лица в Перечнях ФТ и (или) ФРОМУ замораживают принадлежащие такому лицу либо находящиеся под его контролем денежные средства и иное имущество.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z60" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Отмена применения мер по замораживанию денежных средств и иного имущества, принадлежащим лицам, включенным в Перечни ФТ и (или) ФРОМУ, осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z61" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. На территории Республики Казахстан лицам, включенным в Перечни ФТ и (или) ФРОМУ, передаются денежные средства и (или) иное имущество в целях, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2187,108 +2629,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проживающего (-ей) по адресу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="56"/>
+    <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о частичной или полной отмене применяемых мер по замораживанию операций с деньгами и (или) иным имуществом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z64" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z64" w:id="58"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Прошу Вас, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил выплаты средств физическому лицу,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>включенному в перечень организаций и лиц, связанных с финансированием</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -2647,188 +3089,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 12 августа 2025 года № 10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
+    <w:bookmarkStart w:name="z66" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министра финансов Республики Казахстан и Председателя Агентства Республики Казахстан по финансовому мониторингу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z67" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 4 декабря 2015 года № 613 "Об утверждении Правил выплаты средств физическому лицу, включенному в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма, для обеспечения своей жизнедеятельности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12823).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 15 сентября 2020 года № 871 "О внесении изменений в приказ Министра финансов Республики Казахстан от 4 декабря 2015 года № 613 "Об утверждении Правил выплаты средств физическому лицу, включенному в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма, для обеспечения своей жизнедеятельности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21207).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z69" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Агентства Республики Казахстан по финансовому мониторингу от 31 мая 2021 года № 1 "О внесении изменений в приказ Министра финансов Республики Казахстан от 4 декабря 2015 года № 613 "Об утверждении Правил выплаты средств физическому лицу, включенному в перечень организаций и лиц, связанных с финансированием терроризма и экстремизма, для обеспечения своей жизнедеятельности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 22910).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>