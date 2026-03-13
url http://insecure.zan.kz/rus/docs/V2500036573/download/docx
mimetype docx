--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5d87c71" w14:textId="5d87c71">
+    <w:p w14:paraId="921833f" w14:textId="921833f">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,66 +94,60 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил субсидирования затрат организаций водоснабжения и водоотведения на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра промышленности и строительства Республики Казахстан от 30 июля 2025 года № 287. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 августа 2025 года № 36573</w:t>
-[...14 lines deleted...]
-      </w:pPr>
+        <w:t>Приказ Министра промышленности и строительства Республики Казахстан от 30 июля 2025 года № 287. Зарегистрирован в Министерстве юстиции Республики Казахстан 5 августа 2025 года № 36573.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктами 4)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -169,293 +163,336 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 25 Водного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>подпунктом 486)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве промышленности и строительства Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 4 октября 2023 года № 864 "Некоторые вопросы Министерства промышленности и строительства Республики Казахстан" ПРИКАЗЫВАЮ:</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> пункта 15 Положения о Министерстве промышленности и строительства Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 4 октября 2023 года № 864 "Некоторые вопросы Министерства промышленности и строительства Республики Казахстан" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказа Министра промышленности и строительства РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить Правила субсидирования затрат организаций водоснабжения и водоотведения на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу некоторые приказы согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="0"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Комитету по делам строительства и жилищно-коммунального хозяйства Министерства промышленности и строительства Республики Казахстан обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z8" w:id="1"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z9" w:id="2"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Министерства промышленности и строительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z10" w:id="3"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра промышленности и строительства Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -471,76 +508,93 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Исполняющий обязанности</w:t>
-[...14 lines deleted...]
-            </w:pPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Исполняющий обязанности</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>министра промышленности</w:t>
             </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">и строительства Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -585,202 +639,152 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>И. Шархан</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z13" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
-[...18 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z14" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
-      </w:r>
-[...16 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -887,93 +891,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 июля 2025 года № 287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z16" w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила субсидирования затрат организаций водоснабжения и водоотведения на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z17" w:id="6"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила субсидирования затрат организаций водоснабжения и водоотведения на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -995,1886 +993,2342 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 2 статьи 25 Водного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике", </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>подпунктом 486)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 15 Положения о Министерстве промышленности и строительства Республики Казахстан, утвержденного постановлением Правительства Республики Казахстан от 4 октября 2023 года № 864 "Некоторые вопросы Министерства промышленности и строительства Республики Казахстан" и определяют порядок субсидирования затрат организаций водоснабжения и водоотведения на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах за счет и в пределах средств, предусмотренных в республиканском и местном бюджетах на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра промышленности и строительства РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) администратор местных бюджетных программ – государственное учреждение, уполномоченное акиматом области, городов республиканского значения и столицы на осуществление отдельных функций в области водоснабжения и водоотведения, финансируемое из местных бюджетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z21" w:id="9"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) рабочая группа – консультативно-совещательный орган, по выработке предложений и рекомендаций по предоставлению бюджетных средств на субсидирование затрат организаций водоснабжения и водоотведения по погашению и обслуживанию займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z22" w:id="10"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) инвестиционная программа – план мероприятий по вложению и возврату средств, направляемых на расширение, модернизацию, реконструкцию, обновление, поддержание существующих активов и создание новых активов субъекта естественной монополии с целью получения технико-экономического и (или) экологического эффектов, выражаемых в достижении целевых показателей инвестиционной программы или сохранении показателей деятельности субъекта естественной монополии на существующем уровне;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кредитный договор – договор о реализации инвестиционного проекта между международной финансовой организацией и получателем субсидии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z24" w:id="12"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) заявка – совокупность документов, составляемых для обоснования объемов расходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) администратор республиканской бюджетной программы – уполномоченный орган, осуществляющий координацию местных исполнительных органов областей, городов республиканского значения, столицы при субсидировании затрат организаций водоснабжения и водоотведения на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) субсидирование – предоставление невозвратных платежей из республиканского и местного бюджетов получателю субсидий на погашение и обслуживание займов международных финансовых организаций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) получатель субсидии – организации в сферах водоснабжения и водоотведения, являющиеся субъектами естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) договор субсидирования – соглашение, заключаемое между получателем субсидий и администратором местных бюджетных программ в письменном виде, предусматривающее порядок осуществления платежей, сроки оплаты, ответственность сторон и предоставление отчетности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) уполномоченный орган – государственный орган, осуществляющий руководство в соответствующих сферах естественных монополий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) трехстороннее соглашение – соглашение, заключаемое администратором республиканской бюджетной программы с местным исполнительным органом и международной финансовой организацией о реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z31" w:id="19"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) международная финансовая организация – международная финансовая организация, осуществляющая предоставление финансовой помощи юридическим лицам в виде займа и (или) кредита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Для предоставления средств из республиканского бюджета администратор республиканской бюджетной программы создает рабочую группу, в состав которой включаются представители структурных подразделений администратора республиканской бюджетной программы, уполномоченного органа, заинтересованных государственных органов и международных финансовых организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для предоставления средств из местного бюджета администратор местных бюджетных программ создает рабочую группу, в состав которой включаются представители структурных подразделений местного исполнительного и представительного органов, территориального подразделения уполномоченного органа, международной финансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок субсидирования затрат организаций водоснабжения и водоотведения на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Субсидирование осуществляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       путем предоставления целевых трансфертов из республиканского бюджета местным исполнительным органам для последующего субсидирования затрат получателей субсидий по погашению и обслуживанию займов международной финансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z37" w:id="25"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       за счет средств, предусмотренных в областном бюджете, бюджете города республиканского значения, столицы на соответствующий год на субсидирование затрат получателей субсидий по погашению и обслуживанию займов международной финансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z38" w:id="26"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Субсидии предоставляются при соблюдении следующих критериев:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z39" w:id="27"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) получатель субсидии – субъект естественной монополии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z40" w:id="28"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие у получателя субсидии кредитного договора с международной финансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z41" w:id="29"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) наличие трехстороннего соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z42" w:id="30"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) отсутствие или недостаточность затрат предусмотренных в утвержденных тарифных сметах на погашение и обслуживание займов международной финансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) экономическая и социальная эффективность инвестиционного проекта и реализации мероприятий, предусмотренных инвестиционным проектом (социально-экономические показатели, в том числе улучшение качества предоставляемых услуг, увеличение количества подключаемых потребителей, создание рабочих мест (временных, постоянных), снижение износа и аварийности сетей водоснабжения и водоотведения, сокращение дебиторской задолженности от потребителей, своевременное исполнение обязательств по уплате налогов, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Кодексом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О налогах и других обязательных платежах в бюджет" (далее – Налоговый кодекс).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z44" w:id="31"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Срок субсидирования определяется на период времени, в течение которого получатель субсидии получает, обслуживает и погашает кредит международной финансовой организации при условии соответствия критериям и условиям субсидирования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z45" w:id="32"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Предоставление субсидий производится на основании расчетов получателя субсидии, утвержденных первым руководителем (или лицом его замещающим) с предоставлением документов подтверждающих получение кредитных средств международной финансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z46" w:id="33"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Получатель субсидии:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z47" w:id="34"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) обеспечивает предоставление достоверных и обоснованных расчетов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z48" w:id="35"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) использует средства только на погашение и обслуживание займов международной финансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z49" w:id="36"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) обеспечивает подачу заявки в территориальное подразделение уполномоченного органа на утверждение тарифа по истечении срока его действия с приложением тарифной сметы, предусматривающей расходы на погашение и обслуживание займа международной финансовой организации в течение срока займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z50" w:id="37"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Субсидии не предоставляются на возмещение иных затрат по уплате процентов, начисленных и уплаченных по просроченной ссудной задолженности, а также на цели участия в уставном капитале, покрытие убытков хозяйственной деятельности и налоговых обязательств получателя субсидий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z51" w:id="38"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В случае, если в тарифных сметах предусмотрена часть средств на погашение и обслуживание займов международной финансовой организации, размер выделяемых субсидий на погашение и/или обслуживание займов международной финансовой организации определяется как разница между затратами предусмотренными в тарифных сметах на погашение и обслуживание займов международной финансовой организации и затратами необходимыми на погашение и обслуживание займов международной финансовой организации в соответствии с кредитным договором.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z52" w:id="39"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Объем выделяемых субсидий на погашение и обслуживание займов международных финансовых организации определяется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z53" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       из местного бюджета в размере не менее 10 % от общей суммы затрат необходимой на погашение и обслуживание займа международной финансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z54" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       из республиканского бюджета в размере необходимой суммы затрат на погашение и обслуживание займов международной финансовой организации с учетом выделяемых субсидий из местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z55" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, общий объем выделяемых субсидий из республиканского бюджета на погашение и обслуживание займа международной финансовой организации не превышает сумму основного долга по займу международной финансовой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z56" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При недостаточности объема выделяемых субсидий на погашение и обслуживание займа из республиканского бюджета, средств предусмотренных в тарифной смете на погашение и обслуживание займов международной финансовой организации, то субсидии подлежит возмещению из местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z57" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размер выделяемых субсидий уменьшается поэтапно в течение всего срока субсидирования по мере повышения тарифа на коммунальные услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z58" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа Министра промышленности и строительства РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В случае если уполномоченным органом будет утверждена тарифная смета, предусматривающая затраты на погашение и обслуживание займа международной финансовой организации, влияющие на уменьшение необходимого объема субсидий, ранее одобренная сумма субсидий пересматривается посредством подачи заявки получателем субсидий в порядке, предусмотренном настоящими Правилами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z59" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z59" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Получатель субсидии для получения субсидий направляет местному исполнительному органу следующие документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z60" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) заявка на предоставление субсидий (далее – заявка);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z62" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) пояснительная записка о необходимости предоставления субсидий (с информацией об ожидаемом социально-экономическом эффекте от реализации инвестиционного проекта, в том числе улучшение качества предоставляемых услуг, увеличение количества подключаемых потребителей, создание рабочих мест (временных, постоянных), снижение износа и аварийности сетей водоснабжения и водоотведения, сокращение дебиторской задолженности от потребителей, своевременное исполнение обязательств по уплате налогов в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Налоговым</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом, проводимой работе с международной финансовой организации, анализом величины тарифа на услуги в случае выделения (не выделения) субсидии на погашение и обслуживание займа международной финансовой организации, указанием наличия (отсутствия) в тарифных сметах средств на погашение и обслуживание займов международной финансовой организации, анализом перспектив возможности (невозможности) повышения величины тарифа для погашения и обслуживания займов международной финансовой организации);</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) копия кредитного договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z63" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) копия трехстороннего соглашения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z64" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) расчеты, подтверждающие необходимую сумму субсидий на погашение и обслуживание займа международной финансовой организации, согласованные с международной финансовой организации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z65" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) копии приказов об утверждении действующего тарифа и тарифной сметы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z66" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) копии приказов утвержденных (измененных утвержденных) инвестиционных программ;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z67" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) отчеты об исполнении тарифных смет за последние 3 (три) года;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z68" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) отчеты об исполнении инвестиционных программ за последние 3 (три года);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z69" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) справка об отсутствии (наличии) просроченной задолженности перед иными банками-кредиторами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) сведения об отсутствии (наличии) задолженности, учет по которым ведется в налоговых органах, получателя субсидии на момент подачи заявки;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) финансовая отчетность за подписью первого руководителя и главного бухгалтера за последние три года.</w:t>
-      </w:r>
-[...17 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В случае, когда потенциальный получатель субсидии подлежит обязательному аудиту в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "Об аудиторской деятельности", представляется аудиторский отчет финансовой отчетности.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Финансовая отчетность представляется в соответствии с требованиями </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О бухгалтерском учете и финансовой отчетности", в том числе с приложением информации о финансовых участиях в других организациях, с приложением детальной расшифровки статей баланса, занимающих 10 % и более в валюте баланса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Листы документов нумеруются, прошиваются и опечатываются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, документы, указанные в подпунктах 1), 5) и 12) настоящего пункта подписываются первым руководителем (или лицом его замещающим) и главным бухгалтером получателя субсидии и заверяются печатью (при его наличии у получателя субсидии).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...78 lines deleted...]
-    <w:bookmarkStart w:name="z76" w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 – в редакции приказа Министра промышленности и строительства РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z76" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Администратор местных бюджетных программ проверяет полноту состава и правильность заполнения представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z77" w:id="62"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z77" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае представления неполного состава и (или) неправильно заполненных документов, администратор местных бюджетных программ в течение 2 (двух) рабочих дней возвращает получателю субсидии документы, до полного устранения замечаний.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z78" w:id="63"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z78" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Получатель субсидии в течение 5 (пяти) рабочих дней устраняет замечания и направляет администратору местных бюджетных программ документы на повторное рассмотрение.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z79" w:id="64"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z79" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Администратор местных бюджетных программ в течение 5 (пяти) рабочих дней с даты регистрации заявки выносит заявку и представленные получателем субсидий документы на рассмотрение рабочей группы администратора местных бюджетных программ.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z80" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Рабочая группа администратора местных бюджетных программ в течение 5 (пяти) рабочих дней проводит объективную и всестороннюю оценку соответствия получателя субсидий критериям получения субсидий, перечисленных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил, проверяет расчеты получателя субсидий, подтверждающие необходимую сумму субсидий на погашение и обслуживание займа международной финансовой организации, и выносит предложения и рекомендации по предоставлению бюджетных средств на субсидирование из местного бюджета.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z81" w:id="65"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z81" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По итогам заседания рабочей группы администратора местных бюджетных программ оформляется протокол заседания, который подписывается всеми членами рабочей группы (в произвольной форме).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z82" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несоответствии получателя субсидий критериям получения субсидий, перечисленным в пункте 5 настоящих Правил и расчетов получателя субсидий, подтверждающих необходимую сумму субсидий на погашение и обслуживание займа международной финансовой организации, местный исполнительный орган в течение 3 (трех) рабочих дней с даты формирования протокола заседания рабочей группы отказывает в рассмотрении заявки или возвращает заявку получателю субсидии для доработки с приложением копии протокола заседания рабочей группы администратора местных бюджетных программ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z83" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия предложений и рекомендаций по предоставлению бюджетных средств на субсидирование из местного бюджета администратор местных бюджетных программ в течение 10 (десяти) рабочих дней обеспечивает утверждение постановлением местного исполнительного органа объемов субсидий из местного бюджета и направляет администратору республиканской бюджетной программы заявку, полный пакет документов, указанных в пункте 15 настоящих Правил с приложением копии постановления местного исполнительного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z84" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Администратор республиканской бюджетной программы в течение 5 (пяти) рабочих дней с даты регистрации заявки выносит заявку и представленные получателем субсидий документы на рассмотрение рабочей группы администратора республиканской бюджетной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z85" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Рабочая группа администратора республиканской бюджетной программы течение 5 (пяти) рабочих дней проверяет расчеты получателя субсидий, подтверждающие необходимую сумму субсидий на погашение и обслуживание займа международной финансовой организации, и выносит предложения и рекомендации по предоставлению бюджетных средств на субсидирование из республиканского бюджета.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z86" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По итогам заседания рабочей группы администратора республиканской бюджетной программы оформляется протокол заседания, который подписывается всеми членами рабочей группы (в произвольной форме).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z87" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае несоответствия расчетов получателя субсидий, подтверждающих необходимую сумму субсидий на погашение и обслуживание займа международной финансовой организации, администратор республиканской бюджетной программы в течение 3 (трех) рабочих дней с даты формирования протокола заседания рабочей группы отказывает в рассмотрении заявки или возвращает заявку получателю субсидии для доработки с приложением копии протокола заседания рабочей группы администратора республиканской бюджетной программы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z88" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия предложений и рекомендаций по предоставлению бюджетных средств на субсидирование из республиканского бюджета администратор республиканской бюджетной программы в течение 10 (десяти) рабочих дней формирует бюджетную заявку и направляет в центральный уполномоченный орган по бюджетному планированию в порядке, установленном бюджетным законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z89" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Предоставление средств администратору республиканской бюджетной программы осуществляется в рамках соответствующей бюджетной программы в пределах средств, утвержденных Законом Республики Казахстан о республиканском бюджете на соответствующий финансовый период.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 16 – в редакции приказа Министра промышленности и строительства РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z90" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Администратор республиканской бюджетной программы направляет средства в виде целевых трансфертов местным исполнительным органам для последующего субсидирования затрат получателей субсидий по погашению и обслуживанию займов международной финансовой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 17 – в редакции приказа Министра промышленности и строительства РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z91" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Местный исполнительный орган производит выплату субсидий в соответствии с договором субсидирования на основании расчетов получателя субсидий, утвержденных первым руководителем (или лицом его замещающим) на соответствующий период, согласованных с международной финансовой организацией и счетов оплаты международной финансовой организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае неиспользования или неполного использования в истекшем финансовом году бюджетных средств, местный исполнительный орган обеспечивает возврат неиспользованной части бюджетных средств в вышестоящий бюджет в порядке, установленном бюджетным законодательством.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 – в редакции приказа Министра промышленности и строительства РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок предоставления отчетности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      19. В целях осуществления отчетности, получатель субсидий представляет местному исполнительному органу отчет о фактическом использовании субсидий международной финансовой организации по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам ежеквартально до 5 числа месяца, следующего за отчетным кварталом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции приказа Министра промышленности и строительства РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z94" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20. Местный исполнительный орган предоставляет отчет об освоении бюджетных средств, выделенных на субсидирование из республиканского и местного бюджетов администратору республиканской бюджетной программы по форме согласно приложению 2 к настоящим Правилам ежеквартально до 10 числа месяца, следующего за отчетным кварталом.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z82" w:id="66"/>
-[...15 lines deleted...]
-      В случае несоответствии получателя субсидий критериям получения субсидий, перечисленным в пункте 5 настоящих Правил и расчетов получателя субсидий, подтверждающих необходимую сумму субсидий на погашение и обслуживание займа международной финансовой организации, местный исполнительный орган в течение 3 (трех) рабочих дней с даты формирования протокола заседания рабочей группы отказывает в рассмотрении заявки или возвращает заявку получателю субсидии для доработки с приложением копии протокола заседания рабочей группы администратора местных бюджетных программ.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 – в редакции приказа Министра промышленности и строительства РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z96" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      21. По итогам года администратор республиканской бюджетной программы формирует отчет об освоении бюджетных средств, выделенных на субсидирование согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z83" w:id="67"/>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z94" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...60 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 – в редакции приказа Министра промышленности и строительства РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. Исключен приказом Министра промышленности и строительства РК от 23.01.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
@@ -3056,228 +3510,228 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и созданию новых активов в населенных пунктах</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z99" w:id="79"/>
+    <w:bookmarkStart w:name="z99" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных на безвозмездной основе "Отчет о фактическом использовании субсидий"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z100" w:id="80"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z100" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в уполномоченный орган в сфере коммунального хозяйства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z101" w:id="81"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z101" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет - ресурсе: - www.gov.kz. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z102" w:id="82"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z102" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование административной формы: "Отчет о фактическом использовании субсидий"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z103" w:id="83"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z103" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Индекс формы, предназначенной для сбора административных данных на безвозмездной основе (краткое буквенно-цифровое выражение наименования формы): 1-ОФиС </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z104" w:id="84"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z104" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежеквартальная</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z105" w:id="85"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z105" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: __________20___год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z106" w:id="86"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z106" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: Получатель субсидии, местный исполнительный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z107" w:id="87"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z107" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежеквартально до 5 числа месяца, следующего за отчетным кварталом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3320,59 +3774,59 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ИИН/БИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z108" w:id="88"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="88"/>
+          <w:bookmarkStart w:name="z108" w:id="76"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="76"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="5346700" cy="431800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId4"/>
                           <a:stretch>
@@ -3408,70 +3862,70 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="89"/>
+    <w:bookmarkStart w:name="z109" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метод сбора: на бумажном носителе, в электронном виде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -3728,61 +4182,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Возврат </w:t>
-[...9 lines deleted...]
-              <w:t>неиспользованных субсидий (факт), тенге</w:t>
+              <w:t>Возврат неиспользованных субсидий (факт), тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1758" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -4276,328 +4720,310 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z110" w:id="90"/>
+    <w:bookmarkStart w:name="z110" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование ____________________ Адрес _____________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z111" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________ ____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z112" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z113" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес электронной почты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z114" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z115" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель___________________________________ _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z116" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z117" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z118" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z119" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z120" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z121" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место для печати (за исключением лиц, являющихся субъектами частного</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z122" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предпринимательства) ___________________________________________</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z111" w:id="91"/>
-[...256 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4676,266 +5102,248 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z124" w:id="103"/>
+    <w:bookmarkStart w:name="z124" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет о фактическом использовании субсидий"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z125" w:id="104"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z125" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Форма, предназначенная для сбора административных данных на безвозмездной основе (далее – Форма) разработана в целях качественного предоставления информации о ходе реализации инвестиционных проектов в рамках Концепции развития жилищно-коммунальной инфраструктуры на 2023 – 2029 годы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z126" w:id="105"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z126" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма заполняется следующим образом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z127" w:id="106"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z127" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 1 "код строк" указывается порядковый номер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z128" w:id="107"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z128" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 2 "Наименование организации" указывается субъект естественных монополий получивший субсидии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z129" w:id="108"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z129" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 3 "Получено (тысяч тенге)" указывается сумма полученных субсидии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z130" w:id="109"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z130" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 4 "Освоено (тысяч тенге)" указывается сумма освоенных субсидии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z131" w:id="110"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z131" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 5 "Отклонение (+, -) (+) переплата, (-) недостаток, тенге" указывается как разница суммы выделенных и освоенных субсидии указанные в графах 3 и 4;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z132" w:id="111"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z132" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 6 "Возврат неиспользованных субсидий (факт), тенге" указываете сумма неиспользования и возвращенная в бюджет в истекшем финансовом году;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z133" w:id="112"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z133" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в графе 7 "Примечание".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="100"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5157,228 +5565,228 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z136" w:id="113"/>
+    <w:bookmarkStart w:name="z136" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма, предназначенная для сбора административных данных на безвозмездной основе "Отчет об освоении бюджетных средств, выделенных на субсидирование"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z137" w:id="114"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z137" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в уполномоченный орган в сфере коммунального хозяйства</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z138" w:id="115"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z138" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет - ресурсе: - www.gov.kz. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z139" w:id="116"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z139" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование административной формы: "Отчет об освоении бюджетных средств, выделенных на субсидирование"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z140" w:id="117"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z140" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс формы, предназначенной для сбора административных данных на безвозмездной основе (краткое буквенно-цифровое выражение наименования формы): 2-ООБСВС</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z141" w:id="118"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z141" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежеквартальная</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z142" w:id="119"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z142" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: __________20___год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z143" w:id="120"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z143" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: Местный исполнительный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z144" w:id="121"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z144" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежеквартально до 10 числа месяца, следующего за отчетным кварталом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -5411,59 +5819,59 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ИИН/БИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6150" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z145" w:id="122"/>
-[...7 lines deleted...]
-          <w:bookmarkEnd w:id="122"/>
+          <w:bookmarkStart w:name="z145" w:id="110"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:bookmarkEnd w:id="110"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="5346700" cy="431800"/>
                   <wp:effectExtent l="0" t="0" r="0" b="0"/>
                   <wp:docPr id="0" name="" descr=""/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks noChangeAspect="true"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic>
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic>
                         <pic:nvPicPr>
                           <pic:cNvPr id="1" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
                           <a:blip r:embed="rId5"/>
                           <a:stretch>
@@ -5499,70 +5907,70 @@
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="123"/>
+    <w:bookmarkStart w:name="z146" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метод сбора: на бумажном носителе, в электронном виде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="111"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -5897,75 +6305,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z147" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        продолжение таблицы</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="112"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6532,75 +6935,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z148" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        продолжение таблицы</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="113"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -6626,61 +7024,51 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Прямой </w:t>
-[...9 lines deleted...]
-              <w:t>результат</w:t>
+              <w:t>Прямой результат</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7177,328 +7565,310 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z149" w:id="124"/>
+    <w:bookmarkStart w:name="z149" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование ____________________ Адрес_________________________</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z150" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      __________________________________ ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z151" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Телефон ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z152" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Адрес электронной почты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z153" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z154" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Исполнитель___________________________________ _______________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z155" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя и отчество (при его наличии) подпись, телефон</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z156" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Руководитель или лицо, исполняющее его обязанности</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z157" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z158" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z159" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      фамилия, имя и отчество (при его наличии) подпись</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z150" w:id="125"/>
-[...15 lines deleted...]
-      __________________________________ ______________________________</w:t>
+    <w:bookmarkStart w:name="z160" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место для печати (за исключением лиц, являющихся субъектами частного</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z151" w:id="126"/>
-[...15 lines deleted...]
-      Телефон ______________________________________________________</w:t>
+    <w:bookmarkStart w:name="z161" w:id="126"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      предпринимательства) ___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z152" w:id="127"/>
-[...216 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7577,306 +7947,288 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z163" w:id="137"/>
+    <w:bookmarkStart w:name="z163" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет об освоении бюджетных средств, выделенных на субсидирование"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z164" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Форма, предназначенная для сбора административных данных на безвозмездной основе (далее – Форма) разработана в целях качественного предоставления информации о ходе реализации инвестиционных проектов в рамках Концепции развития жилищно-коммунальной инфраструктуры на 2023 – 2029 годы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z165" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма заполняется следующим образом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z166" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 1 "код строк" указывается порядковый номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z167" w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 2 "Наименование области, города республиканского значения, столицы" указывается наименование областей и городов Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z168" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 3 "Наименование организации" указывается субъект естественных монополий получивший субсидии;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z169" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 4 "Наименование показателей" указывается показатель прямого результата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z170" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 5 "Единица измерения" указываются количество либо % в зависимости от указанного показателя прямого показателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z171" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графах 6, 7 и 8 "Плановые значения показателей", "Фактическое выполнение мероприятий, стадия достижения результатов", и "% достижения результатов" указываются плановые и фактические показатели достижения прямого результата;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z172" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графах 9, 10 и 11"План (тысяч тенге)", "Фактическое исполнение (тысяч тенге)" и "% исполнения" указывается сумма планого и фактического значения и разница выделенных и освоенных субсидии субъеком естественных монополий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z173" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 12 "Экономия бюджетных средств (тысяч тенге)" указывается как разница суммы выделенных и освоенных субсидии указанные в графах 4 и 5;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z164" w:id="138"/>
-[...15 lines deleted...]
-      1. Форма, предназначенная для сбора административных данных на безвозмездной основе (далее – Форма) разработана в целях качественного предоставления информации о ходе реализации инвестиционных проектов в рамках Концепции развития жилищно-коммунальной инфраструктуры на 2023 – 2029 годы.</w:t>
+    <w:bookmarkStart w:name="z174" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в графе 13 "Неосвоение (тысяч тенге)" указываете сумма неиспользования или неполного использования в истекшем финансовом году бюджетных средств (субсидии).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z165" w:id="139"/>
-[...216 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7981,279 +8333,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 июля 2025 года № 287</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z176" w:id="149"/>
+    <w:bookmarkStart w:name="z176" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z177" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 5 августа 2019 года № 619 "Об утверждении Правила субсидирования затрат организаций водоснабжения и водоотведения на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 19196).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z178" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 20 января 2023 года № 37 "О внесении изменения в приказ исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 5 августа 2019 года № 619 "Об утверждении Правил субсидирования затрат организаций водоснабжения и водоотведения, и организаций в сфере передачи и снабжения электрической энергии, передачи и снабжения тепловой энергией на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 31755).</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z179" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра промышленности и строительства Республики Казахстан от 6 января 2025 года № 2 "О внесении изменений в приказ исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 5 августа 2019 года № 619 "Об утверждении Правил субсидирования затрат организаций водоснабжения и водоотведения, и организаций в сфере передачи и снабжения электрической энергии, передачи и снабжения тепловой энергией на погашение и обслуживание займов международных финансовых организаций, привлеченных для реализации проектов по расширению, модернизации, реконструкции, обновлению, поддержанию существующих активов и созданию новых активов в населенных пунктах" (зарегистрированный в Реестре государственной регистрации нормативных правовых актов № 35623).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>