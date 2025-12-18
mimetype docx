--- v0 (2025-10-01)
+++ v1 (2025-12-18)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3cde440" w14:textId="3cde440">
+    <w:p w14:paraId="b072899" w14:textId="b072899">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,444 +93,469 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении методики расчета ставок платы за пользование водными ресурсами поверхностных источников</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра водных ресурсов и ирригации Республики Казахстан от 22 июля 2025 года № 177-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 июля 2025 года № 36497</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t>Приказ Министра водных ресурсов и ирригации Республики Казахстан от 22 июля 2025 года № 177-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 24 июля 2025 года № 36497.</w:t>
+      </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...76 lines deleted...]
-        </w:rPr>
         <w:t>
 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> ставок платы за пользование водными ресурсами поверхностных источников. </w:t>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приказ утрачивает силу приказом Министра водных ресурсов и ирригации РК от 30.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 250-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z6" w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Признать утратившими силу:</w:t>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 34)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 1 статьи 23 Водного кодекса Республики Казахстан, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 569</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет (Налоговый кодекс)" и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О правовых актах", ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 14 апреля 2009 года № 223 "Об утверждении методики расчета платы за пользование водными ресурсами поверхностных источников" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 5675);</w:t>
+      1. Утвердить прилагаемую </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Методику расчета</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ставок платы за пользование водными ресурсами поверхностных источников. </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 19 июня 2015 года № 19-1/550 "О внесении изменения в приказ исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 14 апреля 2009 года № 223 "Об утверждении методики расчета платы за пользование водными ресурсами поверхностных источников" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11719).</w:t>
+        <w:t>
+      2. Признать утратившими силу:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="1"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3. Комитету по регулированию, охране и использованию водных ресурсов Министерства водных ресурсов и ирригации Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+        <w:t xml:space="preserve">
+      1) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 14 апреля 2009 года № 223 "Об утверждении методики расчета платы за пользование водными ресурсами поверхностных источников" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 5675);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z10" w:id="2"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+        <w:t xml:space="preserve">
+      2) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра сельского хозяйства Республики Казахстан от 19 июня 2015 года № 19-1/550 "О внесении изменения в приказ исполняющего обязанности Министра сельского хозяйства Республики Казахстан от 14 апреля 2009 года № 223 "Об утверждении методики расчета платы за пользование водными ресурсами поверхностных источников" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11719).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z11" w:id="3"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z9" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) размещение настоящего приказа на интернет-ресурсе Министерства водных ресурсов и ирригации Республики Казахстан после его официального опубликования.</w:t>
+      3. Комитету по регулированию, охране и использованию водных ресурсов Министерства водных ресурсов и ирригации Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра водных ресурсов и ирригации Республики Казахстан.</w:t>
+      1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z11" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      2) размещение настоящего приказа на интернет-ресурсе Министерства водных ресурсов и ирригации Республики Казахстан после его официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра водных ресурсов и ирригации Республики Казахстан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -546,58 +571,75 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Министр водных ресурсов и</w:t>
-[...6 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министр водных ресурсов и</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ирригации Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -643,446 +685,348 @@
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Н. Нуржигитов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z15" w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-</w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство национальной</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "СОГЛАСОВАН"</w:t>
+        <w:t>экономики Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>Министерство национальной</w:t>
+      <w:bookmarkStart w:name="z16" w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство промышленности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>экономики Республики Казахстан</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>и строительства Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z17" w:id="12"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство сельского хозяйства</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Министерство промышленности</w:t>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>и строительства Республики Казахстан</w:t>
+      <w:bookmarkStart w:name="z18" w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="left"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t>Министерство транспорта</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "СОГЛАСОВАН"</w:t>
+        <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-        <w:t>Министерство сельского хозяйства</w:t>
+      <w:bookmarkStart w:name="z19" w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "СОГЛАСОВАН"</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Бюро национальной статистики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Республики Казахстан</w:t>
-[...17 lines deleted...]
-</w:t>
+        <w:t>Агентства по стратегическому</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "СОГЛАСОВАН"</w:t>
+        <w:t>планированию и реформам</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Министерство транспорта</w:t>
-[...15 lines deleted...]
-        </w:rPr>
         <w:t>Республики Казахстан</w:t>
-      </w:r>
-[...120 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -1176,75 +1120,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 22 июля 2025 года № 177-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="6"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Методика расчета ставок платы за пользование водными ресурсами поверхностных источников</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-[...6 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящая Методика расчета ставки платы за пользование водными ресурсами поверхностных источников (далее - Методика) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1259,68 +1197,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 23 Водного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 569</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Кодекса Республики Казахстан "О налогах и других обязательных платежах в бюджет" и применяется при расчете ставок платы за пользование водными ресурсами поверхностных источников.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z23" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Ставки платы рассчитывается по бассейнам рек и отраслям экономики на основе базовых коэффициентов ставки платы за пользование водными ресурсами поверхностных источников согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1335,316 +1257,251 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Методике и отраслевые базовые коэффициенты ставки платы за пользование водными ресурсами поверхностных источников согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящей Методике , по формуле:</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z24" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СП отраслевая = МРП * К1*K2o,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z25" w:id="7"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z25" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       где: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z26" w:id="8"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       СП отраслевая - ставка платы отраслевая; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z27" w:id="9"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       МРП - месячный расчетный показатель, установленный законодательными актами и действующий на период расчета; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z28" w:id="10"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К1 - базовые коэффициенты ставки платы за пользование водными ресурсами поверхностных источников (доля МРП относительно конкретно взятого водного бассейна);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z29" w:id="11"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        K2o - отраслевые базовые коэффициенты ставки платы за пользование водными ресурсами поверхностных источников для конкретно взятого сектора экономики. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Плата за пользование водными ресурсами поверхностных объектов устанавливается на единицу объема воды, забранной из водного объекта для использования согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> единице измерения ставки платы на объем воды, забранной из поверхностных источников к настоящей Методике.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. При установлении ставок платы с учетом региональных условий применяются коэффициенты от 0,2 до 2,0. Общая сумма платежей, поступающих в местный бюджет, должна быть не менее суммы, рассчитанной по </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункту 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящей Методики, и не превышать ее более чем в два раза.</w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1723,86 +1580,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>за пользование водными</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ресурсами поверхностных источников</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z33" w:id="12"/>
+    <w:bookmarkStart w:name="z33" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Базовые коэффициенты ставки платы за пользование водными ресурсами поверхностных источников</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z34" w:id="13"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z34" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица 1. – Размер коэффициента ставки платы за пользование водными ресурсами поверхностных источников применительно к актуальному размеру МРП в Республике Казахстан в разрезе водных бассейнов, К1*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -2853,57 +2710,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0,156</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2982,86 +2832,86 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>за пользование водными</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ресурсами поверхностных источников</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z36" w:id="14"/>
+    <w:bookmarkStart w:name="z36" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отраслевые базовые коэффициенты ставки платы за пользование водными ресурсами поверхностных источников</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z37" w:id="15"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица 1. – Коэффициенты к размеру базовой ставки платы относительно сельского хозяйства, в зависимости от отрасли экономики, К2о*</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="29"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -3138,172 +2988,166 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Вид </w:t>
-[...9 lines deleted...]
-              <w:t>специального водопользования</w:t>
+              <w:t>Вид специального водопользования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z38" w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Жилищно- эксплуа- тационные и</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="30"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 коммунальные услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z39" w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Промышленность включая</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="31"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 теплоэнергетику</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -3332,68 +3176,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Сельское хозяйство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z40" w:id="32"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Прудовые хозяйства, осуществляющие забор из водных источников</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="32"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
@@ -3481,70 +3327,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z41" w:id="16"/>
+          <w:bookmarkStart w:name="z41" w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Бассейн реки </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="16"/>
+          <w:bookmarkEnd w:id="33"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5287,70 +5133,70 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1537" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z43" w:id="17"/>
+          <w:bookmarkStart w:name="z43" w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Бассейны рек </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="17"/>
+          <w:bookmarkEnd w:id="34"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -5949,57 +5795,50 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 -</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...5 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6078,68 +5917,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>за пользование водными</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>ресурсами поверхностных источников</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z49" w:id="18"/>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Единица измерения ставки платы на объем воды, забранной из поверхностных источников</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="35"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>