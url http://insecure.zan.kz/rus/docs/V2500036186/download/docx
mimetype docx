--- v0 (2025-11-08)
+++ v1 (2025-12-23)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="20584f4" w14:textId="20584f4">
+    <w:p w14:paraId="ca2a678" w14:textId="ca2a678">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении правил реализации мер государственной поддержки, направленных на улучшение жилищных условий</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра промышленности и строительства Республики Казахстан от 30 мая 2025 года № 187. Зарегистрирован в Министерстве юстиции Республики Казахстан 30 мая 2025 года № 36186</w:t>
+        <w:t>Приказ Министра промышленности и строительства Республики Казахстан от 30 мая 2025 года № 187. Зарегистрирован в Министерстве юстиции Республики Казахстан 30 мая 2025 года № 36186.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1985,1501 +1985,2371 @@
         <w:t>
       доходы от предпринимательской деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
     <w:bookmarkStart w:name="z63" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При предоставлении жилища из коммунального жилищного фонда или жилища, арендованного местным исполнительным органом в частном жилищном фонде в доход граждан Республики Казахстан, кандасов не включаются социальные выплаты, пенсионные выплаты, получаемые лицами, осуществляющими уход за детьми с инвалидностью, государственные стипендии в организациях образования, получаемые детьми-сиротами, детьми, оставшимися без попечения родителей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Исключен приказом Министра промышленности и строительства РК от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z66" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. В случае отсутствия жилища, соответствующего нормам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона либо отказа граждан Республики Казахстан, кандасов, состоящих на учете нуждающихся в жилище от предлагаемого жилища из коммунального жилищного фонда или жилища, арендованного местным исполнительным органом в частном жилищном фонде, данное жилище распределяется гражданам Республики Казахстан, кандасов, состоящим на учете нуждающихся в жилище в соответствии с требованиями пунктов 6 и 8 настоящих Правил.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z67" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Распределение жилища из коммунального жилищного фонда или жилища, арендованного местным исполнительным органом в частном жилищном фонде, осуществляется Отбасы банком с учетом требований настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z275" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жилища из коммунального жилищного фонда или жилища, арендованного местным исполнительным органом в частном жилищном фонде построенное и(или) приобретенное за счет государственного бюджета, распределяется в соответствии с их целевым назначением, определенным бюджетным законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа Министра промышленности и строительства РК от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z68" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Граждане Республики Казахстан, кандасы, состоящие на учете нуждающихся в жилище посредством ЭЦП подписывают заявление о согласии получения распределяемого жилища из коммунального жилищного фонда или жилища, арендованного в частном жилищном фонде в личном кабинете на интернет – ресурсе Отбасы банка, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z276" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии согласия в течение пяти рабочих дней жилище из коммунального жилищного фонда или жилища, арендованного местным исполнительным органом в частном жилищном фонде, распределяется следующим гражданам Республики Казахстан, кандасам состоящим на учете нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем" согласно требованиям настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 – в редакции приказа Министра промышленности и строительства РК от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z69" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      12. В случае отказа от распределямого жилища из коммунального жилищного фонда или жилища, арендованного в частном жилищном фонде, Граждане Республики Казахстан, кандасы, состоящие на учете нуждающихся посредством ЭЦП в течение трех рабочих дней подписывают заявление об отказе в личном кабинете на интернет – ресурсе Отбасы банка, по форме согласно </w:t>
+      12. В случае отказа от распределяемого жилища из коммунального жилищного фонда или жилища, арендованного в частном жилищном фонде, Граждане Республики Казахстан, кандасы, состоящие на учете нуждающихся посредством ЭЦП в течение пяти рабочих дней подписывают заявление об отказе в личном кабинете на интернет – ресурсе Отбасы банка, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 – в редакции приказа Министра промышленности и строительства РК от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования). </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z277" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12-1. Граждане Республики Казахстан, кандасы в течении 2 (двух) рабочих дней со дня подписания заявления о согласии получения распределяемого жилища из коммунального жилищного фонда или жилища, арендованного в частном жилищном фонде в личном кабинете электронной базы "Центр обеспечения жилищем" по адресу www.orken.otbasybank.kz (далее – Электронная база) заключают договор найма жилища из коммунального жилищного фонда или жилища, арендованного в частном жилищном фонде (далее – Договор найма) с местным исполнительным органом по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, на основании решения о предоставлении жилища.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Параграф 1 дополнен пунктом 12-1 в соответствии с приказом Министра промышленности и строительства РК от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z278" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-2. После подписания гражданами Республики Казахстан, кандасами Договора найма совершеннолетние члены семьи (при наличии) подписывают Договор найма в Электронной базе посредством электронно-цифровой подписи (далее - ЭЦП) в течении 2 (двух) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Параграф 1 дополнен пунктом 12-2 в соответствии с приказом Министра промышленности и строительства РК от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z279" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-3. Местный исполнительный орган после подписания Договора найма гражданами Республики Казахстан, кандасами и их совершеннолетними членами семьи (при наличии) в течении 2 (двух) рабочих дней проверяет достоверность заполненных данных (сведений), содержащихся в Договоре найма, и подписывает либо отказывает в подписании его посредством ЭЦП.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z280" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местный исполнительный орган отказывает гражданам Республики Казахстан, кандасам в случае заполнения недостоверных данных в Договоре найма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Параграф 1 дополнен пунктом 12-3 в соответствии с приказом Министра промышленности и строительства РК от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z281" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-4. Для внесения изменения в Договор найма граждане Республики Казахстан, кандасы в личном кабинете Электронной базы подают заявление на изменение Договора найма, по форме согласно приложению 3-1 к настоящим Правилам, с приложением документов, подтверждающих основание для внесения изменения в Договор найма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Параграф 1 дополнен пунктом 12-4 в соответствии с приказом Министра промышленности и строительства РК от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z282" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      12-5. Совершеннолетние члены семьи граждан Республики Казахстан, кандасов (при наличии) в Электронной базе посредством ЭЦП согласовывают заявление на изменение Договора найма в течении 2 (двух) рабочих дней в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 92</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Параграф 1 дополнен пунктом 12-5 в соответствии с приказом Министра промышленности и строительства РК от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z283" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12-6. Местный исполнительный орган в течение 2 (двух) рабочих дней со дня поступления заявления на изменение Договора найма рассматривает представленные документы, подтверждающие основание для внесения изменения в Договор найма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z284" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По итогам рассмотрения заявления на изменение Договора найма и документов, подтверждающих цель внесения изменения в Договор найма местный исполнительный орган принимает одно из следующих решений:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z285" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) направляет в личный кабинет Гражданину Республики Казахстан, кандасу подписанное дополнительное соглашение к Договору найма;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z286" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выносит мотивированный отказ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z287" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местный исполнительный орган отказывает в заключении дополнительного соглашения к Договору найма, в случае заполнения гражданами Республики Казахстан, кандасами недостоверных данных либо отсутствия документов, подтверждающих основание для внесения изменения в Договор найма.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Параграф 1 дополнен пунктом 12-6 в соответствии с приказом Министра промышленности и строительства РК от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z70" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 2. Порядок предоставления льготных ипотечных жилищных займов через систему жилищных строительных сбережений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z71" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Предоставление льготных ипотечных жилищных займов реализуется участникам через систему жилищных строительных сбережений, в зависимости от уровня доходов и даты постановки на учет нуждающихся в жилище.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z72" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Не менее семидесяти процентов от общего объема жилища по льготным ипотечным жилищным займам через систему жилищных строительных сбережений предоставляется:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z73" w:id="67"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z73" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Ветеранам Великой Отечественной войны,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z74" w:id="68"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z74" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) Ветеранам, приравненным по льготам к ветеранам Великой Отечественной войны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z75" w:id="69"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z75" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ветеранам боевых действий на территории других государств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z76" w:id="70"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z76" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) лицам с инвалидностью первой и второй групп;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z77" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) семьям, имеющим или воспитывающим детей с инвалидностью;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z78" w:id="72"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z78" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) вдовам (вдовцам);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z79" w:id="73"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z79" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) многодетным матерям, награжденным подвесками "Алтын алқа", "Күміс алқа" или получившим ранее звание "Мать-героиня", а также награжденным орденами "Материнская слава" I и II степени, многодетным семьям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z80" w:id="74"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z80" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) детям-сиротам, детям, оставшимся без попечения родителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z81" w:id="75"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z81" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Не менее двадцати процентов доли, от общего объема льготных ипотечных жилищных займов через систему жилищных строительных сбережений предоставляется детям-сиротам, детям, оставшимся без попечения родителей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z82" w:id="76"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z82" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Оставшаяся доля жилищ от общего объема жилища по льготным ипотечным жилищным займам через систему жилищных строительных сбережений предоставляется нуждающимся в жилище не относящимся к лицам, указанным в пункте 14 настоящих Правил. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z83" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Процесс распределения жилища и принятия решения по предоставлению жилища осуществляется автоматизированной информационной системой Отбасы банка автоматически с учетом требований пунктов 13, 14 и 15 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z84" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       17. Гражданами Республики Казахстан, кандасами, состоящими на учете нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем", допускается отказ от жилища, предлагаемого по льготным ипотечным жилищным займам по ставкам 2 % (два процента) и 5 % (пять процента) в пользу жилища по льготным ипотечным жилищным займам по ставкам 5 % (пять процента) и 7 % (семь процентов) при наличии свободного жилища. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z85" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Раздел 1. Льготный ипотечный жилищный заем по ставке 2 % (два процента)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z86" w:id="80"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z86" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18. Участниками льготного ипотечного жилищного займа по ставке 2 % (два процента) годовых являются граждане Республики Казахстан, кандасы, состоящие на учете нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем", определенные частью 3 пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, имеющие совокупный семейным доход от трудовой и (или) предпринимательской деятельности за последние 6 (шесть) месяцев не более 5 (пять) прожиточного минимума на каждого члена семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z87" w:id="81"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z87" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При исчислении совокупного дохода семьи (гражданина) учитываются доходы, полученные в Республике Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z88" w:id="82"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z88" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получаемые в виде оплаты труда, а именно: все виды заработной платы согласно системы оплаты труда, в том числе сдельная, повременная, а также премии, доплаты, надбавки, а также стимулирующие и компенсационные выплаты в денежной форме (независимо от источника финансирования, включая денежные суммы, выплачиваемые работникам в соответствии с трудовым законодательством Республики Казахстан, а также соглашениями, трудовыми, коллективными договорами и актами работодателя);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z89" w:id="83"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z89" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от предпринимательской деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z90" w:id="84"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z90" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. При предоставлении льготного ипотечного жилищного займа, в доход граждан Республики Казахстан, кандасов не включаются социальные выплаты, пенсионные выплаты, получаемые лицами, осуществляющими уход за детьми с инвалидностью, государственные стипендии в организациях образования, получаемые детьми-сиротами, детьми, оставшимися без попечения родителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z91" w:id="85"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z91" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Жилище распределяется по принципу первоочередности даты постановки на учет нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z92" w:id="86"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z92" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. При совпадении даты постановки на учет нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем" отбор осуществляется по дате и времени подачи заявления на предоставление льготных ипотечных жилищных займов через автоматизированную информационную систему Отбасы банка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z93" w:id="87"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z93" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Условия предоставления льготных ипотечных жилищных займов по ставке 2 % (два процента) годовых:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z94" w:id="88"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z94" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) срок кредитования – до 20 (двадцать) лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z95" w:id="89"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z95" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) первоначальный взнос - не менее 10 % (десять процентов) от суммы займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z96" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       23. Первоначальный взнос или его часть может покрываться жилищным сертификатом в соответствии с Правилами предоставления жилищных сертификатов, утвержденными настоящим Приказом или сертификатом экономической мобильности в соответствии с Правилами добровольного переселения лиц для повышения мобильности рабочей силы, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра труда и социальной защиты населения Республики Казахстан от 22 июня 2023 года № 234 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32880).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z97" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Раздел 2. Льготный ипотечный жилищный заем по ставке 5 % (пять процента)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z98" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Участниками льготного ипотечного жилищного займа по ставке 5 % (пять процентов) годовых являются граждане Республики Казахстан, кандасы, состоящие на учете нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем", имеющие совокупный семейным доход от трудовой и (или) предпринимательской деятельности за последние 6 (шесть) месяцев не более 6 (шесть) прожиточного минимума на каждого члена семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z99" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При исчислении совокупного дохода семьи (гражданина) учитываются доходы, полученные в Республике Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z100" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получаемые в виде оплаты труда, а именно: все виды заработной платы согласно системы оплаты труда, в том числе сдельная, повременная, а также премии, доплаты, надбавки, а также стимулирующие и компенсационные выплаты в денежной форме (независимо от источника финансирования, включая денежные суммы, выплачиваемые работникам в соответствии с трудовым законодательством Республики Казахстан, а также соглашениями, трудовыми, коллективными договорами и актами работодателя);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z101" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от предпринимательской деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z102" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. При предоставлении льготного ипотечного жилищного займа, в доход граждан Республики Казахстан, кандасов не включаются социальные выплаты, пенсионные выплаты, получаемые лицами, осуществляющими уход за детьми с инвалидностью, государственные стипендии в организациях образования, получаемые детьми-сиротами, детьми, оставшимися без попечения родителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z103" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Жилище распределяется по принципу первоочередности даты постановки на учет нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z104" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. При совпадении даты постановки на учет нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем" отбор осуществляется по дате и времени подачи заявления через автоматизированную информационную систему Отбасы банка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z105" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. Условия предоставления льготных ипотечных жилищных займов по ставке 5 % (пять процентов) годовых:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z106" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) срок кредитования – до 20 (двадцать) лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z107" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) первоначальный взнос - не менее 10 % (десять процентов) от суммы займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z108" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       29. Первоначальный взнос или его часть может покрываться жилищным сертификатом в соответствии с Правилами предоставления жилищных сертификатов, утвержденными настоящим Приказом или сертификатом экономической мобильности в соответствии с Правилами добровольного переселения лиц для повышения мобильности рабочей силы, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра труда и социальной защиты населения Республики Казахстан от 22 июня 2023 года № 234 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32880).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z109" w:id="103"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z109" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Раздел 3. Льготный ипотечный жилищный заем по ставке 7 % (семь процентов)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z110" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Участниками льготного ипотечного жилищного займа по ставке 7 % (семь процентов) годовых являются граждане Республики Казахстан, кандасы, состоящие на учете нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем", имеющие совокупный семейным доход от трудовой и (или) предпринимательской деятельности за последние 6 (шесть) месяцев более 5 (пять) прожиточного минимума на каждого члена семьи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z111" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При исчислении совокупного дохода семьи (гражданина) учитываются доходы, полученные в Республике Казахстан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z112" w:id="106"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z112" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получаемые в виде оплаты труда, а именно: все виды заработной платы согласно системы оплаты труда, в том числе сдельная, повременная, а также премии, доплаты, надбавки, а также стимулирующие и компенсационные выплаты в денежной форме (независимо от источника финансирования, включая денежные суммы, выплачиваемые работникам в соответствии с трудовым законодательством Республики Казахстан, а также соглашениями, трудовыми, коллективными договорами и актами работодателя);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z113" w:id="107"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z113" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       от предпринимательской деятельности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z114" w:id="108"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkStart w:name="z114" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. При предоставлении льготного ипотечного жилищного займа, в доход граждан Республики Казахстан, кандасов не включаются социальные выплаты, пенсионные выплаты, получаемые лицами, осуществляющими уход за детьми с инвалидностью, государственные стипендии в организациях образования, получаемые детьми-сиротами, детьми, оставшимися без попечения родителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z115" w:id="109"/>
+    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkStart w:name="z115" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Жилище распределяется по принципу первоочередности даты постановки на учет нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z116" w:id="110"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkStart w:name="z116" w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. При совпадении даты постановки на учет нуждающихся в жилище в единой республиканской электронной базе, электронной базе "Центр обеспечения жилищем" отбор осуществляется по дате и времени подачи заявления через автоматизированную информационную систему Отбасы банка.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z117" w:id="111"/>
+    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkStart w:name="z117" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Участники льготного ипотечного жилищного займа по ставке 7 % (семь процентов) самостоятельно выбирают жилище на первичном рынке, а также введенных в эксплуатацию в рамках реконструкции многоэтажных жилых домов и построенных индивидуальными предпринимателями введенных в эксплуатацию не позднее 2 (два) лет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z118" w:id="112"/>
+    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z118" w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Допускается приобретение вторичного жилья в моногородах, малых городах и сельских населенных, но не более 30 % (тридцать процентов) от общего объема выделенных средств в финансовом году.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z119" w:id="113"/>
+    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkStart w:name="z119" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       36. Условия предоставления льготных ипотечных жилищных займов по ставке 7 % (семь процентов) годовых:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z120" w:id="114"/>
+    <w:bookmarkEnd w:id="124"/>
+    <w:bookmarkStart w:name="z120" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) срок кредитования – до 20 (двадцать) лет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z121" w:id="115"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z121" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) первоначальный взнос - не менее 10 % (десять процентов) от суммы займа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z122" w:id="116"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z122" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       37. Первоначальный взнос или его часть может покрываться жилищным сертификатом в соответствии с Правилами предоставления жилищных сертификатов, утвержденными настоящим Приказом или сертификатом экономической мобильности в соответствии с Правилами добровольного переселения лиц для повышения мобильности рабочей силы, утвержденными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра - Министра труда и социальной защиты населения Республики Казахстан от 22 июня 2023 года № 234 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32880).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z123" w:id="117"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z123" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Параграф 3. Порядок предоставления жилищных сертификатов и оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z124" w:id="118"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z124" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       38. Для реализации права приобретения гражданами Республики Казахстан жилища в собственность с использованием ипотечного жилищного займа в рамках ипотечной программы, утвержденной Национальным Банком Республики Казахстан, или получения мер государственной поддержки, направленных на улучшение жилищных условий в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, местные исполнительные органы предоставляют жилищные сертификаты.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z125" w:id="119"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z125" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       39. Размер и перечень категорий получателей жилищных сертификатов определяются местными представительными органами (маслихатами) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 14-1) Закона (далее - Перечень).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z126" w:id="120"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z126" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       40. Государственная услуга "Выдача жилищных сертификатов" (далее – государственная услуга) оказывается на бесплатной основе физическим лицам (далее – услугополучатель) структурным подразделением местного исполнительного органа городов Астана, Алматы и Шымкента, городов областного значения и районов (далее – услугодатель).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z127" w:id="121"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z127" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       41. Жилищные сертификаты предоставляются услугополучателям на безвозмездной и безвозвратной основе, соответствующим </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3494,989 +4364,989 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, при приобретении жилья в рамках ипотечной программы, утвержденной Национальным Банком Республики Казахстан, или получения мер государственной поддержки, направленных на улучшение жилищных условий в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z128" w:id="122"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z128" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Не допускается получение услугополучателем более одного раза жилищного сертификата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z129" w:id="123"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z129" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       42. Жилищный сертификат предоставляется в случае:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z130" w:id="124"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z130" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) отсутствия доходов у услугополучателя и (или) постоянно совместно проживающих с ним членов его семьи (супруг (а), несовершеннолетних детей);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z131" w:id="125"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z131" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличия доходов у услугополучателя и (или) постоянно совместно проживающих с ним членов его семьи (супруг (а), несовершеннолетних детей) среднего дохода от трудовой и (или) предпринимательской деятельности (без учета пенсионных отчислений, индивидуального подоходного налога и иных обязательных отчислений) за последние 6 (шесть) месяцев, не превышающего на каждого члена семьи (супруг(а), несовершеннолетних детей, в том числе детей, обучающихся по очной форме обучения в организациях основного среднего, общего среднего образования, образовательные программы технического и профессионального, послесреднего, высшего и послевузовского образования, после достижения ими совершеннолетия до времени окончания организаций образования (но не более чем до достижения двадцатитрехлетнего возраста) 3,1 - кратного показателя прожиточного минимума в месяц, установленного законодательством на текущий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z132" w:id="126"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z132" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       43. При предоставлении жилищных сертификатов в доход услугополучателей не включаются социальные выплаты, пенсионные выплаты, получаемые лицами, осуществляющими уход за детьми с инвалидностью, государственные стипендии в организациях образования, получаемые детьми-сиротами, детьми, оставшимися без попечения родителей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z133" w:id="127"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z133" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       44. Услугодатель предусматривает на соответствующий финансовый год планируемую сумму выдачи жилищных сертификатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z134" w:id="128"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z134" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       45. Услугодатель обеспечивает публикацию на веб-портале:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z135" w:id="129"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z135" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) решения местного представительного органа (маслихата) о размере и перечне категорий получателей жилищных сертификатов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z136" w:id="130"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z136" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) объявления о предоставлении жилищных сертификатов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z137" w:id="131"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z137" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       46. В случае недостаточности в местном бюджете средств для предоставления жилищных сертификатов на веб-портале публикуется объявление о прекращении выдачи жилищных сертификатов. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z138" w:id="132"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z138" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       47. Перечень основных требований к оказанию государственной услуги "Выдача жилищных сертификатов" (далее – Перечень основных требований к оказанию государственной услуги) указан в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z139" w:id="133"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z139" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       48. Для получения государственной услуги услугополучатель подает через веб-портал "электронного правительства" заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам удостоверенное ЭЦП, с приложением документов, предусмотренными пунктом 8 Перечня основных требований к оказанию государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z140" w:id="134"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z140" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сведения документов, удостоверяющих личность услугополучателя и членов семьи (супруг (а), несовершеннолетних детей), их доходах, недвижимости, о заключении или расторжении брака (после 1 июня 2008 года), о смерти (после 13 августа 2007 года), о рождении детей (после 13 августа 2007 года), документов, подтверждающих принадлежность услугополучателя к социально-уязвимым слоям населения предоставляются услугодателю на всех членов семьи из соответствующих государственных информационных систем через шлюз (внешний шлюз) "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z141" w:id="135"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z141" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучатель дает согласие на использование сведений, составляющих охраняемую законом тайну, содержащихся в информационных системах, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z142" w:id="136"/>
+    <w:bookmarkEnd w:id="146"/>
+    <w:bookmarkStart w:name="z142" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае подачи документов, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги, после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, их прием и выдача результата оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z143" w:id="137"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z143" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       49. Услугодатель обеспечивает внесение данных в информационную систему мониторинга оказания государственных услуг о стадии оказания государственной услуги в порядке, установленном уполномоченным органом в сфере информатизации, в соответствии с подпунктом 11) пункта 2 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z144" w:id="138"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z144" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Информация о порядке оказания государственных услуг и внесенных изменениях и (или) дополнениях в подзаконные нормативные правовые акты, определяющие порядок оказания государственной услуги, направляется в Государственную корпорацию и Единый контакт-центра в течение трех рабочих дней с даты их утверждения или изменения, согласно подпункту 13) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных услугах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z145" w:id="139"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z145" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       50. Ответственный работник услугодателя посредством веб-портала:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z146" w:id="140"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z146" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в день поступления и регистрации в информационной системе документов от услугополучателя, указанных в пункте 8 Перечня основных требований к оказанию государственной услуги, проверяет их полноту, достоверность и соответствие статуса заявителя Перечню;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z147" w:id="141"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z147" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) в течение 2 (двух) рабочих дней производит расчет потребности финансовых средств и направляет в "Личный кабинет" услугополучателя на веб-портале уведомление с решением об одобрении выдачи жилищного сертификата по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам, с указанием вида, суммы или мотивированный отказ по основаниям, предусмотренным пунктом 9 Перечня основных требований к оказанию государственной услуги. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z148" w:id="142"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z148" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       51. При выявлении оснований для отказа в оказании государственной услуги в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК), услугодатель уведомляет услугополучателя о предварительном решении, об отказе в оказании государственной услуги, а также времени, дате и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z149" w:id="143"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z149" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z150" w:id="144"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z150" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам заслушивания услугополучателю в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя либо на бумажном носителе, в течение 1 (одного) рабочего дня направляется положительный результат либо мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z151" w:id="145"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z151" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Услугодатель вместе с положительным уведомлением направляет в "личный кабинет" услугополучателя на веб-портале соглашение о предоставлении жилищного сертификата (далее – Соглашение) в виде электронного документа, которое подписывается сторонами с ЭЦП в течение 3 (трех) рабочих дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z152" w:id="146"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z152" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В случае не подписания услугополучателем Соглашения в установленные сроки, услугодатель отказывает в заключении Соглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z153" w:id="147"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z153" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. В случае предоставления жилищного сертификата Услугодатель формирует на веб-портале счет к оплате, загружаемый в информационную систему "Казначейство-Клиент" для перечисления суммы жилищного сертификата на эскроу-счет/сберегательный счет услугополучателя не позднее 2 (двух) рабочего дня после дня заключения соглашения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z154" w:id="148"/>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z154" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Банк второго уровня (далее - БВУ) при поступлении суммы жилищного сертификата на эскроу-счет/сберегательный счет услугополучателя заключает с ним в соответствии с внутренним порядком договор банковского займа, ипотечный договор (договор залога).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z155" w:id="149"/>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z155" w:id="160"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. Услугополучатель в течение 5 (пяти) рабочих дней после оформления ипотечного жилищного займа с использованием жилищного сертификата предоставляет Услугодателю посредством веб-портала копию договора банковского займа и ипотечного договора (договора залога).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z156" w:id="150"/>
+    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkStart w:name="z156" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. В случае не оформления ипотечного жилищного займа в течение 15 (пятнадцати) рабочих дней со дня перечисления суммы жилищного сертификата на эскроу-счет/сберегательный счет, БВУ принявшее решение о предоставлении займа осуществляет возврат суммы в местный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z157" w:id="151"/>
+    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkStart w:name="z157" w:id="162"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       57. Жилищный сертификат, выданный для покрытия части первоначального взноса по ипотечному жилищному займу при приобретении жилья в рамках ипотечной программы, утвержденной Национальным Банком Республики Казахстан или получения мер государственной поддержки, направленных на улучшение жилищных условий в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> действует в пределах соответствующей территориальной единицы местного исполнительного органа, за исключением случаев приобретения жилья в пригородных зонах городов Астаны и Алматы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z158" w:id="152"/>
+    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkStart w:name="z158" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Раздел 1. Порядок обжалования решений, действий (бездействия) услугодателя по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z159" w:id="153"/>
+    <w:bookmarkEnd w:id="163"/>
+    <w:bookmarkStart w:name="z159" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. Рассмотрение жалобы по вопросам оказания государственных услуг производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z160" w:id="154"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z160" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z161" w:id="155"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z161" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z162" w:id="156"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z162" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет решение либо иное административное действие, полностью удовлетворяющие требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z163" w:id="157"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z163" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="157"/>
-    <w:bookmarkStart w:name="z164" w:id="158"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z164" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="158"/>
-    <w:bookmarkStart w:name="z165" w:id="159"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z165" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       59. Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке. В случае, если законом предусмотрена возможность обращения в суд без необходимости обжалования в вышестоящем органе, административный орган, должностное лицо, административный акт, административное действие (бездействие) которых оспариваются, наряду с отзывом представляют в суд мотивированную позицию руководителя вышестоящего административного органа, должностного лица, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkEnd w:id="170"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4763,80 +5633,80 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>идентификационный номер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z169" w:id="160"/>
+    <w:bookmarkStart w:name="z169" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление о согласии получения распределяемого жилища из коммунального</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>жилищного фонда или жилища, арендованного в частном жилищном фонде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="160"/>
+    <w:bookmarkEnd w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Я ______________________________________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5294,68 +6164,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>идентификационный номер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z174" w:id="161"/>
+    <w:bookmarkStart w:name="z174" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление об отказе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="161"/>
+    <w:bookmarkEnd w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Я _______________________________________________________________,</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -5717,68 +6587,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z178" w:id="162"/>
+    <w:bookmarkStart w:name="z178" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовой договор найма жилища</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Область, город ______________ "___" __________ 20___ год</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6025,88 +6895,88 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>местным исполнительным органом в частном жилищном фонде (далее - Договор)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>о следующем:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z180" w:id="163"/>
+    <w:bookmarkStart w:name="z180" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Предмет Договора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z181" w:id="164"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z181" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Наймодатель предоставляет Нанимателю и членам его семьи:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkEnd w:id="175"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -6704,387 +7574,387 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______ квадратных метров, характеристика которого приведена в акте</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приема-передачи жилища, являющемся неотъемлемой частью настоящего Договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z183" w:id="165"/>
+    <w:bookmarkStart w:name="z183" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок произведения расчетов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z184" w:id="166"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z184" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Плата за пользование жилищем составляет ____________________ тенге в месяц. Расчет размера платы осуществляется в соответствии с Методикой расчета размера платы за пользование жилищем из государственного жилищного фонда, утвержденной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Агентства Республики Казахстан по делам строительства и жилищно-коммунального хозяйства от 26 августа 2011 года № 306 (зарегистрированный в Реестре государственной регистрации нормативных правовых актов за № 7232).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z185" w:id="167"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z185" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Счета к оплате за пользование жилищем из государственного жилищного фонда или жилища, арендованного местным исполнительным органом в частном жилищном фонде, представляются Наймодателем Нанимателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z186" w:id="168"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z186" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Плата за пользование жилищем из государственного жилищного фонда или жилища, арендованного местным исполнительным органом в частном жилищном фонде, перечисляется нанимателем соответственно в республиканский или местный бюджет.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z187" w:id="169"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z187" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Оплата расходов на содержание общего имущества объекта кондоминиума производится Нанимателем по счетам органа управления объектом кондоминиума либо собственника жилого дома (здания).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z188" w:id="170"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z188" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Оплата коммунальных и иных услуг, оказываемых по индивидуальным договорам с Нанимателем, осуществляется непосредственно услугодателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z189" w:id="171"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z189" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Все расчеты по настоящему Договору производятся в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z190" w:id="172"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z190" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Наниматель вносит предоплату в полном объеме за первый месяц проживания в течение десяти календарных дней с момента заключения настоящего Договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z191" w:id="173"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z191" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) последующая оплата производится Нанимателем не позднее пятого числа месяца, следующего за расчетным периодом. При несоблюдении сроков оплаты начисляется пеня в размере 0,1 % от суммы оплаты за каждый день просрочки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z192" w:id="174"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z192" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. При отсутствии оплаты по настоящему Договору более одного месяца Наймодатель вправе обратиться в суд о принудительном взыскании оплаты с Нанимателя с возмещением всех судебных издержек.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z193" w:id="175"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z193" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. При ненадлежащем использовании Нанимателем жилища, инженерных сетей и мест общего пользования, повлекшим за собой ухудшение технических характеристик, неисправность, порчу, разрушение элементов жилища, жилого дома (жилого здания), Наймодателем составляется акт, с указанием размера стоимости ущерба, подлежащего возмещению Нанимателем. При согласии Нанимателя со стоимостью указанного размера ущерба акт подписывается Сторонами. При несогласии Нанимателя со стоимостью ущерба, подлежащего возмещению, взыскание производится в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z194" w:id="176"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z194" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Права Сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z195" w:id="177"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z195" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Наймодатель имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z196" w:id="178"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z196" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) проводить осмотры состояния конструкций технических устройств жилых и подсобных помещений предоставленного жилища по согласованию и в присутствии Нанимателя или совершеннолетнего члена семьи Нанимателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z197" w:id="179"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z197" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) расторгнуть настоящий Договор на основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О жилищных отношениях" (далее - Закон);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z198" w:id="180"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z198" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) выселить Нанимателя и членов его семьи без предоставления другого жилища по основаниям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7099,1099 +7969,1099 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z199" w:id="181"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z199" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) осуществлять контроль за своевременностью и полнотой перечисления платы за пользование жилищем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z200" w:id="182"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z200" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) осуществлять проверки целевого использования жилища.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z201" w:id="183"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z201" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Наниматель имеет право:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z202" w:id="184"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z202" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сохранить за собой право на пользование жилищем при отсутствии его и (или) членов его семьи сроком не более шести месяцев при условии письменного уведомления об этом Наймодателя и выполнения обязанностей по настоящему Договору;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z203" w:id="185"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z203" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) члены семьи Нанимателя, проживающие в жилище, при временном отсутствии Нанимателя вправе пользоваться жилищем на прежних условиях. При этом они осуществляют права и несут обязанности по настоящему Договору;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z204" w:id="186"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z204" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) требовать при необходимости от Наймодателя внепланового осмотра состояния предоставленного жилища, в том числе конструкций и технических устройств, с составлением акта обследования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z205" w:id="187"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z205" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) вносить плату за пользование жилищем авансом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z206" w:id="188"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z206" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Обязанности Сторон</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z207" w:id="189"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z207" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Наймодатель обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z208" w:id="190"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z208" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) предоставить Нанимателю жилище в течение пятнадцати календарных дней после подписания настоящего Договора Сторонами по акту приема-передачи в состоянии, отвечающем установленным техническим, санитарно-эпидемиологическим и другим обязательным требованиям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z209" w:id="191"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z209" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) производить капитальный ремонт жилища;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z210" w:id="192"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z210" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) ознакомить Нанимателя (по его требованию) с тарифами и расчетами на содержание жилища и оплату коммунальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z211" w:id="193"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z211" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) если жилище либо жилой дом (жилое здание) окажется в силу обстоятельств, не зависящих от Сторон, в состоянии, непригодном для использования по назначению, аварийном состоянии или подлежащим сносу, в течение трех месяцев со дня обнаружения данного обстоятельства заключить с Нанимателем Договор найма иного жилища, либо по желанию Нанимателя расторгнуть настоящий Договор;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z212" w:id="194"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z212" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) при возникновении аварий и форс-мажорных ситуаций незамедлительно принимать все необходимые меры по их устранению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z213" w:id="195"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z213" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) не препятствовать Нанимателю владеть и пользоваться жилищем в установленном настоящим Договором порядке;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z214" w:id="196"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z214" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) при изменении условий настоящего Договора или размера платы за пользование жилищем письменно уведомить об этом Нанимателя за тридцать календарных дней до очередного срока внесения платы за пользование жилищем;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z215" w:id="197"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z215" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) направить Нанимателю извещение о начислении пени и штрафов за просроченные платежи не позднее десяти календарных дней до очередного срока внесения платы за пользование жилищем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z216" w:id="198"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z216" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Наниматель обязан:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z217" w:id="199"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z217" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) использовать жилище по прямому назначению;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z218" w:id="200"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z218" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) содержать жилище в технически исправном и надлежащем санитарно-эпидемиологическом состоянии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z219" w:id="201"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z219" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) соблюдать правила пользования жилищем, местами общего пользования, правила содержания общего имущества объектов кондоминиума и придомовой территории, правила противопожарной и технической безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z220" w:id="202"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z220" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) своевременно сообщать Наймодателю о выявлении неисправности приборов учета воды, электроэнергии, систем электроснабжения, теплоснабжения, водоснабжения, водоотведения, других элементов предоставленного в найм жилища;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z221" w:id="203"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z221" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) не производить реконструкции, перепланировки, переоборудования жилища;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z222" w:id="204"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z222" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) не производить обмен занимаемого жилища (квартиры, комнаты) с другими нанимателями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z223" w:id="205"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z223" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) своевременно вносить плату за пользование жилищем и коммунальные услуги в установленных размерах, согласно условиям настоящего Договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z224" w:id="206"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z224" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) допускать в дневное время, а при чрезвычайных ситуациях также в ночное время, в занимаемое жилище работников Наймодателя и представителей аварийных служб для проведения осмотра и ремонта элементов жилища;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z225" w:id="207"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z225" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) возмещать Наймодателю убытки, связанные с повреждением жилища, мест общего пользования, жилого дома (жилого здания) и их оборудования, произошедшего по вине Нанимателя или членов его семьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z226" w:id="208"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z226" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) не передавать свои права по настоящему Договору в залог;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z227" w:id="209"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z227" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) при расторжении или истечении срока настоящего Договора обеспечить возврат жилища в течение десяти календарных дней Наймодателю по акту сдачи жилища, подписанному Сторонами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z228" w:id="210"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z228" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Основания, последствия и порядок прекращения Договора</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z229" w:id="211"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z229" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Настоящий Договор может быть расторгнут, прекращен по инициативе одной из Сторон в любое время с письменным предупреждением другой Стороны не менее чем за тридцать календарных дней.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z230" w:id="212"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z230" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Настоящий Договор прекращает свое действие при:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z231" w:id="213"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z231" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) истечении срока настоящего Договора;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z232" w:id="214"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z232" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) досрочном прекращения действия настоящего Договора в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z233" w:id="215"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z233" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) выезде Нанимателя и членов его семьи на постоянное жительство в другое место.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z234" w:id="216"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z234" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       14. При прекращении действия настоящего Договора Наниматель и члены его семьи подлежат выселению без предоставления другого жилища, за исключением основания, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 103 Закона.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z235" w:id="217"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z235" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При прекращении действий настоящего Договора по основаниям </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона, Наниматель и члены его семьи подлежат выселению с предоставлением другого жилища.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z236" w:id="218"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z236" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Произведенные Нанимателем за счет собственных средств ремонт или другие улучшения жилища, неотделимые без вреда для его конструкций, передаются Наймодателю вместе с жилищем и не подлежат возмещению со стороны Наймодателя.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z237" w:id="219"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z237" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. При прекращении, расторжении настоящего Договора, в присутствии Сторон составляется акт сдачи жилища Нанимателем Наймодателю.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z238" w:id="220"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z238" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 6. Сроки и порядок приема-передачи, сдачи жилища</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z239" w:id="221"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z239" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Наймодатель передает Нанимателю жилище по акту приема-передачи в течение пятнадцати календарных дней после подписания настоящего Договора.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z240" w:id="222"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z240" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Наниматель передает жилище Наймодателю в течение десяти календарных дней с момента истечения сроков прекращения, расторжения настоящего Договора по акту сдачи жилища, подписанному Сторонами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z241" w:id="223"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z241" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Акт приема-передачи жилища и акт сдачи жилища являются неотъемлемой частью настоящего Договора, где фиксируется санитарно-эпидемиологическое, техническое состояние жилища и другие его характеристики, на момент подписания соответствующего акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z242" w:id="224"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z242" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 7. Порядок рассмотрения споров</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z243" w:id="225"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z243" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Споры между Сторонами, которые могут возникнуть из настоящего Договора или в связи с ним, разрешаются путем переговоров, а при недостижении согласия - в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z244" w:id="226"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z244" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 8. Заключительные положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z245" w:id="227"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z245" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       21. Настоящий Договор составлен в трех экземплярах на государственном и русском языках, имеющих одинаковую юридическую силу. Один экземпляр настоящего Договора хранится в администрации государственного учреждения (государственного предприятия), второй передается местному исполнительному органу для регистрации в реестре государственного имущества и который хранится как документ строгой отчетности, третий выдается Нанимателю и является единственным документом, предоставляющим право на вселение в жилище.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z246" w:id="228"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z246" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       22. Все изменения и дополнения к настоящему Договору действительны, если они изложены в письменной форме и подписаны Сторонами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z247" w:id="229"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z247" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Настоящий Договор вступает в силу с "___" _________ 20___ года и действует до "___" ___________ 20__ года.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z248" w:id="230"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z248" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 9. Адреса и реквизиты стороны</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8472,64 +9342,64 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>наличии), подпись)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z249" w:id="231"/>
+      <w:bookmarkStart w:name="z249" w:id="242"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С условиями настоящего Договора ознакомлены:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>члены семьи Нанимателя:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
@@ -8933,50 +9803,741 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Приложение 3-1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам реализации мер</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственной поддержки,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>направленных на улучшение</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жилищных условий</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от гражданина (ки) ___________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(при его наличии),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>индивидуальный</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>идентификационный номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z289" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявление</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Параграф 1 дополнен пунктом 12-6 в соответствии с приказом Министра промышленности и строительства РК от 21.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 501</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z290" w:id="244"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Заявление на изменение Договора найма жилища из коммунального жилищного</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фонда или жилища, арендованного местным исполнительным органом в частном</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жилищном фонде</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Я, ___________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Фамилия, Имя, Отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Прошу рассмотреть возможность внесения изменений в Договор найма жилища</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>из коммунального жилищного фонда или жилища, арендованного местным</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>исполнительным органом в частном жилищном фонде (далее – Договор найма)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "____" ___________ 20__ года № ____________ в связи с</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(указывается причина внесения изменения в Договор найма)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1.____________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. ___________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Согласие выражают все совершеннолетние члены семьи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Я, __________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Фамилия, Имя, Отчество (при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>согласен (на) на внесение изменений в Договор найма</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>от "____" ___________ 20__ года № __________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласен (-на) на использование сведений, составляющих охраняемую законом тайну,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"__" __________ 20__ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>Приложение 4</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к Правилам реализации мер</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -10861,68 +12422,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>проживающего по адресу</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z254" w:id="232"/>
+    <w:bookmarkStart w:name="z254" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу Вас предоставить жилищный сертификат для реализации права</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -11934,642 +13495,642 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 мая 2025 года № 187</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z261" w:id="233"/>
+    <w:bookmarkStart w:name="z261" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z262" w:id="234"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z262" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Председателя Агентства Республики Казахстан по делам строительства и жилищно-коммунального хозяйства от 26 августа 2011 года № 304 "Об утверждении Методики пропорционального распределения жилищ из государственного жилищного фонда или жилищ, арендованных местным исполнительным органом в частном жилищном фонде" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 7163).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z263" w:id="235"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z263" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 30 апреля 2019 года № 258 "О внесении дополнения в приказ Председателя Агентства Республики Казахстан по делам строительства и жилищно-коммунального хозяйства от 26 августа 2011 года № 304 "Об утверждении Методики пропорционального распределения жилищ из государственного жилищного фонда или жилищ, арендованных местным исполнительным органом в частном жилищном фонде" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 18619).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z264" w:id="236"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z264" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 20 июня 2019 года № 417 "Об утверждении правил предоставления жилищных сертификатов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 18883).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z265" w:id="237"/>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z265" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 31 июля 2019 года № 587 "О внесении изменения в приказ Председателя Агентства Республики Казахстан по делам строительства и жилищно-коммунального хозяйства от 26 августа 2011 года № 304 "Об утверждении Методики пропорционального распределения жилищ из государственного жилищного фонда или жилищ, арендованных местным исполнительным органом в частном жилищном фонде" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 19136).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z266" w:id="238"/>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z266" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 29 апреля 2020 года № 252 "О внесении изменений в приказ Министра индустрии и инфраструктурного развития Республики Казахстан от 20 июня 2019 года № 417 "Об утверждении правил предоставления жилищных сертификатов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 20562).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z267" w:id="239"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z267" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра индустрии и инфраструктурного развития Республики Казахстан от 27 марта 2021 года № 138 "О внесении изменений в приказ Министра индустрии и инфраструктурного развития Республики Казахстан от 20 июня 2019 года № 417 "Об утверждении Правил предоставления жилищных сертификатов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 22423).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z268" w:id="240"/>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z268" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра индустрии и инфраструктурного развития Республики Казахстан от 26 ноября 2021 года № 619 "О внесении изменений в приказ Министра индустрии и инфраструктурного развития Республики Казахстан от 20 июня 2019 года № 417 "Об утверждении Правил предоставления жилищных сертификатов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 25551).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z269" w:id="241"/>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z269" w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра промышленности и строительства Республики Казахстан от 5 декабря 2023 года № 106 "Об утверждении Правил предоставления и пользования жилищем из государственного жилищного фонда или жилищем, арендованным местным исполнительным органом в частном жилищном фонде" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 33748).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z270" w:id="242"/>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z270" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приказа Министра промышленности и строительства Республики Казахстан от 26 марта 2024 года № 109 "О внесении изменений в некоторые приказы Министра национальной экономики Республики Казахстан и Министерства индустрии и инфраструктурного развития Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 34194).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z271" w:id="243"/>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z271" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра промышленности и строительства Республики Казахстан от 3 мая 2024 года № 161 "О внесении изменений и дополнений в приказ исполняющего обязанности министра промышленности и строительства Республики Казахстан от 5 декабря 2023 года № 106 "Об утверждении Правил предоставления и пользования жилищем из государственного жилищного фонда или жилищем, арендованным местным исполнительным органом в частном жилищном фонде" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 34338).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z272" w:id="244"/>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z272" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> приказа исполняющего обязанности Министра промышленности и строительства Республики Казахстан от 9 сентября 2024 года № 319 "О внесении изменений в некоторые приказы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 35047).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z273" w:id="245"/>
+    <w:bookmarkEnd w:id="257"/>
+    <w:bookmarkStart w:name="z273" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра промышленности и строительства Республики Казахстан от 9 сентября 2024 года № 320 "О внесении изменения в приказ Министра индустрии и инфраструктурного развития Республики Казахстан от 20 июня 2019 года № 417 "Об утверждении правил предоставления жилищных сертификатов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 35046).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z274" w:id="246"/>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z274" w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра промышленности и строительства Республики Казахстан от 8 октября 2024 года № 350 "О внесении дополнения в приказ исполняющего обязанности министра промышленности и строительства Республики Казахстан от 5 декабря 2023 года № 106 "Об утверждении Правил предоставления и пользования жилищем из государственного жилищного фонда или жилищем, арендованным местным исполнительным органом в частном жилищном фонде" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 35235).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -12895,31 +14456,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>