--- v0 (2025-10-01)
+++ v1 (2026-03-13)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1073b8f" w14:textId="1073b8f">
+    <w:p w14:paraId="d76e0c9" w14:textId="d76e0c9">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,147 +85,225 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в постановление Правления Национального Банка Республики Казахстан от 27 декабря 2019 года № 258 "Об установлении перечня, форм, сроков и Правил представления отчетности о выполнении пруденциальных нормативов банковскими конгломератами"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Постановление Правления Национального Банка Республики Казахстан от 17 апреля 2025 года № 22. Зарегистрировано в Министерстве юстиции Республики Казахстан 29 апреля 2025 года № 36036</w:t>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...59 lines deleted...]
-</w:t>
+        <w:t>Постановление Правления Национального Банка Республики Казахстан от 17 апреля 2025 года № 22. Зарегистрировано в Министерстве юстиции Республики Казахстан 29 апреля 2025 года № 36036. Утратило силу постановлением Правления Национального Банка Республики Казахстан от 24 декабря 2025 года № 100.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z1592" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу постановлением Правления Национального Банка РК от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 100</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Правление Национального Банка Республики Казахстан ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z5" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановление</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 27 декабря 2019 года № 258 "Об установлении перечня, форм, сроков и Правил представления отчетности о выполнении пруденциальных нормативов банковскими конгломератами" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 19834) следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложение 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -612,170 +692,170 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в редакции согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z12" w:id="2"/>
+    <w:bookmarkStart w:name="z12" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департаменту статистики финансового рынка Национального Банка Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z13" w:id="3"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) совместно с Юридическим департаментом Национального Банка Республики Казахстан государственную регистрацию настоящего постановления в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z14" w:id="4"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего постановления на официальном интернет-ресурсе Национального Банка Республики Казахстан после его официального опубликования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z15" w:id="5"/>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в течение десяти рабочих дней после государственной регистрации настоящего постановления представление в Юридический департамент Национального Банка Республики Казахстан сведений об исполнении мероприятия, предусмотренного подпунктом 2) настоящего пункта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего постановления возложить на курирующего заместителя Председателя Национального Банка Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z17" w:id="7"/>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -941,64 +1021,64 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Е. Жамаубаев</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z19" w:id="8"/>
+      <w:bookmarkStart w:name="z19" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СОГЛАСОВАНО</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Агентство Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1012,64 +1092,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>финансового рынка</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z20" w:id="9"/>
+      <w:bookmarkStart w:name="z20" w:id="10"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       СОГЛАСОВАНО</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Бюро национальной статистики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1463,897 +1543,305 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенная для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z24" w:id="10"/>
+    <w:bookmarkStart w:name="z24" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в Национальный Банк Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z25" w:id="11"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z25" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.nationalbank.kz</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z26" w:id="12"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z26" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование административной формы: отчет о выполнении пруденциальных нормативов банковским конгломератом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z27" w:id="13"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z27" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: 1-BK_Prud_norm</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z28" w:id="14"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z28" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежеквартальная, ежегодная</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z29" w:id="15"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: по состоянию на "____" "________________" 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z30" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z30" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: банковский холдинг или банк второго уровня, имеющий дочернюю организацию, но не имеющий банковского холдинга</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z31" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z31" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z32" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z32" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежеквартально (за исключением четвертого квартала) не позднее 70 (семидесяти) календарных дней, следующих за отчетным кварталом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z33" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z33" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежегодно не позднее 31 (тридцать первого) мая (включительно) года, следующего за отчетным годом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z34" w:id="20"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z34" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес - идентификационный номер: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z35" w:id="21"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z35" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метод сбора: в электронном виде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z36" w:id="22"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z36" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица 1. Расчет уставного капитала банковского конгломерата</w:t>
-      </w:r>
-[...590 lines deleted...]
-        <w:t xml:space="preserve"> Таблица 2. Расчет коэффициента достаточности собственного капитала банковского конгломерата</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -2405,104 +1893,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Наименование показателя</w:t>
+Наименование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма</w:t>
-[...16 lines deleted...]
-              <w:t>(в тысячах тенге)</w:t>
+Сумма (в тысячах тенге)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -2648,1692 +2119,2301 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Собственный капитал банковского холдинга (при наличии) или банка за вычетом инвестиций</w:t>
+Уставный капитал банковского конгломерата, в том числе:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.1</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Собственный капитал банковского холдинга (при наличии) или банка, рассчитанный на консолидированной основе </w:t>
+              <w:t>
+уставный (оплаченный) капитал</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.2</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Инвестиции, представляющие собой вложения в уставный капитал юридических лиц, не являющихся банками и/или банками-нерезидентами</w:t>
+выкупленные акции (изъятый капитал)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...1365 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z38" w:id="24"/>
+    <w:bookmarkStart w:name="z37" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Таблица 3. Расчет максимального размера риска на одного заемщика</w:t>
+        <w:t xml:space="preserve"> Таблица 2. Расчет коэффициента достаточности собственного капитала банковского конгломерата</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование показателя</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(в тысячах тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Собственный капитал банковского холдинга (при наличии) или банка за вычетом инвестиций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Собственный капитал банковского холдинга (при наличии) или банка, рассчитанный на консолидированной основе </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Инвестиции, представляющие собой вложения в уставный капитал юридических лиц, не являющихся банками и/или банками-нерезидентами</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование юридического лица 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2.n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование юридического лица n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма активов, условных и возможных обязательств участников банковского конгломерата, являющихся банками, взвешенных по степени риска</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ X </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование юридического лица 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование юридического лица n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Размер участия банковского холдинга в уставном капитале участников банковского конгломерата, являющихся ассоциированными (зависимыми) банками</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+X</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование юридического лица 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование юридического лица n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент достаточности собственного капитала для банков</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+ X </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование юридического лица 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4.n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование юридического лица n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коэффициент достаточности собственного капитала банковского конгломерата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+-</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z38" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Таблица 3. Расчет максимального размера риска на одного заемщика</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -7541,64 +7621,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z39" w:id="25"/>
+      <w:bookmarkStart w:name="z39" w:id="26"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование _____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7920,125 +8000,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нормативов банковским</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>конгломератом"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="26"/>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z42" w:id="27"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z42" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет о выполнении пруденциальных нормативов банковским конгломератом (индекс - 1-BK_Prud_norm, периодичность - ежеквартальная, ежегодная)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z43" w:id="28"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z43" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z44" w:id="29"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z44" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе, "Отчет о выполнении пруденциальных нормативов банковским конгломератом" (далее - Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z45" w:id="30"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z45" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии c </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -8073,289 +8153,289 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 42 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z46" w:id="31"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z46" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма заполняется банковским холдингом или банком, имеющим дочернюю организацию, но не имеющим банковского холдинга, за исключением нерезидентов Республики Казахстан, представляется ежеквартально (за исключением четвертого квартала) не позднее 70 (семидесяти) календарных дней, следующих за отчетным кварталом и ежегодно не позднее 31 (тридцать первого) мая (включительно) года, следующего за отчетным годом. Данные в Форме заполняются в тысячах тенге. Сумма менее 500 (пятисот) тенге округляется до 0 (нуля), а сумма, равная 500 (пятистам) тенге и выше, округляется до 1000 (тысячи) тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z47" w:id="32"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z47" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Форму подписывает руководитель или лицо, на которое возложена функция по подписанию отчета, и исполнитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z48" w:id="33"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z48" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Термины и определения, используемые в Форме, применяются в том значении, в котором они используются в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 26 декабря 2016 года № 309 "Об установлении нормативных значений и методики расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов, размера капитала банковского конгломерата" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 14790). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z49" w:id="34"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z49" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z50" w:id="35"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z50" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Строка 1 Таблицы 1 равна строке 2 Таблицы 1 за вычетом строки 3 Таблицы 1.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z51" w:id="36"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z51" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Сумма по выкупленным акциям (изъятому капиталу) указывается в абсолютном значении и со знаком плюс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z52" w:id="37"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z52" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Строка 1 Таблицы 2 равна строке 1.1 Таблицы 2 за вычетом строки 1.2 Таблицы 2.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z53" w:id="38"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z53" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сумма инвестиций, представляющих собой вложения в уставный капитал юридических лиц, не являющихся банками и/или банками-нерезидентами по строке 1.2 указывается за вычетом резервов (провизий), сформированных в соответствии с международными стандартами финансовой отчетности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z54" w:id="39"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z54" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Коэффициент достаточности собственного капитала банковского конгломерата и участника банковского конгломерата выражается числом с двумя знаками после запятой. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z55" w:id="40"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z55" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Таблицы 1, 2 и 3 заполняются в соответствии с Нормативными значениями и методикой расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов, размером капитала банковского конгломерата, установленными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 26 декабря 2016 года № 309 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 14790).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8668,308 +8748,308 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенная для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="41"/>
+    <w:bookmarkStart w:name="z59" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в Национальный Банк Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z60" w:id="42"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z60" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.nationalbank.kz </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z61" w:id="43"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z61" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование административной формы: отчет о расшифровке активов, условных и возможных требований и обязательств участников банковского конгломерата, взвешенных по степени риска вложений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z62" w:id="44"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z62" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: 2-BK_RA</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z63" w:id="45"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z63" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежеквартальная, ежегодная</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z64" w:id="46"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z64" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: по состоянию на "____" "________________" 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z65" w:id="47"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z65" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: банковский холдинг или банк второго уровня, имеющий дочернюю организацию, но не имеющий банковского холдинга</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z66" w:id="48"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z66" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z67" w:id="49"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z67" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежеквартально (за исключением четвертого квартала) не позднее 60 (шестидесяти) календарных дней, следующих за отчетным кварталом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z68" w:id="50"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z68" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежегодно не позднее 31 (тридцать первого) мая (включительно) года, следующего за отчетным годом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z69" w:id="51"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z69" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес - идентификационный номер: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z70" w:id="52"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метод сбора: в электронном виде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z71" w:id="53"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z71" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица 1. Активы, условные и возможные обязательства участников банковского конгломерата, являющихся банками, взвешенные по степени кредитного риска вложений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18216,68 +18296,68 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица 2. Активы, условные и возможные требования и обязательства, взвешенные с учетом рыночного и операционного рисков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -19339,64 +19419,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z74" w:id="55"/>
+      <w:bookmarkStart w:name="z74" w:id="56"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -19512,64 +19592,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата "______" ______________ 20__ года</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z75" w:id="56"/>
+      <w:bookmarkStart w:name="z75" w:id="57"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: форма заполняется в соответствии с пояснением по заполнению формы,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>предназначенной для сбора административных данных на безвозмездной основе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -19777,149 +19857,149 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>конгломерата, взвешенных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по степени риска вложений"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z77" w:id="57"/>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z78" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет о расшифровке активов, условных и возможных требований и обязательств</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>участников банковского конгломерата, взвешенных по степени риска вложений</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(индекс - 2-BK_RA, периодичность - ежеквартальная, ежегодная)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z79" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z80" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе административных данных "Отчет о расшифровке активов, условных и возможных требований и обязательств участников банковского конгломерата, взвешенных по степени риска вложений" (далее - Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z81" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии c </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -19934,309 +20014,309 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части второй статьи 15 Закона Республики Казахстан "О Национальном Банке Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 42 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" и подпунктом 2) пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z82" w:id="62"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма заполняется банковским холдингом или банком, имеющим дочернюю организацию, но не имеющим банковского холдинга, за исключением нерезидентов Республики Казахстан, представляется ежеквартально (за исключением четвертого квартала) не позднее 60 (шестидесяти) календарных дней, следующих за отчетным кварталом и ежегодно не позднее 31 (тридцать первого) мая (включительно) года, следующего за отчетным годом. Данные в Форме заполняются в тысячах тенге. Сумма менее 500 (пятисот) тенге округляется до 0 (нуля), а сумма, равная 500 (пятистам) тенге и выше, округляется до 1000 (тысячи) тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z83" w:id="63"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Форму подписывает руководитель или лицо, на которое возложена функция по подписанию отчета, и исполнитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z84" w:id="64"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Термины и определения, используемые в Форме, применяются в том значении, в котором они используются в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 26 декабря 2016 года № 309 "Об установлении нормативных значений и методики расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов, размера капитала банковского конгломерата" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 14790). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z85" w:id="65"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z85" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z86" w:id="66"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Графа 4 Таблицы 1 и графа 3 Таблицы 2 подразделяются на подграфы, соответствующие количеству участников банковского конгломерата, являющихся банками, в которых указывается их наименование.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z87" w:id="67"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование участников банковского конгломерата указывается в графах "Участник n".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z88" w:id="68"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Инвестиции, вычитаемые из расчета собственного капитала банковского конгломерата, не подлежат отражению и взвешиванию по степени кредитного риска в Таблице 1.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z89" w:id="69"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z89" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. По строкам II и III Таблицы 1 осуществляется элиминирование активов, условных и возможных обязательств, взвешиваемых по степени кредитного риска вложений между участниками банковского конгломерата, по каждому участнику, а затем их взвешивание.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z90" w:id="70"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z90" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Суммы в графах 5 и 6 по строкам II, III и IV Таблицы 1 указываются справочно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z91" w:id="71"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z91" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Условные и возможные обязательства, в том числе по производным финансовым инструментам, взвешиваются по степени кредитного риска вложений в соответствии с Нормативными значениями и методиками расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов, размером капитала банка, установленными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 13 сентября 2017 года № 170, (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 15886).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z92" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z92" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Ячейки, отмеченные символом "X", не заполняются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20536,290 +20616,290 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенная для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z96" w:id="73"/>
+    <w:bookmarkStart w:name="z96" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в Национальный Банк Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z97" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z97" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.nationalbank.kz </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z98" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z98" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование административной формы: отчет по сбору сведений по инвестициям, представляющим собой вложения в уставный капитал юридических лиц, субординированный долг юридических лиц, а также иным вложениям в собственный капитал юридических лиц участников банковского конгломерата, осуществленным в течение отчетного периода, а также действующим по состоянию на отчетную дату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z99" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z99" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: 3-BK_ IKDU</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z100" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z100" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежеквартальная, ежегодная</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z101" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z101" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: по состоянию на "____" "________________" 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z102" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z102" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: банковский холдинг или банк второго уровня, имеющий дочернюю организацию, но не имеющий банковского холдинга</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z103" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z103" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z104" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z104" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежеквартально (за исключением четвертого квартала) не позднее 60 (шестидесяти) календарных дней, следующих за отчетным кварталом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z105" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z105" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежегодно не позднее 31 (тридцать первого) мая (включительно) года, следующего за отчетным годом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z106" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z106" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес - идентификационный номер: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z107" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z107" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метод сбора: в электронном виде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -23572,70 +23652,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="85"/>
+    <w:bookmarkStart w:name="z109" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -24414,64 +24494,64 @@
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z110" w:id="86"/>
+      <w:bookmarkStart w:name="z110" w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -24581,70 +24661,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата "______" ______________ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="87"/>
+    <w:bookmarkStart w:name="z111" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: форма заполняется в соответствии с пояснением по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет по сбору сведений по инвестициям, представляющим собой вложения в уставный капитал юридических лиц, субординированный долг юридических лиц, а также иным вложениям в собственный капитал юридических лиц участников банковского конгломерата, осуществленным в течение отчетного периода, а также действующим по состоянию на отчетную дату"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -24892,69 +24972,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>а также действующим</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по состоянию на отчетную дату"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z113" w:id="88"/>
+    <w:bookmarkStart w:name="z113" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z114" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z114" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет по сбору сведений по инвестициям, представляющим собой вложения</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -24987,90 +25067,90 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>а также действующим по состоянию на отчетную дату</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(индекс - 3-BK_ IKDU, периодичность - ежеквартальная, ежегодная)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z115" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z115" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z116" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z116" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет по сбору сведений по инвестициям, представляющим собой вложения в уставный капитал юридических лиц, субординированный долг юридических лиц, а также иным вложениям в собственный капитал юридических лиц участников банковского конгломерата, осуществленным в течение отчетного периода, а также действующим по состоянию на отчетную дату" (далее - Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z117" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z117" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии c </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -25105,269 +25185,269 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 42 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z118" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z118" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма заполняется банковским холдингом или банком, имеющим дочернюю организацию, но не имеющим банковского холдинга, за исключением нерезидентов Республики Казахстан, представляется ежеквартально (за исключением четвертого квартала) не позднее 60 (шестидесяти) календарных дней, следующих за отчетным кварталом и ежегодно не позднее 31 (тридцать первого) мая (включительно) года, следующего за отчетным годом. Данные в Форме заполняются в тысячах тенге. Сумма менее 500 (пятисот) тенге округляется до 0 (нуля), а сумма, равная 500 (пятистам) тенге и выше, округляется до 1000 (тысячи) тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z119" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z119" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4 Форму подписывает руководитель или лицо, на которое возложена функция по подписанию отчета, и исполнитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z120" w:id="95"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z120" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Термины и определения, используемые в Форме, применяются в том значении, в котором они используются в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 26 декабря 2016 года № 309 "Об установлении нормативных значений и методики расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов, размера капитала банковского конгломерата" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 14790). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z121" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z121" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z122" w:id="97"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z122" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В Форме указываются сведения по инвестициям, представляющим собой вложения в уставный капитал юридических лиц, субординированный долг юридических лиц, а также иным вложениям в собственный капитал юридических лиц каждого участника банковского конгломерата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z123" w:id="98"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z123" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графе 4 указывается покупная стоимость акций на дату приобретения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z124" w:id="99"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z124" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Сумма резервов (провизий) указывается в абсолютном значении и со знаком плюс.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z125" w:id="100"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z125" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Строка "Всего" равна сумме строк "Итого по участнику банковского конгломерата 1" и "Итого по участнику банковского конгломерата n".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z126" w:id="101"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z126" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Символ n - количество участников банковского конгломерата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z127" w:id="102"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z127" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Если участник банковского конгломерата, являющийся финансовой организацией, ранее представил в Национальный Банк Республики Казахстан сведения об инвестициях, представляющих собой вложения в уставный капитал юридических лиц за отчетный период, то в Форме подлежат заполнению строка "Наименование участника банковского конгломерата 1" или "Наименование участника банковского конгломерата n" и графы 4, 5, 6, 7, 8, 13, 14, 15 и 16 по строке "Итого по участнику банковского конгломерата 1" или "Итого по участнику банковского конгломерата n".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="103"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -25680,2205 +25760,931 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенная для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z131" w:id="103"/>
+    <w:bookmarkStart w:name="z131" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в Национальный Банк Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z132" w:id="104"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z132" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.nationalbank.kz </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z133" w:id="105"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z133" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование административной формы: отчет о структуре портфеля ценных бумаг участников банковского конгломерата по состоянию на отчетную дату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z134" w:id="106"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z134" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: 4-BK_SSP</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z135" w:id="107"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z135" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежеквартальная, ежегодная</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z136" w:id="108"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z136" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: по состоянию на "____" "________________" 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z137" w:id="109"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z137" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: банковский холдинг или банк второго уровня, имеющий дочернюю организацию, но не имеющий банковского холдинга</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z138" w:id="110"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z138" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z139" w:id="111"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z139" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежеквартально (за исключением четвертого квартала) не позднее 60 (шестидесяти) календарных дней, следующих за отчетным кварталом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z140" w:id="112"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z140" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежегодно не позднее 31 (тридцать первого) мая (включительно) года, следующего за отчетным годом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z141" w:id="113"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z141" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес - идентификационный номер: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z142" w:id="114"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z142" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метод сбора: в электронном виде</w:t>
-      </w:r>
-[...1335 lines deleted...]
-      продолжение таблицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество ценных бумаг (штук)</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Номинальная стоимость (покупная стоимость) ценной бумаги</w:t>
+Наименование эмитента</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Код валюты ценной бумаги</w:t>
+Наименование страны эмитента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование ценной бумаги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Международный идентификационный код ценной бумаги (код ISIN)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Всего</w:t>
-[...6 lines deleted...]
-            <w:gridSpan w:val="2"/>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-в том числе ценные бумаги с обременением</w:t>
-[...27 lines deleted...]
-          <w:p/>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:vMerge/>
-[...11 lines deleted...]
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-всего</w:t>
-[...63 lines deleted...]
-          <w:p/>
+Наименование участника банковского конгломерата 1</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+n.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -27936,573 +26742,1185 @@
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого по участнику банковского конгломерата 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование участника банковского конгломерата n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+n.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Итого по участнику банковского конгломерата n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z144" w:id="116"/>
+    <w:bookmarkStart w:name="z143" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ценные бумаги, учитываемые по справедливой стоимости через прочий совокупный доход</w:t>
+Количество ценных бумаг (штук)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номинальная стоимость (покупная стоимость) ценной бумаги</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код валюты ценной бумаги</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балансовая стоимость (нетто) в тысячах тенге</w:t>
-[...1 lines deleted...]
-          </w:p>
+в том числе ценные бумаги с обременением</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Стоимость приобретения</w:t>
+всего</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дисконт, премия</w:t>
-[...109 lines deleted...]
-          </w:p>
+в том числе ценные бумаги, являющиеся предметом операций репо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-13</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-14</w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-15</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -28629,627 +28047,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="117"/>
+    <w:bookmarkStart w:name="z144" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:tbl>
-[...555 lines deleted...]
-    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -29265,130 +28126,93 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Ценные бумаги, учитываемые по амортизированной стоимости</w:t>
+Ценные бумаги, учитываемые по справедливой стоимости через прочий совокупный доход</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="4"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балансовая стоимость (нетто), в тысячах тенге</w:t>
-[...36 lines deleted...]
-Дисконтированная стоимость будущих денежных потоков</w:t>
+Балансовая стоимость (нетто) в тысячах тенге</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29493,249 +28317,272 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+Положительная (отрицательная) корректировка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 Размер резервов (провизий)</w:t>
             </w:r>
           </w:p>
-        </w:tc>
-[...11 lines deleted...]
-          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-20</w:t>
+11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-21</w:t>
+12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-22</w:t>
+13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-23</w:t>
+14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-24</w:t>
+15</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -29862,567 +28709,1800 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="119"/>
+    <w:bookmarkStart w:name="z145" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ценные бумаги, учитываемые по справедливой стоимости через прибыль или убыток</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балансовая стоимость (нетто), в тысячах тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Стоимость приобретения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дисконт, премия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начисленное вознаграждение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Положительная (отрицательная) корректировка</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z146" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Балансовая стоимость (нетто) по ценным бумагам с обременением, в тысячах тенге</w:t>
-[...110 lines deleted...]
-Наименование международной фондовой биржи</w:t>
+Ценные бумаги, учитываемые по амортизированной стоимости</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балансовая стоимость (нетто), в тысячах тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Всего</w:t>
-[...76 lines deleted...]
-          <w:p/>
+Дисконтированная стоимость будущих денежных потоков</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-25</w:t>
+Стоимость приобретения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-26</w:t>
+Дисконт, премия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-27</w:t>
+Начисленное вознаграждение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-28</w:t>
-[...2 lines deleted...]
-        </w:tc>
+Размер резервов (провизий)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-29</w:t>
-            </w:r>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z148" w:id="120"/>
+    <w:bookmarkStart w:name="z147" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="2460"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Балансовая стоимость (нетто) по ценным бумагам с обременением, в тысячах тенге</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата приобретения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата погашения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование международной фондовой биржи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Всего</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+в том числе ценные бумаги, являющиеся предметом операций репо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z148" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -30911,70 +30991,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z149" w:id="121"/>
+    <w:bookmarkStart w:name="z149" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="122"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -31341,64 +31421,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z150" w:id="122"/>
+      <w:bookmarkStart w:name="z150" w:id="123"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkEnd w:id="123"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31508,70 +31588,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата "______" ______________ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z151" w:id="123"/>
+    <w:bookmarkStart w:name="z151" w:id="124"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: форма заполняется в соответствии с пояснением по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет о структуре портфеля ценных бумаг участников банковского конгломерата по состоянию на отчетную дату"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="123"/>
+    <w:bookmarkEnd w:id="124"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -31702,125 +31782,125 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>банковского конгломерата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>по состоянию на отчетную дату"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z153" w:id="124"/>
+    <w:bookmarkStart w:name="z153" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z154" w:id="125"/>
+    <w:bookmarkEnd w:id="125"/>
+    <w:bookmarkStart w:name="z154" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет о структуре портфеля ценных бумаг участников банковского конгломерата по состоянию на отчетную дату (индекс - 4-BK_SSP, периодичность - ежеквартальная, ежегодная)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z155" w:id="126"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z155" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z156" w:id="127"/>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z156" w:id="128"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет о структуре портфеля ценных бумаг участников банковского конгломерата по состоянию на отчетную дату" (далее - Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z157" w:id="128"/>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z157" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии c </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -31835,449 +31915,449 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> части второй статьи 15 Закона Республики Казахстан "О Национальном Банке Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 42 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" и подпунктом 2) пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z158" w:id="129"/>
+    <w:bookmarkEnd w:id="129"/>
+    <w:bookmarkStart w:name="z158" w:id="130"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма заполняется банковским холдингом или банком, имеющим дочернюю организацию, но не имеющим банковского холдинга, за исключением нерезидентов Республики Казахстан, представляется ежеквартально (за исключением четвертого квартала) не позднее 60 (шестидесяти) календарных дней, следующих за отчетным кварталом и ежегодно не позднее 31 (тридцать первого) мая (включительно) года, следующего за отчетным годом. Данные в Форме заполняются в тысячах тенге. Сумма менее 500 (пятисот) тенге округляется до 0 (нуля), а сумма, равная 500 (пятистам) тенге и выше, округляется до 1000 (тысячи) тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z159" w:id="130"/>
+    <w:bookmarkEnd w:id="130"/>
+    <w:bookmarkStart w:name="z159" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Форму подписывает руководитель или лицо, на которое возложена функция по подписанию отчета, и исполнитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z160" w:id="131"/>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z160" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Термины и определения, используемые в Форме, применяются в том значении, в котором они используются в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 26 декабря 2016 года № 309 "Об установлении нормативных значений и методики расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов, размера капитала банковского конгломерата" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 14790). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z161" w:id="132"/>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z161" w:id="133"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z162" w:id="133"/>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z162" w:id="134"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Форма содержит сведения о структуре портфеля ценных бумаг участников банковского конгломерата за исключением сведений, указанных в Таблице. По сбору сведений по инвестициям, представляющим собой вложения в уставный капитал юридических лиц, субординированный долг юридических лиц, а также иным вложениям в собственный капитал юридических лиц участников банковского конгломерата, осуществленным в течение отчетного периода, а также действующим по состоянию на отчетную дату, в соответствии с приложением 4 к настоящему постановлению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z163" w:id="134"/>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z163" w:id="135"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В графе 4 указывается наименование приобретенной ценной бумаги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z164" w:id="135"/>
+    <w:bookmarkEnd w:id="135"/>
+    <w:bookmarkStart w:name="z164" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. В графе 6 указывается количество приобретенных ценных бумаг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z165" w:id="136"/>
+    <w:bookmarkEnd w:id="136"/>
+    <w:bookmarkStart w:name="z165" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. В графе 9 по облигациям указывается денежное выражение номинальной (покупной стоимости) облигации, определенное при ее выпуске, на которую начисляется выраженное в процентах вознаграждение по купонной облигации, а также сумма, подлежащая выплате держателю облигации при ее погашении. Показатель стоимости указывается в тысячах тенге (эквивалент стоимости в тенге для ценных бумаг, номинал которых выражен в иностранной валюте, указывается в пересчете по рыночному курсу обмена валют на дату транзакции, определенному в порядке, предусмотренном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> постановления Правления Национального Банка Республики Казахстан от 25 января 2013 года № 15 и приказа Министра финансов Республики Казахстан от 22 февраля 2013 года № 99 "О порядке определения рыночного курса обмена валюты" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8378)).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z166" w:id="137"/>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z166" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 10 коды валют указываются в соответствии с национальным классификатором Республики Казахстан НК РК 07 ISO 4217 "Коды для представления валют и фондов". По облигациям указывается валюта выпуска, по акциям - валюта приобретения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z167" w:id="138"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z167" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. В графе 25 указывается стоимость ценных бумаг с обремененением, отраженная в бухгалтерском учете.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z168" w:id="139"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z168" w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. В графе 26 указывается стоимость ценных бумаг, являющиеся предметом операций репо, отраженная в бухгалтерском учете.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z169" w:id="140"/>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z169" w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. В графе 29 указывается наименование международной фондовой биржи по акциям юридических лиц - нерезидентов Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z170" w:id="141"/>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z170" w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В графах 30 и 31 указывается категория ценных бумаг резидентов Республики Казахстан согласно официальному списку фондовой биржи Республики Казахстан. При отсутствии категории списка фондовой биржи Республики Казахстан в данных графах указывается "нет листинга".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z171" w:id="142"/>
+    <w:bookmarkEnd w:id="142"/>
+    <w:bookmarkStart w:name="z171" w:id="143"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. При заполнении граф 32, 33, 34 и 35 указывается рейтинг, присвоенный одним из рейтинговых агентств, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 24 декабря 2012 года № 385 "Об установлении минимального рейтинга для юридических лиц и стран, необходимость наличия которого требуется в соответствии с законодательством Республики Казахстан, регулирующим деятельность финансовых организаций, филиалов банков-нерезидентов Республики Казахстан, филиалов страховых (перестраховочных) организаций-нерезидентов Республики Казахстан, перечня рейтинговых агентств, присваивающих данный рейтинг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8318). При наличии нескольких рейтингов от 2 (двух) и более международных рейтинговых агентств (Стандард энд Пурс (Standard &amp; Poor’s) или аналогичного уровня международных рейтинговых агентств (Мудис Инвесторс Сервис (Moody's Investors Service) и Фитч (Fitch)) указывается рейтинг международного рейтингового агентства, присвоившего рейтинг последним. Если даты присвоения рейтингов совпадают, указывается минимальный рейтинг. Одной ценной бумаге, одному эмитенту соответствует не более одного актуального значения рейтинга.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z172" w:id="143"/>
+    <w:bookmarkEnd w:id="143"/>
+    <w:bookmarkStart w:name="z172" w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии рейтинга в графах 32, 33, 34 и 35 указывается "нет рейтинга".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z173" w:id="144"/>
+    <w:bookmarkEnd w:id="144"/>
+    <w:bookmarkStart w:name="z173" w:id="145"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Если участник банковского конгломерата, являющийся финансовой организацией, ранее представил в Национальный Банк Республики Казахстан сведения, то в Форме подлежат заполнению строка "Наименование участника банковского конгломерата 1" или "Наименование участника банковского конгломерата n" и графы 6, 7, 8, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25 и 26 по строке "Итого по участнику банковского конгломерата 1" или "Итого по участнику банковского конгломерата n".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z174" w:id="145"/>
+    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkStart w:name="z174" w:id="146"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Символ n - участник банковского конгломерата.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="145"/>
+    <w:bookmarkEnd w:id="146"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -32590,2817 +32670,2817 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенная для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z178" w:id="146"/>
+    <w:bookmarkStart w:name="z178" w:id="147"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в Национальный Банк Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z179" w:id="147"/>
+    <w:bookmarkEnd w:id="147"/>
+    <w:bookmarkStart w:name="z179" w:id="148"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.nationalbank.kz</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z180" w:id="148"/>
+    <w:bookmarkEnd w:id="148"/>
+    <w:bookmarkStart w:name="z180" w:id="149"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование административной формы: отчет по сбору сведений по внутригрупповым сделкам банковского конгломерата, заключенным в течение отчетного периода, а также действующим по состоянию на отчетную дату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z181" w:id="149"/>
+    <w:bookmarkEnd w:id="149"/>
+    <w:bookmarkStart w:name="z181" w:id="150"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: 5-BK_RIGT</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z182" w:id="150"/>
+    <w:bookmarkEnd w:id="150"/>
+    <w:bookmarkStart w:name="z182" w:id="151"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежеквартальная, ежегодная</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z183" w:id="151"/>
+    <w:bookmarkEnd w:id="151"/>
+    <w:bookmarkStart w:name="z183" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: по состоянию на "____" "_____________" 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z184" w:id="152"/>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z184" w:id="153"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: банковский холдинг или банк второго уровня, имеющий дочернюю организацию, но не имеющий банковского холдинга</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="152"/>
-    <w:bookmarkStart w:name="z185" w:id="153"/>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z185" w:id="154"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="153"/>
-    <w:bookmarkStart w:name="z186" w:id="154"/>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z186" w:id="155"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежеквартально (за исключением четвертого квартала) не позднее 60 (шестидесяти) календарных дней, следующих за отчетным кварталом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="154"/>
-    <w:bookmarkStart w:name="z187" w:id="155"/>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z187" w:id="156"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежегодно не позднее 31 (тридцать первого) мая (включительно) года, следующего за отчетным годом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="155"/>
-    <w:bookmarkStart w:name="z188" w:id="156"/>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z188" w:id="157"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес - идентификационный номер: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="156"/>
-    <w:bookmarkStart w:name="z189" w:id="157"/>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z189" w:id="158"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метод сбора: в электронном виде</w:t>
-      </w:r>
-[...1941 lines deleted...]
-      продолжение таблицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="158"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сумма сделки (в тысячах тенге)</w:t>
+Участник банковского конгломерата (сторона 1 по внутригрупповой сделке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Участник банковского конгломерата (сторона 2 по внутригрупповой сделке)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Вид сделки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обороты, проведенные в течение отчетного квартала</w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес - идентификационный номер (при наличии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Бизнес - идентификационный номер (при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
-[...31 lines deleted...]
-          </w:p>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...11 lines deleted...]
-          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Основной долг</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Начисленное вознаграждение</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дисконты, премии</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Положительные (отрицательные) корректировки</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Резервы (провизии)</w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Активы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+n</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
-[...2 lines deleted...]
-        </w:tc>
+Требования на внебалансовых счетах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+n</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-12</w:t>
-            </w:r>
+Расходы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+n</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z191" w:id="159"/>
+    <w:bookmarkStart w:name="z190" w:id="159"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="159"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+        <w:gridCol w:w="2050"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сумма сделки (в тысячах тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обороты, проведенные в течение отчетного квартала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Остатки требований на конец отчетного квартала</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Основной долг</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Начисленное вознаграждение</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дисконты, премии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Положительные (отрицательные) корректировки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Резервы (провизии)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2050" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z191" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="160"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -35844,116 +35924,116 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z192" w:id="160"/>
+    <w:bookmarkStart w:name="z192" w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Общая сумма производных финансовых инструментов, учитываемых как произведение номинальной стоимости указанных финансовых инструментов на коэффициент кредитного риска, в соответствии с Таблицей коэффициентов кредитного риска для производных финансовых инструментов согласно приложению 7 к Нормативным значениям и методикам расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов, размеру капитала банка, утвержденным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 13 сентября 2017 года № 170, (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 15886), и определяемых сроком погашения указанных финансовых инструментов по состоянию на "____"_________20___ года составляет _________________тысяч тенге.</w:t>
-      </w:r>
-[...18 lines deleted...]
-      Наименование _______________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
+      <w:bookmarkStart w:name="z193" w:id="162"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36057,70 +36137,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата "______" ______________ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z194" w:id="162"/>
+    <w:bookmarkStart w:name="z194" w:id="163"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: форма заполняется в соответствии с пояснением по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет по сбору сведений по внутригрупповым сделкам банковского конгломерата, заключенным в течение отчетного периода, а также действующим по состоянию на отчетную дату"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="162"/>
+    <w:bookmarkEnd w:id="163"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -36290,149 +36370,149 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>действующим по состоянию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на отчетную дату"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z196" w:id="163"/>
+    <w:bookmarkStart w:name="z196" w:id="164"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z197" w:id="164"/>
+    <w:bookmarkEnd w:id="164"/>
+    <w:bookmarkStart w:name="z197" w:id="165"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет по сбору сведений по внутригрупповым сделкам банковского конгломерата,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>заключенным в течение отчетного периода, а также действующим по состоянию на отчетную дату</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(индекс - 5-BK_RIGT, периодичность - ежеквартальная, ежегодная)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z198" w:id="165"/>
+    <w:bookmarkEnd w:id="165"/>
+    <w:bookmarkStart w:name="z198" w:id="166"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z199" w:id="166"/>
+    <w:bookmarkEnd w:id="166"/>
+    <w:bookmarkStart w:name="z199" w:id="167"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет по сбору сведений по внутригрупповым сделкам банковского конгломерата, заключенным в течение отчетного периода, а также действующим по состоянию на отчетную дату" (далее - Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z200" w:id="167"/>
+    <w:bookmarkEnd w:id="167"/>
+    <w:bookmarkStart w:name="z200" w:id="168"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии c </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36467,1129 +36547,1129 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 42 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z201" w:id="168"/>
+    <w:bookmarkEnd w:id="168"/>
+    <w:bookmarkStart w:name="z201" w:id="169"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма заполняется банковским холдингом или банком, имеющим дочернюю организацию, но не имеющим банковского холдинга, за исключением нерезидентов Республики Казахстан, представляется ежеквартально (за исключением четвертого квартала) не позднее 60 (шестидесяти) календарных дней, следующих за отчетным кварталом и ежегодно не позднее 31 (тридцать первого) мая (включительно) года, следующего за отчетным годом. Данные в Форме заполняются в тысячах тенге. Сумма менее 500 (пятисот) тенге округляется до 0 (нуля), а сумма, равная 500 (пятистам) тенге и выше, округляется до 1000 (тысячи) тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z202" w:id="169"/>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z202" w:id="170"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Форму подписывает руководитель или лицо, на которое возложена функция по подписанию отчета, и исполнитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="169"/>
-    <w:bookmarkStart w:name="z203" w:id="170"/>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z203" w:id="171"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Термины и определения, используемые в Форме, применяются в том значении, в котором они используются в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 26 декабря 2016 года № 309 "Об установлении нормативных значений и методики расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов, размера капитала банковского конгломерата" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 14790). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="170"/>
-    <w:bookmarkStart w:name="z204" w:id="171"/>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z204" w:id="172"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-    <w:bookmarkStart w:name="z205" w:id="172"/>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z205" w:id="173"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В Форме отражаются сведения по всем внутригрупповым сделкам банковского конгломерата (далее - сделка), за исключением сделок, указанных в приложениях 4 и 5 к Перечню, формам, срокам представления отчетности о выполнении пруденциальных нормативов банковскими конгломератами, утвержденных приложением 1 настоящего постановления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="172"/>
-    <w:bookmarkStart w:name="z206" w:id="173"/>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z206" w:id="174"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. В Форме сделка отражается один раз по показателю "Активы" и "Требования на внебалансовых счетах".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="173"/>
-    <w:bookmarkStart w:name="z207" w:id="174"/>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z207" w:id="175"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Если сделка предусматривает участие нескольких участников банковского конгломерата, в Форме указывается участник банковского конгломерата (сторона 1 по сделке), от которого начинается движение денег и конечный участник банковского конгломерата (сторона 2 по сделке).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="174"/>
-    <w:bookmarkStart w:name="z208" w:id="175"/>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z208" w:id="176"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом в графе 16 указываются промежуточные участники банковского конгломерата (при наличии) и цель их участия в сделке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="175"/>
-    <w:bookmarkStart w:name="z209" w:id="176"/>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z209" w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Для заполнения граф 6 и 7 отражаются следующие виды операций и показателей:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="176"/>
-    <w:bookmarkStart w:name="z210" w:id="177"/>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z210" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) активы (показатель):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="177"/>
-    <w:bookmarkStart w:name="z211" w:id="178"/>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z211" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставление займов (овердрафта, финансового лизинга, учет векселей, факторинг, форфейтинг);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z212" w:id="179"/>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z212" w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       предоставление субординированных займов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z213" w:id="180"/>
+    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkStart w:name="z213" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       операции "обратное репо" с ценными бумагами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z214" w:id="181"/>
+    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkStart w:name="z214" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       открытие (наличие) текущего счета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z215" w:id="182"/>
+    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkStart w:name="z215" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       открытие (наличие) корреспондентского счета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z216" w:id="183"/>
+    <w:bookmarkEnd w:id="183"/>
+    <w:bookmarkStart w:name="z216" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       размещение вклада;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z217" w:id="184"/>
+    <w:bookmarkEnd w:id="184"/>
+    <w:bookmarkStart w:name="z217" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продажа движимого (недвижимого имущества);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z218" w:id="185"/>
+    <w:bookmarkEnd w:id="185"/>
+    <w:bookmarkStart w:name="z218" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продажа (секьюритизация) активов (займов, дебиторской задолженности);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z219" w:id="186"/>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z219" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уступка прав требований;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z220" w:id="187"/>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z220" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       передача имущества и активов организации, осуществляющей управление сомнительными активами;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z221" w:id="188"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z221" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       начисление дивидендов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z222" w:id="189"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z222" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       начисление комиссионного дохода;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z223" w:id="190"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z223" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дебиторская задолженность;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z224" w:id="191"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z224" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       требования по производным финансовым инструментам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z225" w:id="192"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z225" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       требования по дилинговым операциям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z226" w:id="193"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z226" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       страховые активы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z227" w:id="194"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z227" w:id="195"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прочие активы (вид операции указывается в графе 16);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="194"/>
-    <w:bookmarkStart w:name="z228" w:id="195"/>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z228" w:id="196"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) требования на внебалансовых счетах (показатель):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
-    <w:bookmarkStart w:name="z229" w:id="196"/>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z229" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выдача гарантий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z230" w:id="197"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z230" w:id="198"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       открытие аккредитива;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z231" w:id="198"/>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z231" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       открытие отзывной кредитной линии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z232" w:id="199"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z232" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       открытие безотзывной кредитной линии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z233" w:id="200"/>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z233" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       производные финансовые инструменты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z234" w:id="201"/>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z234" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       дилинговые операции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z235" w:id="202"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z235" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       страхование финансовых убытков (указывается страховая сумма по договору страхования). Данный вид операции включает классы страхования, предусмотренные подпунктами 13), 14), 15), 15-1) и 16) пункта 3 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О страховой деятельности";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z236" w:id="203"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z236" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иные виды страхования активов (указывается страховая сумма по договору страхования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z237" w:id="204"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z237" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       страхование сотрудников (указывается страховая сумма по договору страхования);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z238" w:id="205"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z238" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       принятие в залог имущества;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z239" w:id="206"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z239" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       прочие требования по внебалансовым счетам (вид операции указывается в графе 16);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z240" w:id="207"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z240" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) расходы (показатель):</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z241" w:id="208"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z241" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оплата комиссионного вознаграждения за услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z242" w:id="209"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z242" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       чистые расходы по производным финансовым инструментам расходы по дилинговым операциям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z243" w:id="210"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z243" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       расходы по дилинговым операциям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z244" w:id="211"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z244" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       чистые расходы от переоценки;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z245" w:id="212"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z245" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выплата дивидендов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z246" w:id="213"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z246" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выплата вознаграждения по обязательствам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z247" w:id="214"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z247" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оплата арендной платы за имущество;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z248" w:id="215"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z248" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выплата страховой премии;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z249" w:id="216"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z249" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       страховые выплаты;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z250" w:id="217"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z250" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       выплата штрафов, пени, неустоек и другие виды санкций;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z251" w:id="218"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z251" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       иные виды расходов (вид операции указывается в графе 16).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z252" w:id="219"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z252" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. В графе 7 указываются обороты по сделке - итог записей (увеличений или уменьшений) за отчетный квартал без начального сальдо (остатка).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkEnd w:id="220"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -37902,290 +37982,290 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенная для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z256" w:id="220"/>
+    <w:bookmarkStart w:name="z256" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Представляется: в Национальный Банк Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z257" w:id="221"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z257" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет-ресурсе: www.nationalbank.kz </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z258" w:id="222"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z258" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
        Наименование административной формы: отчет по сбору сведений об обязательствах участников банковского конгломерата перед третьими лицами, составляющих 10 (десять) и более процентов от собственного капитала банковского конгломерата, действующих по состоянию на отчетную дату</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z259" w:id="223"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z259" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: 6-BK_RL</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z260" w:id="224"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z260" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Периодичность: ежеквартальная, ежегодная</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z261" w:id="225"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z261" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Отчетный период: по состоянию на "____" "________________" 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z262" w:id="226"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z262" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: банковский холдинг или банк второго уровня, имеющий дочернюю организацию, но не имеющий банковского холдинга</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z263" w:id="227"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z263" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z264" w:id="228"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z264" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежеквартально (за исключением четвертого квартала) не позднее 60 (шестидесяти) календарных дней, следующих за отчетным кварталом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z265" w:id="229"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z265" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ежегодно не позднее 31 (тридцать первого) мая (включительно) года, следующего за отчетным годом</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z266" w:id="230"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z266" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Бизнес - идентификационный номер: _______________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z267" w:id="231"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z267" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Метод сбора: в электронном виде</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkEnd w:id="232"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -41321,64 +41401,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z268" w:id="232"/>
+      <w:bookmarkStart w:name="z268" w:id="233"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование _______________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkEnd w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Адрес ______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -41488,70 +41568,70 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при его наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Дата "______" ______________ 20__ года</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z269" w:id="233"/>
+    <w:bookmarkStart w:name="z269" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: форма заполняется в соответствии с пояснением по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет по сбору сведений об обязательствах участников банковского конгломерата перед третьими лицами, составляющих 10 (десять) и более процентов от собственного капитала банковского конгломерата, действующих по состоянию на отчетную дату"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkEnd w:id="234"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -41747,69 +41827,69 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>действующих по состоянию</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на отчетную дату"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z271" w:id="234"/>
+    <w:bookmarkStart w:name="z271" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z272" w:id="235"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z272" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Отчет по сбору сведений об обязательствах участников банковского конгломерата</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -41818,90 +41898,90 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>капитала банковского конгломерата, действующих по состоянию на отчетную дату</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(индекс - 6-BK_RL, периодичность - ежеквартальная, ежегодная)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
-    <w:bookmarkStart w:name="z273" w:id="236"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z273" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="236"/>
-    <w:bookmarkStart w:name="z274" w:id="237"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z274" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Настоящее пояснение определяет единые требования по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе "Отчет по сбору сведений об обязательствах участников банковского конгломерата перед третьими лицами, составляющих 10 (десять) и более процентов от собственного капитала банковского конгломерата, действующих по состоянию на отчетную дату" (далее - Форма).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="237"/>
-    <w:bookmarkStart w:name="z275" w:id="238"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z275" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Форма разработана в соответствии c </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -41936,315 +42016,337 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 42 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="238"/>
-    <w:bookmarkStart w:name="z276" w:id="239"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z276" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Форма заполняется банковским холдингом или банком, имеющим дочернюю организацию, но не имеющим банковского холдинга, за исключением нерезидентов Республики Казахстан, представляется ежеквартально (за исключением четвертого квартала) не позднее 60 (шестидесяти) календарных дней, следующих за отчетным кварталом и ежегодно не позднее 31 (тридцать первого) мая (включительно) года, следующего за отчетным годом. Данные в Форме заполняются в тысячах тенге. Сумма менее 500 (пятисот) тенге округляется до 0 (нуля), а сумма, равная 500 (пятистам) тенге и выше, округляется до 1000 (тысячи) тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="239"/>
-    <w:bookmarkStart w:name="z277" w:id="240"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z277" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Форму подписывает руководитель или лицо, на которое возложена функция по подписанию отчета, и исполнитель.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="240"/>
-    <w:bookmarkStart w:name="z278" w:id="241"/>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z278" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        5. Термины и определения, используемые в Форме, применяются в том значении, в котором они используются в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлении</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 26 декабря 2016 года № 309 "Об установлении нормативных значений и методики расчетов пруденциальных нормативов и иных обязательных к соблюдению норм и лимитов, размера капитала банковского конгломерата" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 14790). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="241"/>
-    <w:bookmarkStart w:name="z279" w:id="242"/>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z279" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Пояснение по заполнению Формы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="242"/>
-    <w:bookmarkStart w:name="z280" w:id="243"/>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z280" w:id="244"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. В Форме отражаются сведения об обязательствах участников банковского конгломерата перед третьими лицами (группой лиц), составляющих 10 (десять) и более процентов от собственного капитала банковского конгломерата на отчетную дату.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="243"/>
-    <w:bookmarkStart w:name="z281" w:id="244"/>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z281" w:id="245"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В Форму не включаются обязательства участников банковского конгломерата перед акционерным обществом "Единый накопительный пенсионный фонд", средства которого размещены им самостоятельно и (или) Национальным Банком Республики Казахстан в качестве доверительного управляющего пенсионными активами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
-    <w:bookmarkStart w:name="z282" w:id="245"/>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z282" w:id="246"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Символ n - количество участников в банковском конгломерате.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
-    <w:bookmarkStart w:name="z283" w:id="246"/>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z283" w:id="247"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Наименования участников банковского конгломерата указываются в строках "1. (Наименование участника банковского конгломерата 1)", "n. (Наименование участника банковского конгломерата n").</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
-    <w:bookmarkStart w:name="z284" w:id="247"/>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z284" w:id="248"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Если участник банковского конгломерата, являющийся финансовой организацией, ранее представил в Национальный Банк Республики Казахстан данные сведения, то в Форме подлежат заполнению строка "Наименование участника банковского конгломерата 1" или "Наименование участника банковского конгломерата n" и графа 6 по строке "Итого по участнику банковского конгломерата 1" или "Итого по участнику банковского конгломерата n".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
-    <w:bookmarkStart w:name="z285" w:id="248"/>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z285" w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. В графе 6 Формы указывается балансовая стоимость обязательств участников банковского конгломерата перед третьими лицами (группой лиц), составляющих 10 (десять) и более процентов от собственного капитала банковского конгломерата на отчетную дату. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkEnd w:id="249"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
+</file>
+
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -42574,35 +42676,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>