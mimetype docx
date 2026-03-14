--- v0 (2025-11-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="aa77c77" w14:textId="aa77c77">
+    <w:p w14:paraId="2587d0c" w14:textId="2587d0c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил функционирования единой системы учета и передачи информации, содержащейся в единой системе учета, иным лицам в соответствии с законодательством Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра туризма и спорта Республики Казахстан от 2 апреля 2025 года № 46. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 апреля 2025 года № 35924</w:t>
+        <w:t>Приказ Министра туризма и спорта Республики Казахстан от 2 апреля 2025 года № 46. Зарегистрирован в Министерстве юстиции Республики Казахстан 3 апреля 2025 года № 35924.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -899,330 +899,412 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан "Об игорном бизнесе" (далее – Закон) и определяют порядок функционирования единой системы учета (далее – ЕСУ) и передачи информации, содержащейся в ЕСУ, иным лицам в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Правилах используются следующие понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z117" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) аппаратно-программный комплекс (далее – АПК) – совокупность программных и технических средств, обеспечивающих информационные процессы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
+    <w:bookmarkStart w:name="z118" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) пари – основанное на риске соглашение, заключенное участниками между собой либо с организатором игорного бизнеса, на исход события, предполагающий выигрыш, в котором они не принимают участия;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      3) ЕСУ – совокупность программного обеспечения и технических средств, подключенных посредством сетей телекоммуникаций к АПК букмекерской конторы и (или) тотализатора и обеспечивающих прием (осуществление) наличных и безналичных платежей, в том числе с использованием электронных денег, выплату выигрышей, а также осуществляющих персонифицированный сбор, обработку и хранение информации о каждом участнике пари, принятых ставках на пари (в том числе электронных) по каждому участнику пари, коэффициентах на варианты исхода пари, выигрышах и выплатах по ним и иные функции, предусмотренные Законом;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) ЕСУ – совокупность программного обеспечения и технических средств, подключенных посредством сетей телекоммуникаций к АПК букмекерской конторы и (или) тотализатора и обеспечивающих прием (осуществление) наличных и безналичных платежей, в том числе с использованием электронных денег, выплату выигрышей, а также осуществляющих персонифицированный сбор, обработку и хранение информации о каждом участнике пари, принятых ставках на пари (в том числе электронных) по каждому участнику пари, коэффициентах на варианты исхода пари, выигрышах и выплатах по ним и иные функции, предусмотренные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkStart w:name="z120" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) букмекерская контора – организатор игорного бизнеса, заключающий пари с участниками;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkStart w:name="z121" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) государственный сервис контроля доступа к персональным данным – услуга, обеспечивающая информационное взаимодействие собственников и (или) операторов, третьих лиц с субъектом персональных данных и уполномоченным органом в сфере защиты персональных данных при доступе к персональным данным, содержащимся в объектах информатизации государственных органов и (или) государственных юридических лиц, включая получение от субъекта персональных данных согласия на сбор, обработку персональных данных или их передачу третьим лицам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z122" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) уполномоченный орган по финансовому мониторингу – государственный орган, осуществляющий финансовый мониторинг и принимающий иные меры по противодействию легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма, финансированию распространения оружия массового уничтожения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма" (далее – Закон о ПОД/ФТ);</w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения" (далее – Закон о ПОД/ФТ/ФРОМУ);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkStart w:name="z123" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) участник азартной игры и (или) пари – физическое лицо, принимающее участие в азартной игре и (или) пари;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkStart w:name="z124" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) ставка – сумма денег, передаваемых участником азартной игры и (или) пари организатору игорного бизнеса и являющихся основным условием участия в азартной игре и (или) пари в соответствии с правилами, установленными организатором игорного бизнеса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkStart w:name="z125" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) уполномоченный орган в сфере игорного бизнеса (далее – уполномоченный орган) – государственный орган, определяемый Правительством Республики Казахстан, осуществляющий реализацию государственной политики и контроль в сфере игорного бизнеса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkStart w:name="z126" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) центр обмена идентификационными данными (далее – ЦОИД) – операционный центр межбанковской системы переводов денег, обеспечивающий взаимодействие с банками по обмену данными клиентов из доступных источников для проведения процедур идентификации клиентов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkStart w:name="z127" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) тотализатор – организатор игорного бизнеса, оказывающий посреднические услуги при заключении пари между его участниками;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkStart w:name="z128" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) выигрыш – имущественная выгода, подлежащая обязательной выплате участнику азартной игры и (или) пари при наступлении результата азартной игры и (или) пари, предусмотренного правилами, установленными организатором игорного бизнеса;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkStart w:name="z129" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) электронный кошелек электронных денег (далее – электронный кошелек) – способ учета и хранения электронных денег, обеспечивающий распоряжение ими.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 - в редакции приказа и.о. Министра туризма и спорта Республики Казахстан от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z35" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок функционирования единой системы учета</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
     <w:bookmarkStart w:name="z36" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1673,95 +1755,95 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Для приема наличных и безналичных платежей оператор заключает соответствующий договор с поставщиками платежных услуг о приеме наличных и безналичных платежей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:bookmarkStart w:name="z58" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Оператор при приеме (осуществлении) платежей с использованием электронных денег, от участников пари посредством ЕСУ проводит идентификацию личности участника пари в соответствии с законами Республики Казахстан </w:t>
-[...9 lines deleted...]
-        <w:t>о ПОД/ФТ</w:t>
+      10. Оператор при приеме (осуществлении) платежей с использованием электронных денег, от участников пари посредством ЕСУ проводит идентификацию личности участника пари в соответствии с законами Республики Казахстан о </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПОД/ФТ/ФРОМУ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>, "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О платежах и платежных системах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkStart w:name="z130" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При установлении деловых отношений с участником пари ЕСУ осуществляется проверка его возраста, наличие в списке лиц, ограниченных в участии в азартных играх и (или) пари, и в Едином реестре должников на предмет наличия неисполненных обязательств по исполнительным документам об имущественных взысканиях, а также в списке лиц, причастных к террористической деятельности, в перечне лиц, связанных с финансированием терроризма и экстремизма, в перечне лиц, связанных с финансированием распространения оружия массового уничтожения, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1773,334 +1855,396 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>12-1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Закона о ПОД/ФТ.</w:t>
+        <w:t xml:space="preserve"> Закона о ПОД/ФТ/ФРОМУ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkStart w:name="z131" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оператор посредством ЕСУ отказывает в приеме (осуществлении) платежей с использованием электронных денег, а также выплатах лицам, находящимся в списках и (или) реестре и (или) перечнях, указанных в абзаце втором настоящего пункта.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkStart w:name="z132" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оператор обеспечивает интеграцию ЕСУ с базами данных информационных систем, содержащих информацию о лицах, которым запрещается участвовать в азартных играх и (или) пари.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkStart w:name="z133" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Оператор осуществляет идентификацию личности участника пари при его личном присутствии и предъявлении им документа, удостоверяющего личность, либо посредством удаленной идентификации на основании сведений, полученных от ЦОИД или путем упрощенной идентификации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkStart w:name="z134" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Для получения согласия участников пари на сбор, обработку персональных данных, содержащихся в базах данных государственных информационных систем, или их передачу третьим лицам, оператор обеспечивает интеграцию ЕСУ с государственным сервисом контроля доступа к персональным данным в соответствии с Правилами интеграции с государственным сервисом контроля доступа к персональным данным, утвержденными </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> исполняющего обязанности Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 8 июля 2022 года № 236/НҚ (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 28786).</w:t>
+      Для получения согласия участников пари на сбор, обработку персональных данных, содержащихся в базах данных государственных информационных систем, или их передачу третьим лицам, оператор обеспечивает интеграцию ЕСУ с государственным сервисом контроля доступа к персональным данным в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интеграции с государственным сервисом контроля доступа к персональным данным, утвержденными приказом исполняющего обязанности Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 8 июля 2022 года № 236/НҚ (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 28786).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkStart w:name="z135" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Идентификацию или упрощенную идентификацию личности участника пари осуществляет оператор, и (или) иной субъект финансового мониторинга по поручению оператора на основании договора.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkStart w:name="z136" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Инструкции по прохождению идентификации или упрощенной идентификации представляются участнику пари перед прохождением данной процедуры.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
-[...15 lines deleted...]
-      При прохождении идентификации или упрощенной идентификации участник пари предоставляет оператору, необходимые идентификационные сведения, а также фотоизображения в соответствии с требованиями законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, и финансированию терроризма.</w:t>
+    <w:bookmarkStart w:name="z137" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При прохождении идентификации или упрощенной идентификации участник пари предоставляет оператору, необходимые идентификационные сведения, а также фотоизображения в соответствии с требованиями законодательства Республики Казахстан о противодействии легализации (отмыванию) доходов, полученных преступным путем, финансированию терроризма и финансированию распространения оружия массового уничтожения.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkStart w:name="z138" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Удаленная идентификация личности участника пари осуществляется на основании сведений из доступных источников, полученных от ЦОИД.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkStart w:name="z139" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Упрощенная идентификация участника пари осуществляется путем проведения сеанса видеоконференции или путем фиксирования изображения участника пари с помощью специализированного приложения, реализующего технологию выявления движения, интервьюируемого в процессе идентификации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkStart w:name="z140" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При проведении упрощенной идентификации осуществляется:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:bookmarkStart w:name="z141" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       полное фиксирование лица участника пари и документа, удостоверяющего его личность;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z71" w:id="65"/>
+    <w:bookmarkStart w:name="z142" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       получение из открытых источников подтверждения об индивидуальном идентификационном номере (ИИН) участника пари.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+    <w:bookmarkStart w:name="z143" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Идентификация или упрощенная идентификация личности участника пари считается пройденной успешно, если его личность установлена и подтверждена в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 - в редакции приказа и.о. Министра туризма и спорта Республики Казахстан от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z73" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Оператор при приеме платежей с использованием электронных денег в электронных кассах букмекерской конторы и (или) тотализатора для оплаты ставок обеспечивает учет и предоставление букмекерской конторе и (или) тотализатору персональных данных участников пари, указанных в пункте 16 настоящих Правил, с соблюдением требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -2777,290 +2921,394 @@
         <w:t>
       19. Обработка информации, указанной в пункте 16 настоящих Правил, осуществляется ЕСУ в целях передачи в государственный орган, осуществляющий руководство в сфере обеспечения поступлений налогов и платежей в бюджет, и уполномоченный орган по финансовому мониторингу в онлайн-режиме по сетям телекоммуникаций общего пользования с применением закрытого протокола, а также формирования статистической и аналитической информации о деятельности букмекерских контор и тотализаторов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
     <w:bookmarkStart w:name="z104" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Хранение информации в ЕСУ включает в себя мероприятия, связанные с ее защитой от утраты, хищения, искажения, подделки, несанкционированного доступа и действий по ее распространению, блокированию, уничтожению, модификации, копированию и иных незаконных действий, в том числе:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:bookmarkStart w:name="z144" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) применение комплекса программно-технических средств и поддерживающих их организационных мер на всех технологических этапах обработки информации и во всех режимах функционирования, в том числе при проведении ремонтных и регламентных работ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:bookmarkStart w:name="z145" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) удаление персональных данных участников пари по истечении пяти лет со дня прекращения деловых отношений с ним в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 11 Закона о ПОД/ФТ;</w:t>
+        <w:t xml:space="preserve"> статьи 11 Закона о ПОД/ФТ/ФРОМУ;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z107" w:id="101"/>
+    <w:bookmarkStart w:name="z146" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) принятие мер по обеспечению безопасности программного обеспечения, включающего:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z108" w:id="102"/>
+    <w:bookmarkStart w:name="z147" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       разделение приложений на логические группы и помещение каждой группы в выделенную виртуальную машину;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z109" w:id="103"/>
+    <w:bookmarkStart w:name="z148" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       изоляцию внешнего сетевого трафика от внутреннего сетевого трафика;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z110" w:id="104"/>
+    <w:bookmarkStart w:name="z149" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       резервирование каждого программного компонента ЕСУ по схеме, при которой активное оборудование резервируется одним дополнительным компонентом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z111" w:id="105"/>
+    <w:bookmarkStart w:name="z150" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       исключение прямого доступа к серверам других специалистов, кроме системных и сетевых инженеров.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 20 - в редакции приказа и.о. Министра туризма и спорта Республики Казахстан от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z112" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Оператор при сборе, обработке, хранении и передаче информации, указанной в пункте 16 настоящих Правил, посредством ЕСУ обеспечивает соблюдение требований </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>статьи 30</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> о персональных данных.</w:t>
+        <w:t>статьи 45</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Налогового кодекса Республики Казахстан и Закона о персональных данных.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 21 - в редакции приказа и.о. Министра туризма и спорта Республики Казахстан от 15.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 246</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z113" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок передачи информации, содержащейся в единой системе учета, иным лицам в соответствии с законодательством Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
     <w:bookmarkStart w:name="z114" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>