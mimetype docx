--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e3a7713" w14:textId="e3a7713">
+    <w:p w14:paraId="41e0417" w14:textId="41e0417">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении перечня сведений, подлежащих опубликованию</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Председателя Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы) от 7 февраля 2025 года № 26. Зарегистрирован в Министерстве юстиции Республики Казахстан 7 февраля 2025 года № 35710</w:t>
+        <w:t>Приказ Председателя Агентства Республики Казахстан по противодействию коррупции (Антикоррупционной службы) от 7 февраля 2025 года № 26. Зарегистрирован в Министерстве юстиции Республики Казахстан 7 февраля 2025 года № 35710.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -739,90 +739,144 @@
               </w:rPr>
               <w:t>от 7 февраля 2025 года № 26</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень сведений, подлежащих опубликованию</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="000000"/>
-[...3 lines deleted...]
-      1. Фамилия, имя, отчество (при его наличии) лица, представившего декларацию о доходах и имуществе.</w:t>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Перечень – в редакции приказа Председателя Агентства РК по делам государственной службы от 11.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 185</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">
+      1. Фамилия, имя, отчество (при его наличии) лица, указанного в части первой пункта 9 статьи 11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Закона</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан "О противодействии коррупции", и его супруга (супруги).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t>
       2. Отчетный налоговый период, за который представлена декларация о доходах и имуществе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -871,51 +925,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Информация, отраженная в декларации о доходах и имуществе</w:t>
+Сведения, отраженные в декларации о доходах и имуществе физического лица</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1097,87 +1151,105 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Информация о доходах, подлежащих налогообложению физическим лицом самостоятельно</w:t>
+Сведения о доходах, подлежащих налогообложению физическим лицом самостоятельно</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-общая сумма</w:t>
+1) общая сумма;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) фамилия, имя, отчество (при его наличии) лица, представившего декларацию о доходах и имуществе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1210,121 +1282,213 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Информация о приобретении и (или) безвозмездно полученном имуществе (в том числе денег) в течение отчетного налогового периода, в том числе за пределами Республики Казахстан</w:t>
+Сведения о приобретении (получении) имущества (в том числе денег) и об источниках покрытия расходов на приобретение имущества в течение отчетного налогового периода, в том числе за пределами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) вид имущества;</w:t>
-[...33 lines deleted...]
-              <w:t>3) стоимость (цена) имущества</w:t>
+1) вид приобретенного (полученного) имущества;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Сведения о приобретении (получении) имущества (в том числе денег):</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.1. код страны приобретенного имущества;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2.2. стоимость (цена), по которой приобретено имущество;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) сведения об источниках покрытия расходов на приобретения имущества:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.1. источник покрытия расходов;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3.2. сумма источника дохода, предназначенного для покрытия расходов на приобретение имущества.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) фамилия, имя, отчество (при его наличии) лица, представившего декларацию о доходах и имуществе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1357,121 +1521,141 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Информация об отчуждении и (или) безвозмездно переданном имуществе в течение отчетного налогового периода, в том числе за пределами Республики Казахстан</w:t>
+Сведения об отчуждении имущества в течение отчетного налогового периода, в том числе за пределами Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) вид имущества;</w:t>
-[...33 lines deleted...]
-              <w:t>3) стоимость (цена) реализации</w:t>
+1) вид отчужденного (переданного) имущества;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) код страны, в которой находится отчужденное имущество;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) стоимость (цена) в тенге, по которой реализовано имущество;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) фамилия, имя, отчество (при его наличии) лица, представившего декларацию о доходах и имуществе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1504,104 +1688,177 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Информация о деньгах на банковских счетах в иностранных банках, находящихся за пределами Республики Казахстан</w:t>
+Сведения о деньгах на банковских счетах в иностранных банках, находящихся за пределами Республики Казахстан, в сумме, в совокупности превышающей тысячекратный размер месячного расчетного показателя, по состоянию на 31 декабря отчетного налогового периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) сумма денег с указанием валюты;</w:t>
-[...16 lines deleted...]
-              <w:t>2) наименование банковского учреждения и страна, в которой находится банковское учреждение</w:t>
+1) сумма денег на банковских счетах в иностранных банках, находящихся за пределами Республики Казахстан;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) код валюты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+сумма с указанием валюты;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) наименование банковского учреждения, в котором хранятся деньги;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) код страны регистрации банковского учреждения;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) фамилия, имя, отчество (при его наличии) лица, представившего декларацию о доходах и имуществе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -1634,200 +1891,309 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Информация об имуществе, имеющемся по состоянию на 31 декабря отчетного налогового периода на праве собственности физического лица:</w:t>
-[...67 lines deleted...]
-              <w:t>доле участия в уставном капитале юридического лица, зарегистрированного за пределами Республики Казахстан</w:t>
+Сведения о наличии имущества и активов за пределами Республики Казахстан на 31 декабря отчетного налогового периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1) вид имущества;</w:t>
-[...33 lines deleted...]
-              <w:t>3) количество</w:t>
+1) вид имущества:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.1. имущество, которое подлежит государственной или иной регистрации (учету) либо права и (или) сделки по которому подлежат государственной или иной регистрации (учету) в компетентном органе иностранного государства в соответствии с законодательством иностранного государства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.2. ценные бумаги, эмитенты которых зарегистрированы за пределами Республики Казахстан, цифровые активы;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.3. инвестиционное золото;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1.4. доля участия в уставном капитале юридического лица, зарегистрированного за пределами Республики Казахстан.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) код страны регистрации имущества;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) фамилия, имя, отчество (при его наличии) лица, представившего декларацию о доходах и имуществе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Примечание: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Лица, указанные в части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О противодействии коррупции", предоставляют сведения, предусмотренные настоящим перечнем, в службы управления персоналом (кадровые службы) государственных органов, организаций, Парламента Республики Казахстан и Верховного Суда Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Сведения, подлежащие опубликованию, размещаются службами управления персоналом (кадровыми службами) государственных органов, организаций, Парламента Республики Казахстан и Верховного Суда Республики Казахстан на их официальных интернет-ресурсах в срок не позднее 31 декабря года, следующего за отчетным календарным годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае отсутствия доходов, имущества и иных сведений, подлежащих отражению согласно настоящему перечню, опубликование указанных сведений не осуществляется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
@@ -1848,55 +2214,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>