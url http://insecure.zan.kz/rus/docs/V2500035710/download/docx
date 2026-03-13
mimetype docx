--- v1 (2025-12-25)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="41e0417" w14:textId="41e0417">
+    <w:p w14:paraId="ff8c3cc" w14:textId="ff8c3cc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -650,64 +650,64 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к приказу</w:t>
+              <w:t>Утвержден Приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Председатель Агентства</w:t>
+              <w:t>Председателя Агентства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -754,129 +754,133 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень сведений, подлежащих опубликованию</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Перечень – в редакции приказа Председателя Агентства РК по делам государственной службы от 11.11.2025 </w:t>
+      Сноска. Перечень – в редакции приказа Председателя Агентства РК по делам государственной службы от 27.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 185</w:t>
+        <w:t>№ 216</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
-[...1 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Фамилия, имя, отчество (при его наличии) лица, указанного в части первой пункта 9 статьи 11 </w:t>
-[...21 lines deleted...]
-    </w:p>
+      1. Фамилия, имя, отчество (при его наличии) лица, указанного в части первой </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О противодействии коррупции", и его супруга (супруги).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Отчетный налоговый период, за который представлена декларация о доходах и имуществе.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="11"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -889,51 +893,68 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ п/п</w:t>
+№</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -1204,1065 +1225,210 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) общая сумма;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-[...830 lines deleted...]
-3) фамилия, имя, отчество (при его наличии) лица, представившего декларацию о доходах и имуществе.</w:t>
+              <w:t>2) фамилия, имя, отчество (при его наличии) лица, представившего декларацию о доходах и имуществе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Примечание: </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Лица, указанные в части первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 11 Закона Республики Казахстан "О противодействии коррупции", предоставляют сведения, предусмотренные настоящим перечнем, в службы управления персоналом (кадровые службы) государственных органов, организаций, Парламента Республики Казахстан и Верховного Суда Республики Казахстан. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сведения, подлежащие опубликованию, размещаются службами управления персоналом (кадровыми службами) государственных органов, организаций, Парламента Республики Казахстан и Верховного Суда Республики Казахстан на их официальных интернет-ресурсах в срок не позднее 31 декабря года, следующего за отчетным календарным годом.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае отсутствия доходов, имущества и иных сведений, подлежащих отражению согласно настоящему перечню, опубликование указанных сведений не осуществляется.</w:t>
-[...33 lines deleted...]
-    </w:p>
+      В случае отсутствия доходов, подлежащих отражению согласно настоящему перечню, опубликование указанных сведений не осуществляется.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>