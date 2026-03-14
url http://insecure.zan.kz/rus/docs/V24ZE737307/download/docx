--- v0 (2025-10-15)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="18385b9" w14:textId="18385b9">
+    <w:p w14:paraId="d541144" w14:textId="d541144">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,122 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об определении размера и порядка оказания жилищной помощи в Жангалинском районе</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z3" w:id="0"/>
+        <w:t>Об определении размера и правил оказания жилищной помощи в Жангалинском районе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение Жангалинского районного маслихата Западно-Казахстанской области от 14 мая 2024 года № 17-14. Зарегистрирован в Департаменте юстиции Западно-Казахстанской области 21 мая 2024 года № 7373-07.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок - в редакции решения Жангалинского районного маслихата Западно-Казахстанской области от 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z3" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с Законами Республики Казахстан </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"О жилищных отношениях"</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -176,210 +221,288 @@
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года № 117 "Об утверждении Правил предоставления жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33763) Жангалинский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z4" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Определить размер и порядок оказания жилищной помощи в Жангалинском районе согласно </w:t>
+      1. Определить размер и правила оказания жилищной помощи в Жангалинском районе согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения Жангалинского районного маслихата Западно-Казахстанской области от 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Признать утратившими силу некоторые решения Жангалинского районного маслихата:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z5" w:id="2"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z6" w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жангалинского районного маслихата от 22 января 2021 года №2-3 "Об определении размера и порядка оказания жилищной помощи в Жангалинском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 6810).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z7" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Жангалинского районного маслихата от 5 июня 2023 года №7-2 "О внесении изменений в решение Жангалинского районного маслихата от 22 января 2021 № 2-3 "Об утверждении Правил определения размера и порядка оказания жилищной помощи малообеспеченным семьям (гражданам) в Жангалинском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов № 7193-07).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z8" w:id="5"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -583,722 +706,930 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>к решению районного маслихата</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 14 мая 2024 года № 17-14</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Размер и порядок оказания жилищной помощи в Жангалинском районе</w:t>
+        <w:t xml:space="preserve"> Размер и правила оказания жилищной помощи в Жангалинском районе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок - в редакции решения Жангалинского районного маслихата Западно-Казахстанской области от 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жилищная помощь предоставляется за счет средств местного бюджета малообеспеченным семьям (гражданам) (далее - услугополучатель), постоянно зарегистрированным и проживающим в жилище, которое находится на праве собственности как единственное жилище на территории Республики Казахстан, а также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местным исполнительным органом в частном жилищном фонде, на оплату:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z13" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
-[...15 lines deleted...]
-      1. Жилищная помощь предоставляется за счет средств местного бюджета малообеспеченным семьям (гражданам) (далее - услугополучатель), постоянно зарегистрированным и проживающим в жилище, которое находится на праве собственности как единственное жилище на территории Республики Казахстан, а также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местным исполнительным органом в частном жилищном фонде, на оплату:</w:t>
+    <w:bookmarkStart w:name="z14" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      потребления коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
-[...15 lines deleted...]
-      расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума;</w:t>
+    <w:bookmarkStart w:name="z15" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расходов за пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
-[...15 lines deleted...]
-      потребления коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расходы услугополучателя, принимаемые к исчислению жилищной помощи, определяются как сумма расходов по каждому из вышеуказанных направлений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
-[...15 lines deleted...]
-      расходов за пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Назначение жилищной помощи осуществляется государственным учреждением "Отдел занятости и социальных программ Жангалинского района" (далее – услугодатель).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z18" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Совокупный доход услугополучателя исчисляется услугодателем за квартал, предшествовавший кварталу обращения за назначением жилищной помощи, в порядке, определяемом </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра промышленности и строительства Республики Казахстан "Об утверждении Правил предоставления жилищной помощи" от 8 декабря 2023 года № 117 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33763) (далее – Правила предоставления жилищной помощи).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="16"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жилищная помощь определяется как разница между суммой оплаты расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума, потребление коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде, и предельно допустимым уровнем расходов услугополучателя на эти цели.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Доля предельно допустимых расходов к совокупному доходу услугополучателя определяется в размере пяти (5) процентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 - в редакции решения Жангалинского районного маслихата Западно-Казахстанской области от 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Выплата компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 28 июля 2023 года № 295/НҚ "Об определении размера и утверждении Правил компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под №33200).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z22" w:id="17"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Услугополучатель (либо его представитель в силу полномочия, основанного на доверенности, законодательстве, решении суда либо административном акте) обращается за назначением жилищной помощи один раз в квартал в филиал некоммерческого акционерного общества "Государственная корпорация "Правительство для граждан" по Жангалинскому району (далее – Государственная корпорация) или посредством веб-портала "электронного правительства" с предоставлением документов, предусмотренных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилами</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> предоставления жилищной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z23" w:id="18"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Перечень основных требований к оказанию государственной услуги предусмотрен в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложении 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил предоставления жилищной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z24" w:id="19"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       При повторном обращении услугополучатель (либо его представитель по нотариально заверенной доверенности) представляет только подтверждающие документы о доходах семьи и счета на коммунальные расходы за истекший квартал перед обращением, за исключением, предусмотренного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правил предоставления жилищной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z25" w:id="20"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации либо через веб-портал "электронного правительства" составляет 8 (восемь) рабочих дней. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z26" w:id="21"/>
+      Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации, либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель отказывает в оказании государственной услуги по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z27" w:id="22"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z27" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z28" w:id="23"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z28" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правилах</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> предоставления жилищной помощи;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z29" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z30" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 с изменениями, внесенным решением Жангалинского районного маслихата Западно-Казахстанской области от 12.02.2026 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 36-2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жилищная помощь оказывается по предъявленным поставщиками счетам о ежемесячных взносах на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума согласно смете расходов и счетам на оплату коммунальных услуг за счет бюджетных средств услугополучателям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z32" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Назначение жилищной помощи осуществляется в пределах средств, предусмотренных в бюджете района на соответствующий финансовый год услугополучателям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z33" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. При представлении семьей заведомо ложной информации и (или) недостоверных документов, повлекших за собой незаконное назначение жилищной помощи, заявителю и его семье выплата жилищной помощи прекращается на весь период ее назначения.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z29" w:id="24"/>
-[...99 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="29"/>
+    <w:bookmarkStart w:name="z34" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. Выплата жилищной помощи услугополучателю осуществляется услугодателем через банки второго уровня путем перечисления начисленных сумм на лицевые счета получателей жилищной помощи. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z35" w:id="30"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z35" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жилищная помощь выплачивается не позднее 20-го числа каждого месяца, следующего за месяцем поступления заявления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1624,31 +1955,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>