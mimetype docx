--- v0 (2025-11-11)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="b730aad" w14:textId="b730aad">
+    <w:p w14:paraId="5ec9931" w14:textId="5ec9931">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -257,68 +257,50 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к данному решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -334,51 +316,61 @@
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Председатель маслихата района Марқакөл</w:t>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Председатель маслихата района Марқакөл</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4340" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
@@ -403,68 +395,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>М. Калелов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -543,229 +517,474 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 12 декабря 2024 года </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 15/2-VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z10" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила и размер оказания социальной поддержки по оплате коммунальных услуг и приобретению топлива за счет бюджетных средств специалистам государственных организаций здравоохранения, социального обеспечения, образования, культуры, спорта и ветеринарии, проживающим и работающим в сельских населенных пунктах района Марқакөл</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение в редакции решения - маслихата района Марқакөл Восточно-Казахстанской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 33/3-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z13" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила разработаны в соответствии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 18 Закона Республики Казахстан "О государственном регулировании развития агропромышленного комплекса и сельских территорий" и определяет порядок и размер оказания социальной поддержки по оплате коммунальных услуг и приобретению топлива за счет бюджетных средств специалистам государственных организаций здравоохранения, социального обеспечения, образования, культуры, спорта и ветеринарии, проживающим и работающим в сельских населенных пунктах района Марқакөл (далее – специалисты).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z11" w:id="2"/>
+    <w:bookmarkStart w:name="z14" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В настоящих Правилах используются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z15" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) текущий счет – банковский счет, открываемый банком или организацией, осуществляющей отдельные виды банковских операций, на основании договора банковского счета;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z16" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) коммунальные услуги – услуги, предоставляемые потребителю, включающие водоснабжение, водоотведение, газоснабжение, электроснабжение, теплоснабжение, мусороудаление, обслуживание лифтов, для обеспечения безопасных и комфортных условий проживания (пребывания);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z17" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Назначение социальной поддержки осуществляется уполномоченным органом – государственным учреждением "Отдел занятости и социальных программ района Марқакөл (далее - ГУ).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z18" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1. Общие положения</w:t>
-[...9 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve"> Глава 2. Порядок и размер оказания социальной поддержки по оплате коммунальных услуг и приобретению топлива за счет бюджетных средств специалистам</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z19" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Социальная поддержка по оплате коммунальных услуг и приобретению топлива оказывается за счет бюджетных средств специалистам государственных организаций, без истребования заявлений от специалистов, на основании сводных списков, утвержденных первыми руководителями государственных организаций (далее - список), в денежной форме путем перечисления на текущие счета специалистов через банки второго уровня, организации, имеющие лицензии уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых операций на соответствующие виды банковских операций, территориальные подразделения акционерного общества "Казпочта".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z20" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Социальная поддержка специалистам оказывается один раз в календарный год в размере 10,936 (десять целых девятьсот тридцать шесть сотых) месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z21" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Финансирование расходов на предоставление социальной поддержки осуществляется в пределах средств, предусмотренных бюджетом района Марқакөл на текущий финансовый год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z22" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Срок принятия решения об оказании социальной поддержки специалистам по оплате коммунальных услуг и приобретению топлива составляет 10 (десять) рабочих дней со дня поступления списка.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z23" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Работник ГУ рассматривает списки государственных организаций здравоохранения, социального обеспечения, образования, культуры, спорта и ветеринарии в течении 10 (десяти) рабочих дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z24" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила разработаны в соответствии с </w:t>
-[...119 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
+      9. В случае не соответствия списков предоставленных первыми руководителями государственных организаций в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьями 73</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>74</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан, ГУ уведомляет первых руководителей государственных организаций о предварительном решении, об отказе в оказании социальной поддержки, а также времени и месте (способе) проведения заслушивания для возможности выразить позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z25" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При отсутствии замечаний по результатам рассмотрения списков, ГУ принимает положительное решение и оказывает выплату социальной поддержки по оплате коммунальных услуг и приобретению топлива на текущие счета специалистов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>