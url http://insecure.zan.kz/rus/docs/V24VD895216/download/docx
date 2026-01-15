--- v0 (2025-10-11)
+++ v1 (2026-01-15)
@@ -1,45 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml" PartName="/word/header.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="image/png" PartName="/word/media/header_image_rId1.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6adb817" w14:textId="6adb817">
+    <w:p w14:paraId="8bd1456" w14:textId="8bd1456">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -83,104 +85,213 @@
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-      <w:bookmarkStart w:name="z5" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+			</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:color w:val="888888"/>
+        </w:rPr>
+        <w:t>Утративший силу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение Риддерского городского маслихата Восточно-Казахстанской области от 10 января 2024 года № 11/16-VIII. Зарегистрировано Департаментом юстиции Восточно-Казахстанской области 22 января 2024 года № 8952-16. Утратило силу решением Риддерского городского маслихата Восточно-Казахстанской области от 28 ноября 2025 года № 32/5-VIII</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Утратило силу решением Риддерского городского маслихата Восточно-Казахстанской области от 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 32/5-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", Риддерский городской маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Утвердить </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -195,111 +306,126 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые решения Риддерского городского маслихата согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
+    <w:bookmarkStart w:name="z8" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -734,427 +860,433 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 10 января 2024 года </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 11/16-VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="4"/>
+    <w:bookmarkStart w:name="z12" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z13" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан (далее - Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2023 года № 523 "Об утверждении Типовых правил оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан" (далее - Типовые правила) и определяют порядок оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z15" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Основные термины и понятия, которые используются в настоящих Правилах:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) - юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг и выдаче их результатов услугополучателю по принципу "одного окна", обеспечения оказания государственных услуг в электронной форме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) специальная комиссия - комиссия, создаваемая решением акима города Риддер Восточно-Казахстанской области, по рассмотрению заявления лица (семьи), претендующего на оказание социальной помощи отдельным категориям нуждающихся граждан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) праздничные дни - дни национальных и государственных праздников Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z19" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) социальная помощь - помощь, предоставляемая местным исполнительным органом города Риддер в денежной или натуральной форме отдельным категориям нуждающихся граждан (далее - получатели), а также к праздничным дням и памятным датам;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z20" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) уполномоченный орган по оказанию социальной помощи - государственное учреждение "Отдел занятости и социальных программ города Риддера", финансируемое за счет местного бюджета, осуществляющее оказание социальной помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z21" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) прожиточный минимум - минимальный денежный доход на одного человека, равный по величине стоимости минимальной потребительской корзины, рассчитываемой органами статистики Восточно-Казахстанской области;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
-[...15 lines deleted...]
-      2. Основные термины и понятия, которые используются в настоящих Правилах:</w:t>
+    <w:bookmarkStart w:name="z22" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) среднедушевой доход - доля совокупного дохода семьи, приходящаяся на каждого члена семьи в месяц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
-[...199 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:bookmarkStart w:name="z23" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8) праздничные даты (далее - памятные даты) - профессиональные и иные праздники Республики Казахстан; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="17"/>
+    <w:bookmarkEnd w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) участковая комиссия - специальная комиссия, создаваемая решением акима города Риддер для проведения обследования материального положения лиц (семей), обратившихся за социальной помощью;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) предельный размер - утвержденный максимальный размер социальной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Меры социальной поддержки, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1289,1907 +1421,1946 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О ветеранах", оказываются в порядке, определенном настоящими Правилами.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z27" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Социальная помощь предоставляется единовременно и (или) периодически (ежемесячно, 1 раз в год).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z28" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Настоящие Правила распространяются на лиц, зарегистрированных по постоянному месту жительства на территории города Риддер.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Участковые и специальные комиссии осуществляют свою деятельность на основании положений, утверждаемых акиматом Восточно-Казахстанской области.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z30" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 2. Порядок определения перечня категорий получателей социальной помощи и установления размеров социальной помощи</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z31" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Социальная помощь к праздничным дням и памятным датам оказывается периодически (1 раз в год) в виде денежных выплат следующим категориям граждан:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z32" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) День вывода ограниченного контингента советских войск из Демократической Республики Афганистан - 15 февраля:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z33" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим Советской Армии, Военно-Морского флота, Комитета государственной безопасности, лицам начальствующего и рядового состава Министерства внутренних дел бывшего Союза Советских Социалистических Республик (далее - Союза ССР) (включая военных специалистов и советников), которые в соответствии с решениями правительственных органов бывшего Союза ССР принимали участие в боевых действиях на территории других государств – в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z34" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнообязанным, призывавшимся на учебные сборы и направлявшимся в Афганистан в период ведения боевых действий - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z35" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим автомобильных батальонов, направлявшимся в Афганистан для доставки грузов в эту страну в период ведения боевых действий - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z36" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим летного состава, совершавшим вылеты на боевые задания в Афганистан с территории бывшего Союза ССР - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
-[...15 lines deleted...]
-      4. Социальная помощь предоставляется единовременно и (или) периодически (ежемесячно, 1 раз в год).</w:t>
+    <w:bookmarkStart w:name="z37" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      рабочим и служащим, обслуживавшим советский воинский контингент в Афганистане, получившим ранения, контузии или увечья либо награжденным орденами и медалями бывшего Союза ССР за участие в обеспечении боевых действий - в размере 100 000 (сто тысяч) тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...15 lines deleted...]
-      5. Настоящие Правила распространяются на лиц, зарегистрированных по постоянному месту жительства на территории города Риддер.</w:t>
+    <w:bookmarkStart w:name="z38" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим, которым инвалидность установлена вследствие ранения, контузии, увечья, полученных при защите бывшего Союза ССР, исполнении иных обязанностей воинской службы в другие периоды, или вследствие заболевания, связанного с пребыванием на фронте, а также при прохождении воинской службы в Афганистане или других государствах, в которых велись боевые действия – в размере 100 000 (сто тысяч) тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...55 lines deleted...]
-        <w:t xml:space="preserve"> осуществляют свою деятельность на основании положений, утверждаемых акиматом Восточно-Казахстанской области.</w:t>
+    <w:bookmarkStart w:name="z39" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      семьям военнослужащих, погибших (пропавших без вести) или умерших вследствие ранения, контузии, увечья, заболевания, полученных в период боевых действий в Афганистане или других государствах, в которых велись боевые действия - в размере 100 000 (сто тысяч) тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
+    <w:bookmarkStart w:name="z40" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Международный женский день - 8 марта:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z41" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      многодетным матерям, награжденным подвесками "Алтын Алқа", "Күміс Алқа" или получившим ранее звание "Мать-героиня", награжденным орденами "Материнская слава" I и II степени – в размере 15 000 (пятнадцать тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z42" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      многодетным семьям, имеющим четырех и более совместно проживающих несовершеннолетних детей, в том числе детей, обучающихся по очной форме обучения в организациях (но не более чем до достижения двадцатитрехлетнего возраста) – в размере 15 000 (пятнадцать тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z43" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Праздник единства народа Казахстана - 1 мая:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z44" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам с инвалидностью по зрению 1, 2 группы - в размере 30 000 (тридцать тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z45" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) День защитника Отечества - 7 мая:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z46" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим Республики Казахстан, выполнявшим задачи согласно межгосударственным договорам и соглашениям по усилению охраны границы Содружества Независимых Государств на таджикско-афганском участке в период с сентября 1992 года по февраль 2001 года - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z47" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим Республики Казахстан, принимавшим участие в качестве миротворцев в международной миротворческой операции в Ираке в период с августа 2003 года по октябрь 2008 года - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z48" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим, а также лицам начальствующего и рядового состава органов внутренних дел и государственной безопасности бывшего Союза ССР, принимавшим участие в урегулировании межэтнического конфликта в Нагорном Карабахе в период с 1986 по 1991 годы - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z49" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, принимавшим участие в ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1986-1987 годах, других радиационных катастроф и аварий на объектах гражданского или военного назначения, а также участвовавшие непосредственно в ядерных испытаниях - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z50" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, из числа участников ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1988-1989 годах, эвакуированные (самостоятельно выехавших) из зон отчуждения и отселения в Республику Казахстан, включая детей, которые на день эвакуации находились во внутриутробном состоянии - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z51" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, которым инвалидность установлена вследствие катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф и аварий на объектах гражданского или военного назначения, ядерных испытаний, и их дети, инвалидность которых генетически связана с радиационным облучением одного из родителей - в размере 70 000 (семьдесят тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z52" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      семьям военнослужащих, погибших (умерших) при прохождении воинской службы в мирное время – в размере 13 000 (тринадцать тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z53" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) День Победы - 9 мая:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z54" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      участникам Великой Отечественной войны, а именно военнослужащим, проходившим службу в воинских частях, штабах и учреждениях, входивших в состав действующей армии и флота в период Великой Отечественной войны, а также во время других боевых операций по защите бывшего Союза ССР, партизанам и подпольщикам Великой Отечественной войны - в размере 1500 000 (один миллион пятьсот тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z55" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, а именно военнослужащим действующей армии и флота, партизаны и подпольщики Великой Отечественной войны, а также рабочие и служащие, которым инвалидность установлена вследствие ранения, контузии, увечья или заболевания, полученным в период Великой Отечественной войны на фронте, в районе военных действий, на прифронтовых участках железных дорог, сооружениях оборонительных рубежей, военно-морских баз и аэродромов - в размере 1 500 000 (один миллион пятьсот тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z56" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      военнослужащим, а также лицам начальствующего и рядового состава органов внутренних дел и государственной безопасности бывшего Союза ССР, проходившие в период Великой Отечественной войны службу в городах, участие в обороне которых засчитывалось до 1 января 1998 года в выслугу лет для назначения пенсии на льготных условиях, установленных для военнослужащих частей действующей армии - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z57" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам вольнонаемного состава Советской Армии, Военно-Морского Флота, войск и органов внутренних дел и государственной безопасности бывшего Союза ССР, занимавшим штатные должности в воинских частях, штабах, учреждениях, входившим в состав действующей армии в период Великой Отечественной войны, либо находившимся в соответствующие периоды в городах, участие в обороне которых засчитывалось до 1 января 1998 года в выслугу лет для назначения пенсии на льготных условиях, установленных для военнослужащих частей действующей армии - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z58" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, которые в период Великой Отечественной войны находились в составе частей, штабов и учреждений, входивших в состав действующей армии и флота, в качестве сыновей (воспитанников) полков и юнг - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z59" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, принимавшим участие в боевых действиях против фашистской Германии и ее союзников в годы Второй мировой войны на территории зарубежных стран в составе партизанских отрядов, подпольных групп и других антифашистских формирований - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z60" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      работникам специальных формирований Народного комиссариата путей сообщения, Народного комиссариата связи, плавающего состава промысловых и транспортных судов и летно-подъемного состава авиации, Народного комиссариата рыбной промышленности бывшего Союза ССР, морского и речного флота, летно-подъемного состава Главсевморпути, которые в период Великой Отечественной войны были переведены на положение военнослужащих и выполняли задачи в интересах действующей армии и флота в пределах тыловых границ действующих фронтов, оперативных зон флотов, а также члены экипажей судов транспортного флота, интернированных в начале Великой Отечественной войны в портах других государств - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z61" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      гражданам, работавшим в период блокады в городе Ленинграде на предприятиях, в учреждениях и организациях города и награжденным медалью "За оборону Ленинграда" или знаком "Житель блокадного Ленинграда" - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z62" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      несовершеннолетним узникам концлагерей, гетто и других мест принудительного содержания, созданных фашистами и их союзниками в период Второй мировой войны - в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z63" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      супруге (супругу) умершего лица с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны или лица, приравненного по льготам к лицам с инвалидностью вследствие ранения, контузии, увечья или заболевания, полученных в период Великой Отечественной войны, а также супруге (супругу) умершего участника Великой Отечественной войны, партизана, подпольщика, гражданина, награжденного медалью "За оборону Ленинграда" или знаком "Жителю блокадного Ленинграда", признававшимся лицами с инвалидностью в результате общего заболевания, трудового увечья и других причин (за исключением противоправных), которые не вступали в повторный брак – в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z64" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, награжденным орденами и медалями бывшего Союза ССР за самоотверженный труд и безупречную воинскую службу в тылу в годы Великой Отечественной войны – в размере 100 000 (сто тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z65" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, проработавшим (прослужившим) не менее шести месяцев с 22 июня 1941 года по 9 мая 1945 года и ненагражденным орденами и медалями бывшего Союза ССР за самоотверженный труд и безупречную воинскую службу в тылу в годы Великой Отечественной войны – в размере 50 000 (пятьдесят тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z66" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) День памяти жертв политических репрессий и голода – 31 мая:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...727 lines deleted...]
-    <w:bookmarkStart w:name="z67" w:id="59"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
        гражданам, признанным в судебном порядке либо ином установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О реабилитации жертв массовых политических репрессий" порядке жертвами политических репрессий или пострадавшими от политических репрессий – в размере 13 000 (тринадцать тысяч) тенге;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z68" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) День Конституции Республики Казахстан – 30 августа:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z69" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      детям с инвалидностью в возрасте до 18 лет (одному из родителей или иным законным представителям детей с инвалидностью) – в размере 30 000 (тридцать тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z70" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ребенку-сироте (детям-сиротам, ребенку (детям), оставшимся без попечения родителей (родителя) в возрасте до 18 лет (законному представителю ребенка-сироты (детей-сирот, ребенка (детей), оставшимся без попечения родителей (родителя) в возрасте до 18 лет – в размере 30 000 (тридцать тысяч) тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z71" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) День Независимости – 16 декабря:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, подвергшимся репрессиям за участие в событиях 17-18 декабря 1986 года в Казахстане, за исключением лиц, осужденных за совершение умышленных убийств и посягательство на жизнь работника милиции, народного дружинника в этих событиях, в отношении которых сохраняется действующий порядок пересмотра уголовных дел – в размере 200 000 (двести тысяч) тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z73" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Основаниями для отнесения граждан к категории нуждающихся являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z74" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) причинение ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия или пожара;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z75" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) наличие социально значимого заболевания;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z76" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие среднедушевого дохода, не превышающего порога, установленного в кратном отношении к прожиточному минимуму;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z77" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) сиротство, отсутствие родительского попечения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z78" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) неспособность к самообслуживанию в связи с преклонным возрастом;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
-[...15 lines deleted...]
-      7) День Конституции Республики Казахстан – 30 августа:</w:t>
+    <w:bookmarkStart w:name="z79" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) освобождение из мест лишения свободы, нахождение на учете службы пробации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
-[...15 lines deleted...]
-      детям с инвалидностью в возрасте до 18 лет (одному из родителей или иным законным представителям детей с инвалидностью) – в размере 30 000 (тридцать тысяч) тенге;</w:t>
+    <w:bookmarkStart w:name="z80" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Единовременная социальная помощь в денежной форме оказывается следующим категориям получателей:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
-[...15 lines deleted...]
-      ребенку-сироте (детям-сиротам, ребенку (детям), оставшимся без попечения родителей (родителя) в возрасте до 18 лет (законному представителю ребенка-сироты (детей-сирот, ребенка (детей), оставшимся без попечения родителей (родителя) в возрасте до 18 лет – в размере 30 000 (тридцать тысяч) тенге;</w:t>
+    <w:bookmarkStart w:name="z81" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) имеющих среднедушевой доход, не превышающий установленного порога:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
-[...219 lines deleted...]
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkStart w:name="z82" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       гражданам (семьям), имеющим наличие социально значимого заболевания; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z83" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сиротам;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z84" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       оставшимся без родительского попечения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z85" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       гражданам, неспособным к самообслуживанию в связи с преклонным возрастом; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z86" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       гражданам, освобожденным из мест лишения свободы; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z87" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гражданам, находящимся на учете службы пробации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z88" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) без учета среднедушевого дохода:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z89" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       в случае причинения ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия или пожара.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z90" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Социальная помощь в денежной форме оказывается периодически (ежемесячно) без учета среднедушевого дохода:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z91" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       родителям или иным законным представителям детей, инфицированных вирусом иммунодефицита человека (ВИЧ) и состоящих на диспансерном учете, в двукратном размере величины прожиточного минимума, установленного Законом Республики Казахстан о республиканском бюджете на соответствующий финансовый год;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z92" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       гражданам, страдающим туберкулезным заболеванием и находящимся на амбулаторном этапе лечения согласно предоставленного списка Коммунальным государственным предприятием на праве хозяйственного ведения "Риддерская городская больница" управления здравоохранения Восточно-Казахстанской области в размере 34 500 (тридцать четыре тысячи пятьсот) тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z93" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Установить порог среднедушевого дохода гражданину (семье) в размере двухкратной величины прожиточного минимума.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z94" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Размер оказываемой социальной помощи в каждом отдельном случае определяет специальная комиссия и указывает его в заключении о необходимости оказания социальной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Предельный размер социальной помощи отдельным категориям нуждающихся граждан, указанных в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункте 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил составляет 100 (сто) месячных расчетных показателей. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сроки обращения за социальной помощью по основаниям указанным в подпункте 1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящих Правил составляют в течении трех месяцев со дня наступления событий.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkStart w:name="z97" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок оказания социальной помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z98" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Социальная помощь к праздничным дням и памятным датам оказывается по списку, утверждаемому акиматом города Риддер по предоставлению Государственной корпорации либо иных организаций без истребования заявлений от получателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z99" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Финансирование расходов на предоставление социальной помощи осуществляется в пределах средств, предусмотренных местным бюджетом на текущий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z100" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Социальная помощь предоставляется в денежной форме через банки второго уровня или организации, имеющие лицензии на соответствующие виды банковских операций, путем перечисления на счета получателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       15. Порядок оказания социальной помощи определяется </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>главой 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовых правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
+    <w:bookmarkStart w:name="z102" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Отказ в оказании социальной помощи осуществляется в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z103" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) выявления недостоверных сведений, представленных заявителями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z104" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) отказа, уклонения заявителя от проведения обследования материального положения лица (семьи);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z105" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) превышения размера среднедушевого дохода лица (семьи) установленного местным представительным органом порога для оказания социальной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z106" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Социальная помощь прекращается в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z107" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) смерти получателя;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z108" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) выезда получателя на постоянное проживание за пределы города Риддер;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z109" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) направления получателя на проживание в государственные медико-социальные учреждения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z110" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) выявления недостоверных сведений, представленных заявителем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z111" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выплата социальной помощи прекращается с месяца наступления указанных обстоятельств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z112" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. Излишне выплаченные суммы социальной помощи подлежат возврату в добровольном порядке, неправомерно полученные суммы подлежат возврату в добровольном порядке или в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z113" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Мониторинг и учет предоставления социальной помощи проводит уполномоченный орган по оказанию социальной помощи с использованием базы данных автоматизированной информационной системы "Е-Собес".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3268,242 +3439,301 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">от 10 января 2024 года </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 11/16-VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="106"/>
+    <w:bookmarkStart w:name="z115" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Риддерского городского маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z116" w:id="107"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Риддерского городского маслихата от 19 мая 2022 года №15/2-VII "Об утверждении правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 28386).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z117" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Риддерского городского маслихата от 6 октября 2022 года №20/6-VII "О внесении изменений в решение Риддерского городского маслихата от 19 мая 2022 года № 15/2-VII "Об утверждении правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 30213).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z118" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Риддерского городского маслихата от 6 июня 2023 года № 3/3-VIII "О внесении изменений и дополнения в решение Риддерского городского маслихата от 19 мая 2022 года № 15/2-VII "Об утверждении правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8871-16). </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
+      <w:headerReference w:type="default" r:id="rId4"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/header.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00A02830" w:rsidRDefault="00A02830">
+    <w:pPr>
+      <w:pStyle w:val="a3"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:pict>
+        <v:rect id="rect1" o:spid="_x0000_s1026" style="position:absolute;         margin-left:.75pt;         margin-top:34.5pt;         width:21pt;         height:700pt;         z-index:251659264;         visibility:visible;         mso-wrap-style:square;         mso-width-percent:0;         mso-height-percent:0;         mso-wrap-distance-left:9pt;         mso-wrap-distance-top:0;         mso-wrap-distance-right:9pt;         mso-wrap-distance-bottom:0;         mso-position-horizontal:absolute;         mso-position-horizontal-relative:text;         mso-position-vertical:absolute;         mso-position-vertical-relative:text;         mso-width-percent:0;         mso-height-percent:0;         mso-width-relative:margin;         mso-height-relative:margin;         v-text-anchor:middle" stroked="f" strokeweight="2pt">
+          <v:fill r:id="rId1" o:title="" recolor="t" rotate="t" type="tile"/>
+          <w10:wrap type="square"/>
+        </v:rect>
+      </w:pict>
+    </w:r>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3825,35 +4055,38 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="header.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Id="rId4"/></Relationships>
+</file>
+
+<file path=word/_rels/header.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="media/header_image_rId1.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId1"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>