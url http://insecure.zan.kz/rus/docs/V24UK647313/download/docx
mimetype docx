--- v0 (2025-10-14)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="2a415f9" w14:textId="2a415f9">
+    <w:p w14:paraId="2658172" w14:textId="2658172">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -112,114 +112,176 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Сарыагашского районного маслихата Туркестанской области от 22 февраля 2024 года № 15-113-VIII. Зарегистрировано в Департаменте юстиции Туркестанской области 27 февраля 2024 года № 6473-13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 4) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> статьи 56 Бюджетного кодекса Республики Казахстан, </w:t>
+      В соответствии </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 33</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2023 года № 523 "Об утверждении Типовых правил оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан", Сарыагашский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула с изменением, внесенным решением Сарыагашского районного маслихата Туркестанской области от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 37-271-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Утвердить прилагаемые Правила оказания социальной помощи, установления размеров и определения перечня отдельных категорий нуждающихся граждан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1401,52 +1463,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) 9 мая – День Победы:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Ветеранам Великой Отечественной войны – единовременно в размере 1 500 000 тенге;</w:t>
+        <w:t xml:space="preserve">
+      В честь 80-летия Победы в Великой Отечественной войне" для выплаты с начала года ветеранам Великой Отечественной войны - единовременно в размере 5 000 000 тенге </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Военнослужащим, а также лицам начальствующего и рядового состава органов внутренних дел и государственной безопасности бывшего Союза ССР, проходившие в период Великой Отечественной войны службу в городах, участие в обороне которых засчитывалось до 1 января 1998 года в выслугу лет для назначения пенсии на льготных условиях, установленных для военнослужащих частей действующей армии – единовременно в размере 30 месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1672,51 +1734,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) 29 августа – День закрытия Семипалатинского испытательного ядерного полигона;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Лицам, принимавшим участие в ядерных испытаниях и учениях, ставшими лицами с инвалидностью вследствие Семипалатинского ядерного полигона размер единовременной социальной помощи 30 месячных расчетных показателей;</w:t>
+      Лицам, участвовавшим в семипалатинских ядерных испытаниях и учениях, лицам, пострадавшим вследствие испытаний ядерного оружия и имеющим группу инвалидности - в размере единовременно 30 месячных расчетных показателей</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) 1 октября – "День пожилых людей";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -1801,50 +1863,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) Ко дню "16 декабря - День Независимости Республики Казахстан":</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Лицам, принимавшим участие в событиях 17-18 декабря 1986 года в Казахстане, реабилитированные в порядке, установленном Законом Республики Казахстан "О реабилитации жертв массовых политических репрессий" – единовременно в размере 60 месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) 31 мая – День памяти жертв политических репрессий и голода:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жертвам политических репрессий и лицам, пострадавшим от политических репрессий - в размере единовременно 15 месячных расчетных показателей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 с изменениями, внесенным решением Сарыагашского районного маслихата Туркестанской области от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 37-271-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z18" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Социальная помощь предоставляется следующим категориям граждан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2109,88 +2269,150 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом социальная помощь выплачивается ежемесячно или один раз в три месяца.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Выплата единовременной социальной помощи производится по согласованию специальной комиссией и используется для исполнения обязательств (на развитие личного подсобного хозяйства, организация индивидуальной предпринимательской деятельности) по социальному контракту. </w:t>
       </w:r>
     </w:p>
-    <w:p>
-[...16 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z19" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
+      Специальные комиссии при вынесении заключения о необходимости оказания социальной помощи руководствуются перечнем оснований отнесения граждан к категории нуждающихся, утвержденным Сарыагашским районным маслихатом.;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 с изменением, внесенным решением Сарыагашского районного маслихата Туркестанской области от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 37-271-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
       11. При наступлении вследствие стихийного бедствия или пожара граждане в месячный срок должны обратиться за социальной помощью.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Основаниями для отнесения граждан к категории нуждающихся являются:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3967,180 +4189,296 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 4. Основания для прекращения и возврата предоставляемой социальной помощи</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z38" w:id="26"/>
-[...15 lines deleted...]
-      28. Социальная помощь прекращается в случаях:</w:t>
+    <w:bookmarkStart w:name="z39" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "28. Социальная помощь прекращается в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) смерти получателя;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) выезда получателя на постоянное проживание за пределы соответствующей административно-территориальной единицы;</w:t>
+      2) выезда получателя на постоянное проживание за пределы Сарыагашского района;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) направления получателя на проживание в государственные медико-социальные учреждения;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) выявления недостоверных сведений, предоставленных заявителем;</w:t>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z39" w:id="27"/>
+      4) выявления недостоверных сведений, представленных заявителем;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выявления сведений об утрате оснований на оказание социальной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Подпункт 3) настоящего пункта не распространяется на выплату социальной помощи, назначенной по основаниям, указанным в подпунктах 2) пункта 12 настоящих правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z10" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выплата социальной помощи по основаниям, указанным в подпунктах 1), 3) настоящего пункта, прекращается со следующего месяца после наступления указанных обстоятельств.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выплата социальной помощи по основаниям, указанным в подпунктах 4) и 5) настоящего пункта, прекращается с даты наступления указанных обстоятельств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 с изменением, внесенным решением Сарыагашского районного маслихата Туркестанской области от 05.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 37-271-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Излишне выплаченные суммы социальной помощи подлежат возврату в добровольном порядке, неправомерно полученные суммы подлежат возврату в добровольном или в судебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
     <w:bookmarkStart w:name="z40" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> 5. Заключительное положение</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
     <w:bookmarkStart w:name="z41" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -14669,55 +15007,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>