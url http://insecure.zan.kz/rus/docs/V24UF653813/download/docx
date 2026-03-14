--- v0 (2025-12-27)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0a0dac8" w14:textId="0a0dac8">
+    <w:p w14:paraId="a28f920" w14:textId="a28f920">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Правил организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика в селе Казыгурт, Жанабазар, Рабат, Казыгуртского района Туркестанской области</w:t>
+        <w:t>Правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен многоквартирных жилых домов, направленных на придание единого архитектурного облика в селе Казыгурт, Жанабазар, Рабат, Казыгуртского района Туркестанской области, утвержденный указанным постановлением, изложить в новой редакции согласно приложению к настоящему постановлению</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Постановление акимата Казыгуртского района Туркестанской области от 18 июня 2024 года № 191. Зарегистрировано в Департаменте юстиции Туркестанской области 19 июня 2024 года № 6538-13</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции постановления акимата Казыгуртского района Туркестанской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 314</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 11)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -176,150 +214,210 @@
         </w:rPr>
         <w:t xml:space="preserve"> пункта 1 статьи 31 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О правовых актах" и Законом Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан", акимат Казыгуртского района ПОСТАНОВЛЯЕТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
-[...15 lines deleted...]
-      1. Утвердить прилагаемые Правила организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика в селе Казыгурт, Жанабазар, Рабат, Казыгуртского района.</w:t>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. утвердить прилагаемые правила организации и проведения мероприятий по реконструкции наружных стен, крыш многоквартирных жилых домов, направленных на придание единого архитектурного облика населенным пунктам Казыгуртский район, Казыгуртский, Жанабазарский, Рабат Туркестанской области </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции постановления акимата Казыгуртского района Туркестанской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 314</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Признать утратившим силу </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановление</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> акимата Казыгуртского района Туркестанской области от 28 октября 2022 года № 298 "Об утверждении Правил организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика в селе Казыгурт, Жанабазар, Рабат, Казыгуртского района" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за №30417).</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима Казыгуртского района.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...15 lines deleted...]
-      3. Контроль за исполнением настоящего постановления возложить на курирующего заместителя акима Казыгуртского района.</w:t>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="4"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -513,746 +611,700 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Акимат Казыгуртского района</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 18 июня 2024 года № 191</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика в селе Казыгурт, Жанабазар, Рабат, Казыгуртского района</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z8" w:id="6"/>
+        <w:t xml:space="preserve"> Правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен многоквартирных жилых домов, направленных на придание единого архитектурного облика в селе Казыгурт, Жанабазар, Рабат, Казыгуртского района</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение в редакции постановления акимата Казыгуртского района Туркестанской области от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 314</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика в селе Казыгурт, Жанабазар, Рабат Казыгуртского района (далее – Правила) разработаны в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 11)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 2 статьи 10-3 Закона Республики Казахстан "О жилищных отношениях", иными нормативными правовыми актами и определяют порядок организации и проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика населенным пунктам Казыгуртского района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. В настоящих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> применяются следующие основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) единый архитектурный стиль - совокупность единых признаков, используемых в строительстве, характерная для определенного района застройки территории, в том числе индивидуальной застройки. Основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы. Для района индивидуальной застройки основными параметрами являются внешний облик, архитектурный стиль, цветовое решение, этажность, отделочные материалы, ограждения, тип кровли и расположение хозяйственно-бытовых построек на территории участка;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) объект кондоминиума – единый имущественный комплекс, состоящий из квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности, и общего имущества, которое не может находиться в индивидуальной (раздельной) собственности и принадлежит собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) общее имущество объекта кондоминиума – части объекта кондоминиума (фасады, подъезды, вестибюли, холлы, коридоры, лестничные марши и лестничные площадки, лифты, крыши, чердаки, технические этажи, подвалы, общедомовые инженерные системы и оборудование, абонентские почтовые ящики, земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок, элементы благоустройства и другое имущество общего пользования), кроме квартир, нежилых помещений, парковочных мест, кладовок, находящихся в индивидуальной (раздельной) собственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) текущий ремонт общего имущества объекта кондоминиума - комплекс своевременных технических мероприятий и работ по замене или восстановлению составных частей и инженерного оборудования многоквартирного жилого дома, установленных нормативной и технической документацией, проводимых с целью предотвращения их преждевременного износа и устранения неисправности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) капитальный ремонт общего имущества объекта кондоминиума-комплекс мероприятий и работ по замене изношенных конструкций, деталей и инженерного оборудования многоквартирного жилого дома на новые или более прочные и экономичные, улучшающие эксплуатационные показатели ремонтируемых объектов, проводимых с целью восстановления ресурса многоквартирного жилого дома;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) содержание общего имущества объекта кондоминиума - комплекс работ или услуг по технической эксплуатации, санитарному содержанию и текущему ремонту общего имущества объекта кондоминиума;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) многоквартирный жилой дом - отдельно стоящее здание с единым фундаментом на едином неделимом земельном участке, состоящее из общего имущества объекта кондоминиума, которое является общей долевой собственностью, и двух и более квартир, нежилых помещений, имеющих самостоятельные выходы на земельный участок, прилегающий к многоквартирному жилому дому, либо в иные части общего имущества объекта кондоминиума;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) кондоминиум многоквартирного жилого дома (далее – кондоминиум) – форма собственности, зарегистрированная в порядке, определенном законодательством Республики Казахстан, при которой квартиры, нежилые помещения, парковочные места, кладовки находятся в индивидуальной (раздельной) собственности, а те части, которые не находятся в индивидуальной (раздельной) собственности, принадлежат собственникам квартир, нежилых помещений, парковочных мест, кладовок на праве общей долевой собственности, включая единый неделимый земельный участок под многоквартирным жилым домом и (или) придомовой земельный участок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) собрание собственников квартир, нежилых помещений многоквартирного жилого дома (далее - собрание) - высший орган управления объектом кондоминиума, обеспечивающий коллективное обсуждение и принятие решений собственниками квартир, нежилых помещений, связанных с управлением объектом кондоминиума и содержанием общего имущества объекта кондоминиума, путем голосования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) реконструкция - изменение отдельных помещений, иных частей здания или здания в целом, как правило, связанное с необходимостью обновления и модернизации изменяемого объекта.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок организации мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Государственное учреждение "Отдел жилищно-коммунального хозяйства, пассажирского транспорта и автомобильных дорог акимата Казыгуртского района" (далее - Отдел) определяет перечень многоквартирных жилых домов, требующих проведения реконструкции, текущему или капитальному ремонту наружных стен, кровли для придания единого архитектурного облика.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Государственное учреждение "Отдел строительства, архитектуры и градостроительства Казыгуртского района" после определения перечня многоквартирных жилых домов, указанных в пункте 3 Правил, обеспечивает разработку и утверждение единого архитектурного облика района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Акиматы села Казыгурт, Жанабазар, Рабат, Казыгуртского района организуют следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ознакомление собственников квартир, нежилых помещений (при их наличии) многоквартирного жилого дома с проектом единого архитектурного облика района на официальном интернет- ресурсе акимата;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) информирование собственников квартир и нежилых помещений (при их наличии) многоквартирного жилого дома о планируемых работах и примерных сроках их проведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) организация и проведение собрания собственников квартир, нежилых помещений (при их наличии) для принятия решения о согласии или несогласии по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Собрание принимает решение при наличии более двух третей от общего числа собственников квартир, нежилых помещений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В случае принятия собранием отрицательного решения работы по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленные на придание единого архитектурного облика, не производятся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. При принятии собранием положительного решения Государственное учреждение "Отдел строительства, архитектуры и градостроительства Казыгуртского района", в соответствии с требованиями строительных норм, организует обследование технического состояния по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов для определения объема работ, типа ремонта (текущий или капитальный) и установления степени их физического износа.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок проведения мероприятий по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, зарегистрированных как объект кондоминиума</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Техническое обследование осуществляется экспертами, имеющими соответствующий аттестат на право осуществления технического обследования надежности и устойчивости зданий и сооружений, либо аккредитованной организацией, имеющей в своем составе аттестованных экспертов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Проектирование осуществляется специализированными организациями, имеющими соответствующие лицензии.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Выбор организации по техническому обследованию, разработке сметного расчета текущего ремонта или изготовлению проектно-сметной документации, осуществляющую комплексную вневедомственную экспертизу проектов строительства осуществляется в соответствии с законодательством Республики Казахстан о государственных закупках.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Приобретение работ по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется администратором бюджетной программы в соответствии с законодательством Республики Казахстан о государственных закупках.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Настоящие Правила организации и проведения мероприятий по текущему или капитальному ремонту фасадов, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика в селе Казыгурт, Жанабазар, Рабат Казыгуртского района (далее – Правила) разработаны в соответствии с </w:t>
-[...588 lines deleted...]
-    <w:bookmarkEnd w:id="23"/>
+      13. Приемка работ по реконструкции, текущему или капитальному ремонту наружных стен, кровли многоквартирных жилых домов, направленных на придание единого архитектурного облика, осуществляется администратором бюджетной программы с привлечением лиц, осуществляющих технический надзор. </w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -1578,31 +1630,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>