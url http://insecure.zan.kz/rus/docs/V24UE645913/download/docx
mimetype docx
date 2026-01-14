--- v0 (2025-10-14)
+++ v1 (2026-01-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3fa6b3b" w14:textId="3fa6b3b">
+    <w:p w14:paraId="201abee" w14:textId="201abee">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -533,234 +533,256 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>маслихата района Байдибек</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 14 февраля 2024 года №13/62</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Правила в редакции решения Байдибекского районного маслихата Туркестанской области от 25.02.2025 </w:t>
+      Сноска. Правила в редакции решения Байдибекского районного маслихата Туркестанской области от 02.12.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 27/157</w:t>
+        <w:t>№ 35/205</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> пункта 1 статьи 56 Бюджетного кодекса Республики Казахстан, Социального кодекса Республики Казахстан, </w:t>
+        <w:t xml:space="preserve">
+      1. Настоящие Правила оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан (далее - Правила) разработаны в соответствии с подпунктом 4) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пункта 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 56 Бюджетного кодекса Республики Казахстан, Социального кодекса Республики Казахстан, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2-3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 6 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Республики Казахстан "О ветеранах", и </w:t>
+        <w:t xml:space="preserve"> Республики Казахстан "О ветеранах", и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">постановлением </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правительства Республики Казахстан от 30 июня 2023 года № 523 "Об утверждении Типовых правил оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 183871) (далее – Типовые правила) и определяют порядок оказания социальной помощи, установления ее размеров и определения перечня отдельных категорий нуждающихся граждан района Байдибек.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2. Основные термины и понятия, которые используются в настоящих Правилах:</w:t>
+        <w:t xml:space="preserve">
+      2. Основные термины и понятия, которые используются в настоящих </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) – юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг и выдаче их результатов услугополучателю по принципу "одного окна", обеспечения оказания государственных услуг в электронной форме;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -986,51 +1008,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) веб-портал "электронное правительство" (далее – портал) – объект информатизации, представляющий собой "единое окно" доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, государственным и иным услугам, оказываемым в электронной форме;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания.       3. Меры социальной поддержки, предусмотренные </w:t>
+      15) электронная цифровая подпись (далее – ЭЦП) – набор электронных цифровых символов, созданный средствами электронной цифровой подписи и подтверждающий достоверность электронного документа, его принадлежность и неизменность содержания. 3. Меры социальной поддержки, предусмотренные </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 170, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -2257,52 +2279,52 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       лицам с инвалидностью 1 – группы – в размере 5 месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      детям с инвалидностью получающим специальные социальные услуги на дому – в размере 4 месячных расчетных показателей; </w:t>
+        <w:t>
+      детям с инвалидностью получающим специальные социальные услуги на дому – в размере 4 месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) 25 октября – День Республики:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -2384,231 +2406,249 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) родителям или законным представителям детей, инфицированных вирусом иммунодефицита человека, состоящих на диспансерном учете, а также детям, страдающим заболеванием, вызванным вирусом иммунодефицита человека, социальная помощь ежемесячно в двукратном размере прожиточного минимума;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) лицам, страдающим заболеванием ВИЧ - единовременно в 2 кратном размере величины прожиточного минимума;</w:t>
-[...179 lines deleted...]
-      12) в связи с причинением ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия или пожара- единовременно в размере 200 (двести) месячных расчетных показателей; </w:t>
+      2) лицам, страдающим туберкулезным заболеванием в период амбулаторного лечения, по списку предоставляемым государственным коммунальным предприятием на праве хозяйственного ведения "Центральная больница района Байдибек" Управления здравоохранения Туркестанской области- ежемесячно, 10 месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лицам, страдающим заболеванием ВИЧ - единовременно в 2 кратном размере величины прожиточного минимума;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) детям с инвалидностью, обучающимся и воспитывающимся на дому в период учебного года – ежемесячно в размере 1 месячного расчетного показателя;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) для подписки в изданиях – лицам, награжденным орденами и медалями бывшего Союза ССР за самоотверженный труд и безупречную воинскую службу в тылу в годы Великой Отечественной войны – 1 раз в год в размере 3 месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Ветеранам Великой Отечественной войны, ветеранам, приравненным по льготам к ветеранам Великой Отечественной войны, одиноким пенсионерам, вышедшим на пенсию по возрасту, для получения путевок на санаторно-курортное лечение в соответствии с очередностью, утвержденной руководителем уполномоченного органа, на основании заявления - единовременно в размере 65 месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) лицам, больным злокачественными новообразованиями, без учета доходов, единовременно в размере 10 месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) лицам, сопровождающие лиц с инвалидностью первой группы, имеющих затруднение в передвижении во время санаторно – курортного лечения, без учета среднедушевого дохода, в размере 40 месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) нуждающимся гражданам, страдающим заболеванием хронической почечной недостаточности – единовременно, в размере 72 месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) малообеспеченным семьям, со среднедушевым доходом, не превышающего порога в кратном отношении к прожиточному минимуму единовременно в размере - 15 месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) лицам, освобожденным из мест лишения свободыи состоящим на учете службы пробации – единовременно в размере 10 месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) для возмещения стоимости пребывания в санаторно-курортной организации – сопровождающему одновременно одного и более ребенка с инвалидностью на санаторно-курортное лечение, единовременно в размере семидесяти процентов от гарантированной суммы, предоставляемой в качестве возмещения стоимости санаторно-курортного лечения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) в связи с причинением ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия или пожара- единовременно в размере 200 (двести) месячных расчетных показателей;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       при причинении ущерба имуществу вследствие стихийного бедствия или пожара социальная помощь оказывается по месту нахождения пострадавшего имущества независимо от места регистрации его собственника.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -3084,51 +3124,51 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Мониторинг и учет предоставления социальной помощи проводит уполномоченный орган по оказанию социальной помощи с использованием базы данных автоматизированной информационной системы "Е-Собес".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      18. Формирование категорий получателей на выплату социальной помощи к памятным датам и праздничным дням и процесс осуществления выплаты социальной помощи через Государственную корпорацию определяется пунктами 26-33 Типовых прави</w:t>
+      18. Формирование категорий получателей на выплату социальной помощи к памятным датам и праздничным дням и процесс осуществления выплаты социальной помощи через Государственную корпорацию определяется пунктами 26-33 Типовы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>