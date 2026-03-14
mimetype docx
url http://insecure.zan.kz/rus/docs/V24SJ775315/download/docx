--- v0 (2025-11-09)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6c2a7b6" w14:textId="6c2a7b6">
+    <w:p w14:paraId="f7a484a" w14:textId="f7a484a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об определении размера и порядка оказания жилищной помощи в Мамлютском районе Северо-Казахстанской области</w:t>
+        <w:t>Об определении размера и правил оказания жилищной помощи в Мамлютском районе Северо-Казахстанской области</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение маслихата Мамлютского района Северо-Казахстанской области от 29 апреля 2024 года № 25/6. Зарегистрировано в Департаменте юстиции Северо-Казахстанской области 4 мая 2024 года № 7753-15</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции решения маслихата Мамлютского района Северо-Казахстанской области от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47/4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -192,54 +230,116 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года № 117 "Об утверждении Правил предоставления жилищной помощи" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 33763) маслихат Мамлютского района Северо-Казахстанской области РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Определить размер и порядок оказания жилищной помощи в Мамлютском районе Северо-Казахстанской области согласно приложению 1 к настоящему решению.</w:t>
+      1. Определить размер и правила оказания жилищной помощи в Мамлютском районе Северо-Казахстанской области согласно приложению 1 к настоящему решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения маслихата Мамлютского района Северо-Казахстанской области от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47/4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Признать утратившими силу некоторые решения маслихата Мамлютского района Северо-Казахстанкой области согласно приложению 2 к настоящему решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:bookmarkStart w:name="z7" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -796,54 +896,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 25/6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Размер и порядок оказания жилищной помощи в Мамлютском районе Северо-Казахстанской области</w:t>
+        <w:t xml:space="preserve"> Размер и правила оказания жилищной помощи в Мамлютском районе Северо-Казахстанской области</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции решения маслихата Мамлютского района Северо-Казахстанской области от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47/4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z17" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -976,168 +1114,554 @@
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Размер оказания жилищной помощи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z24" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Жилищная помощь определяется как разница между суммой оплаты расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума, потребление коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде, и предельно допустимым уровнем расходов услугополучателя на эти цели, в размере 5 (пяти) процентов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z25" w:id="14"/>
-[...15 lines deleted...]
-      При назначении жилищной помощи принимается норма площади в размере не менее 15 (пятнадцати) квадратных метров и не более 18 (восемнадцати) квадратных метров полезной площади на человека, но не менее однокомнатной квартиры или комнаты в общежитии.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сноска. Пункт 3 с изменением, внесенным решением маслихата Мамлютского района Северо-Казахстанской области от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47/4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3-1. Размер жилищной помощи рассчитывается услугодателем, в пределах следующих норм:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нормы потребления коммунальной услуги по газоснабжению для потребителей не более пятнадцати кубических метров на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормы потребления услуги электроснабжения для потребителя в соответствии нормам, установленным региональным уполномоченным органом, регулируемым деятельность в сфере естественных монополий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нормы услуг водоснабжения, и (или) водоотведения для потребителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      холодная вода не более четырех метров кубических на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      горячая вода не более двух метров кубических на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нормы потребления услуги теплоснабжения для потребителей не более ноль целых двадцать пять тысячных гигакалории на человека в месяц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сбор и вывоз твердых бытовых отходов (мусороудаление) не более шестьсот пятидесяти тенге на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обслуживание лифтов не более тысячу триста тенге за квартиру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) услуги связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций не более тысячу триста девяносто девяти тенге за абонент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиум не более шестидесяти тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) арендная плата за пользованием жилищем из государственного жилищного фонда не более ста двадцати тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) норма квадратуры на человека восемнадцать квадратных метров полезной площади на человека, но не более фактически занимаемой площади, для одиноко проживающего не более тридцати квадратных метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение 1 дополнено пунктом 3-1 в соответствии с решением маслихата Мамлютского района Северо-Казахстанской области от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47/4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Правила оказания жилищной помощи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z26" w:id="15"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок оказания жилищной помощи</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок в редакции решения маслихата Мамлютского района Северо-Казахстанской области от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 47/4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жилищная помощь назначается один раз в квартал независимо от времени подачи документов в текущем квартале по совокупному доходу и по предъявленным поставщиками счетам о ежемесячных взносах на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума согласно смете расходов и счетам на оплату коммунальных услуг предыдущего квартала.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z27" w:id="16"/>
-[...15 lines deleted...]
-      4. Жилищная помощь назначается один раз в квартал независимо от времени подачи документов в текущем квартале по совокупному доходу и по предъявленным поставщиками счетам о ежемесячных взносах на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума согласно смете расходов и счетам на оплату коммунальных услуг предыдущего квартала.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Совокупный доход услугополучателя исчисляется услугодателем за квартал, предшествовавший кварталу обращения за назначением жилищной помощи, согласно Правил предоставления жилищной помощи, утвержденные приказом Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года № 117 "Об утверждении Правил предоставления жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33763) (далее – Правила).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z28" w:id="17"/>
-[...15 lines deleted...]
-      5. Совокупный доход услугополучателя исчисляется услугодателем за квартал, предшествовавший кварталу обращения за назначением жилищной помощи, согласно Правил предоставления жилищной помощи, утвержденные приказом Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года № 117 "Об утверждении Правил предоставления жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33763) (далее – Правила).</w:t>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Компенсация услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, производится в соответствии с приказом Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 28 июля 2023 года № 295/НҚ "Об определении размера и утверждении Правил компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33200).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z29" w:id="18"/>
-[...15 lines deleted...]
-      6. Компенсация услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, производится в соответствии с приказом Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 28 июля 2023 года № 295/НҚ "Об определении размера и утверждении Правил компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33200).</w:t>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Для назначения жилищной помощи услугополучатель (либо его представитель по нотариально заверенной доверенности) обращается в Некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) и/или на веб-портал "электронного правительства" с предоставлением следующих документов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z30" w:id="19"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) в Государственную корпорацию: </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -1490,632 +2014,632 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия счета о размере арендной платы за пользование жилищем, арендованным местным исполнительным органом в частном жилищном фонде, предъявленного местным исполнительным органом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Истребование документов, не предусмотренных настоящим пунктом, не допускается. Сведения о наличии или отсутствии жилища (по Республике Казахстан), принадлежащего им на праве собственности, услугодатель получает посредством информационных систем. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z31" w:id="20"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При повторном обращении услугополучатель (либо его представитель по нотариально заверенной доверенности) представляет только подтверждающие документы о доходах семьи и счета на коммунальные расходы за истекший квартал перед обращением, за исключением, предусмотренного пунктом 11 Правил.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При приеме документов через Государственную корпорацию услугополучателю выдается расписка о приеме соответствующих документов.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z32" w:id="21"/>
-[...15 lines deleted...]
-      При приеме документов через Государственную корпорацию услугополучателю выдается расписка о приеме соответствующих документов.</w:t>
+    <w:bookmarkStart w:name="z33" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При обращении через веб-портал "электронного правительства", услугополучателю в "личный кабинет" направляются статус о принятии запроса на оказание государственной услуги, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z33" w:id="22"/>
-[...15 lines deleted...]
-      При обращении через веб-портал "электронного правительства", услугополучателю в "личный кабинет" направляются статус о принятии запроса на оказание государственной услуги, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z34" w:id="23"/>
-[...15 lines deleted...]
-      Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней.</w:t>
+    <w:bookmarkStart w:name="z35" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Решение о назначении жилищной помощи либо мотивированный ответ об отказе в предоставлении услуги принимается услугодателем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z35" w:id="24"/>
-[...15 lines deleted...]
-      Решение о назначении жилищной помощи либо мотивированный ответ об отказе в предоставлении услуги принимается услугодателем.</w:t>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о назначении либо мотивированный ответ об отказе в назначении жилищной помощи направляется в Государственную корпорацию или "личный кабинет" в виде электронного документа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z36" w:id="25"/>
-[...15 lines deleted...]
-      Уведомление о назначении либо мотивированный ответ об отказе в назначении жилищной помощи направляется в Государственную корпорацию или "личный кабинет" в виде электронного документа.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 в редакции решения маслихата Мамлютского района Северо-Казахстанской области от 14.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 41/3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z59" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. При выявлении оснований для отказа в назначении жилищной помощи в соответствии со статьей 73 Административного процедурно-процессуального кодекса Республики Казахстан (далее- АППК РК), услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z60" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уведомление о заслушивании направляется не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z61" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугополучателю в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя либо на бумажном носителе, направляется положительный результат либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z62" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Услугодатель отказывает в оказании государственной услуги по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z63" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z64" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным в Правилах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z65" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       3) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z66" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в отношении услугополучателя имеется вступившее в законную силу решение суда, на основании которого услугополучатель лишен специального права, связанного с получением государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z67" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае устранения услугополучателем причин отказа в оказании жилищной помощи услугополучатель может обратиться повторно для получения государственной услуги в установленном порядке, отказ в оказании жилищной помощи не препятствует повторному обращению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z68" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Назначение жилищной помощи получателям жилищной помощи осуществляется в пределах средств, предусмотренных в бюджете района на соответствующий финансовый год.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z69" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Излишние или необоснованно полученные суммы жилищной помощи подлежат возврату услугополучателем в добровольном порядке, а в случае отказа в установленном законодательством порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z70" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...268 lines deleted...]
-      Излишние или необоснованно полученные суммы жилищной помощи подлежат возврату услугополучателем в добровольном порядке, а в случае отказа в установленном законодательством порядке.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 4. Выплата жилищной помощи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z70" w:id="37"/>
-[...17 lines deleted...]
-    <w:bookmarkStart w:name="z71" w:id="38"/>
+    <w:bookmarkStart w:name="z71" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. Выплата жилищной помощи услугополучателям осуществляется услугодателем через банки второго уровня, организации, имеющие лицензии уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций на соответствующие виды банковских операций, территориальные подразделения акционерного общества "Казпочта" путем перечисления начисленных сумм на лицевые счета получателей жилищной помощи. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z39" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечисление денежных сумм на счета производится услугодателем ежемесячно за истекший месяц.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z39" w:id="39"/>
-[...15 lines deleted...]
-      Перечисление денежных сумм на счета производится услугодателем ежемесячно за истекший месяц.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 в редакции решения маслихата Мамлютского района Северо-Казахстанской области от 14.04.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 41/3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z73" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Услугополучатели несут ответственность за достоверность представленных сведений в установленном законодательством порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:p>
-[...77 lines deleted...]
-      12. Услугополучатели несут ответственность за достоверность представленных сведений в установленном законодательством порядке.</w:t>
+    <w:bookmarkStart w:name="z74" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Получатели жилищной помощи в течение десяти рабочих дней информируют услугодателя о любых изменениях формы собственности своего жилья, состава семьи, ее совокупного дохода и статуса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z74" w:id="41"/>
-[...15 lines deleted...]
-      Получатели жилищной помощи в течение десяти рабочих дней информируют услугодателя о любых изменениях формы собственности своего жилья, состава семьи, ее совокупного дохода и статуса.</w:t>
+    <w:bookmarkStart w:name="z75" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам назначения жилищной помоши производится в соответствии со статьей 91 АППК РК и пунктом 50 Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z75" w:id="42"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="42"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2415,282 +2939,282 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 25/6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="43"/>
+    <w:bookmarkStart w:name="z81" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений маслихата Мамлютского района Северо-Казахстанской области</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z82" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z82" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Мамлютского района Северо-Казахстанской области "Об определении размера и порядка оказания жилищной помощи в Мамлютском районе Северо-Казахстанской области" от 17 апреля 2019 года № 49/3 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 5354).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z83" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z83" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Мамлютского района Северо-Казахстанской области "О внесении изменений в решение маслихата Мамлютского района Северо-Казахстанской области от 17 апреля 2019 года № 49/3 "Об определении размера и порядка оказания жилищной помощи в Мамлютском районе Северо-Казахстанской области" от 26 февраля 2020 года № 64/3 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 6078).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z84" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z84" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Мамлютского района Северо-Казахстанской области "О внесении изменений в решение маслихата Мамлютского района Северо-Казахстанской области от 17 апреля 2019 года № 49/3 "Об определении размера и порядка оказания жилищной помощи в Мамлютском районе Северо-Казахстанской области" от 6 мая 2021 года № 5/3 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 7413).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z85" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z85" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Мамлютского района Северо-Казахстанской области "О внесении изменения в решение маслихата Мамлютского района Северо-Казахстанской области от 17 апреля 2019 года № 49/3 "Об определении размера и порядка оказания жилищной помощи в Мамлютском районе Северо-Казахстанской области" от 21 декабря 2023 года № 15/2 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 7657-15).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>