--- v0 (2025-11-07)
+++ v1 (2026-03-07)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0670394" w14:textId="0670394">
+    <w:p w14:paraId="91d5e7e" w14:textId="91d5e7e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -785,50 +785,70 @@
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 в редакции решения акима Айыртауского района Северо-Казахстанской области от 22.04.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 28/3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования); 09.07.2025 года </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
@@ -1236,51 +1256,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммунальное государственное предприятие на праве хозяйственного ведения "Айыртауская центральная районная больница" коммунального государственного управления "Управление здравоохранения акимата Северо-Казахстанской области" (по согласованию), село Саумалколь, улица Хаирова, 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z24" w:id="9"/>
+          <w:bookmarkStart w:name="z21" w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Орловка, Копа,</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="9"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -1852,51 +1872,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Государственное коммунальное казенное предприятие "Айыртауский районный Дом культуры" акимата Айыртауского района Северо-Казахстанской области, село Саумалколь, улица Акана-Серэ, 31</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z25" w:id="10"/>
+          <w:bookmarkStart w:name="z22" w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 улица Байкена Ашимова, номера домов 1,1А, 2, 3, 5, 7, 8, 10, 12, 13, 13Д, 13Б, 14, 17, 18, 19, 20, 21, 22, 23, 25, 26, 27, 28, 29, 31, 32, 36, 38, 40, 42, 44, 50;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="10"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2021,51 +2041,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммунальное государственное учреждение "Саумалкольская школа-гимназия № 2" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Саумалколь, улица МКР, 20 Б</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z26" w:id="11"/>
+          <w:bookmarkStart w:name="z23" w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Саумалколь:</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="11"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2218,51 +2238,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммунальное государственное учреждение "Айыртауская школа интернат для детей оставшихся без попечения родителей" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Саумалколь, улица Макаренко, 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z28" w:id="12"/>
+          <w:bookmarkStart w:name="z25" w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Саумалколь:</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="12"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -2527,51 +2547,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммунальное государственное учреждение "Саумалкольская казахская средняя школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Саумалколь, улица Байкена Ашимова 81 А</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z34" w:id="13"/>
+          <w:bookmarkStart w:name="z31" w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Красногорка, село Галицино, Айыртауский Центр социального обслуживания, село Саумалколь: улица Байкена Ашимова, номера домов 56, 58, 60, 62,66, 68, 70, 72;</w:t>
             </w:r>
           </w:p>
           <w:bookmarkEnd w:id="13"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
@@ -6272,66 +6292,86 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Коммунальное государственное учреждение "Кутузовская неполная средняя школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Кутузовка, улица Школьная, 19</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
-[...14 lines deleted...]
-село Кутузовка</w:t>
+          <w:bookmarkStart w:name="z32" w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Кутузовка,</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="14"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Бурлык, село Сарытубек</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6436,51 +6476,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-село Каменный Брод, село Сарысай.</w:t>
+село Каменный Брод, село Сарысай, село Петропавловка, село Карловка.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6513,123 +6553,227 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№43</w:t>
-[...71 lines deleted...]
-село Бурлык, село Сарытубек, село Петропавловка, село Карловка.</w:t>
+№44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Арыкбалыкская средняя школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Арыкбалык, улица Бәйкен Әшімов, 43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z33" w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Арыкбалык:</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="15"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>улица Набережная, номера домов 2, 3, 4, 7, 10, 15, 18, 20, 23, 25, 27, 30, 36;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>улица Кузнечная, номера домов 7, 8, 10, 12, 13, 16, 20, 23, 24, 30;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>улица Нагорная, номера домов 1, 2, 3, 4, 5, 7, 9, 10, 14, 17;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улицы Сейфуллина, Жұмағали Саин, Песчанная, Бірлік, 30 лет Победы, Ключевая, Достық, Мира, Целинная, Дачная, Лесная, Интернациональная, Энтузиастов, Механизаторов, Молодежная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6662,207 +6806,195 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№44</w:t>
-[...56 lines deleted...]
-          <w:bookmarkStart w:name="z35" w:id="14"/>
+№45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Арыкбалыкский сельский Дом культуры акимата Айыртауского района Северо-Казахстанской области", село Арыкбалык, улица Центральная, 44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 село Арыкбалык:</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="14"/>
-[...79 lines deleted...]
-улицы Сейфуллина, Жұмағали Саин, Песчанная, Бірлік, 30 лет Победы, Ключевая, Достық, Мира, Целинная, Дачная, Лесная, Интернациональная, Энтузиастов, Механизаторов, Молодежная.</w:t>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улицы Новая, 40 лет Победы, Юбилейная, Рабочая, Новоселова, Северная, Полевая, Степная, М.Горького, Шоқан Уәлиханов, Николай Нижников, Бәйкен Әшімов, Школьная, Центральная, Конституции, Ералы Мұқашев, Озерная, улица Набережная № 38, 40, 42, 45, 46,47, 48, 49, 50, 51, 53, 54, 56, 60, 61, 62, 64, 65, 66, 71, 72, 74;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Кузнечная, номера домов 25, 27, 29, 37,38, 41, 49;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улица Нагорная, номера домов 19, 20, 21, 24, 26, 27, 29, 34, 36;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+улицы РАД, АТП, Абая</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6895,195 +7027,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№45</w:t>
-[...143 lines deleted...]
-улицы РАД, АТП, Абая</w:t>
+№46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Офис Арыкбалыкского филиала республиканского государственного учреждения "Государственный национальный природный парк "Кокшетау" (по согласованию), село Горное, улица Таежная, 1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Горное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7116,123 +7176,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№46</w:t>
-[...71 lines deleted...]
-село Горное</w:t>
+№47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Целинная начальная школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Целинное, улица Центральная,14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Целинное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7265,123 +7325,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№47</w:t>
-[...71 lines deleted...]
-село Целинное</w:t>
+№48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Златогорская средняя школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Агынтай Батыра, улица Советская, 34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Агынтай Батыра</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7414,123 +7474,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№48</w:t>
-[...71 lines deleted...]
-село Агынтай Батыра</w:t>
+№49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Центр досуга товарищества с ограниченной ответственностью "Zlatogorka GCK", село Баян, улица Центральная, 19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Баян</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7563,123 +7623,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№49</w:t>
-[...71 lines deleted...]
-село Баян</w:t>
+№50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Мадениетская средняя школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Карасай Батыра, улица Орталык, 36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Карасай Батыра</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7712,123 +7772,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№50</w:t>
-[...71 lines deleted...]
-село Карасай Батыра</w:t>
+№51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Гусаковская средняя школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Гусаковка, улица Школьная, 49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Гусаковка, село Корсаковка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -7861,123 +7921,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№51</w:t>
-[...71 lines deleted...]
-село Гусаковка, село Корсаковка</w:t>
+№53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Константиновский Комплекс школа-ясли-сад" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Константиновка, улица Достык, 54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Константиновка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8010,123 +8070,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№53</w:t>
-[...71 lines deleted...]
-село Константиновка</w:t>
+№54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Медицинский пункт (по согласованию), село Матвеевка, улица Школьная, 34/2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Матвеевка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8159,123 +8219,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№54</w:t>
-[...71 lines deleted...]
-село Матвеевка</w:t>
+№55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Новосветловская средняя школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Новосветловка, улица Школьная, 20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Новосветловка, село Береславка</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8308,123 +8368,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№55</w:t>
-[...71 lines deleted...]
-село Новосветловка, село Береславка</w:t>
+№57</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Имантауская средняя школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Имантау, улица Школьная, 14 А</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Имантау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8457,123 +8517,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№57</w:t>
-[...71 lines deleted...]
-село Имантау</w:t>
+№58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Верхнебурлукская начальная школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Верхний Бурлук, улица Школьная, 13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Верхний Бурлук</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8606,123 +8666,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№58</w:t>
-[...71 lines deleted...]
-село Верхний Бурлук</w:t>
+№59</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Лобановская средняя школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Лобаново, улица Абая, 31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Лобаново</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8755,123 +8815,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№59</w:t>
-[...71 lines deleted...]
-село Лобаново</w:t>
+№60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Шалкарская средняя школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Шалкар, улица Байтерек, 3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Шалкар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -8904,123 +8964,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№60</w:t>
-[...71 lines deleted...]
-село Шалкар</w:t>
+№61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Центр досуга коммунального государственного учреждения "Отдел внутренней политики, культуры и развития языков акимата Айыртауского района Северо-Казахстанской области", село Заря, улица Центральная, 37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Заря</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9053,123 +9113,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№61</w:t>
-[...71 lines deleted...]
-село Заря</w:t>
+№62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Альжанская основная школа" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Альжан, улица Мектеп, 7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Альжан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9202,123 +9262,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№62</w:t>
-[...71 lines deleted...]
-село Альжан</w:t>
+№63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Нижнебурлукский Комплекс школа-ясли-сад" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Нижний Бурлук, улица Школьная, 17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Нижний Бурлук, село Алтынбулак</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9351,123 +9411,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№63</w:t>
-[...71 lines deleted...]
-село Нижний Бурлук, село Алтынбулак</w:t>
+№64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Центр досуга коммунального государственного учреждения "Отдел внутренней политики, культуры и развития языков акимата Айыртауского района Северо-Казахстанской области", село Жаксы Жалгызтау, улица Школьная, 5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Жаксы Жалгызтау</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -9500,313 +9560,164 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№64</w:t>
-[...71 lines deleted...]
-село Жаксы Жалгызтау</w:t>
+№65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Коммунальное государственное учреждение "Аканский комплекс школа-ясли сад" коммунального государственного учреждения "Отдел образования Айыртауского района" коммунального государственного учреждения "Управление образования акимата Северо-Казахстанской области", село Куспек, улица Школьная, 29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+село Куспек, село Акшокы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 56.</w:t>
-            </w:r>
-[...147 lines deleted...]
-57.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10154,188 +10065,188 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 11 июня 2024 года № 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z41" w:id="15"/>
+    <w:bookmarkStart w:name="z41" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений акима Айыртауского района Северо-Казахстанской области</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z42" w:id="16"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z42" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акима Айыртауского района Северо-Казахстанской области "Об образовании избирательных участков по Айыртаускому району Северо-Казахстанской области" от 25 января 2016 года № 2 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под№ 3605);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z43" w:id="17"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z43" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акима Айыртауского района Северо-Казахстанской области "О внесении изменения в решение акима Айыртауского района Северо-Казахстанской области от 25 января 2016 года № 2 "Об образовании избирательных участков на территории Айыртауского района Северо-Казахстанской области"от 19 июля 2023 года № 16 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 7562-15);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z44" w:id="18"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z44" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акима Айыртауского района Северо-Казахстанской области "О внесении изменения в решение акима Айыртауского района Северо-Казахстанской области от 25 января 2016 года № 2 "Об образовании избирательных участков по Айыртаускому району Северо-Казахстанской области"от 23 февраля 2024 года № 10 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 7694-15).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>