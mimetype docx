--- v0 (2025-10-02)
+++ v1 (2026-01-01)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f3434ed" w14:textId="f3434ed">
+    <w:p w14:paraId="23d0d67" w14:textId="23d0d67">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1051,51 +1051,51 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Компенсация услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, производится в соответствии с приказом Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 28 июля 2023 года № 295/НҚ "Об определении размера и утверждении Правил компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов № 33200).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
     <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Для назначения жилищной помощи услугополучатель (либо его представитель по нотариально заверенной доверенности) обращается в Государственную корпорацию "Правительство для граждан" и/или на веб-портал "электронного правительства" с предоставлением следующих документов:</w:t>
+      7. Для назначения жилищной помощи услугополучатель (либо его представитель по нотариально заверенной доверенности) обращается в некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) и/или на веб-портал "электронного правительства" с предоставлением следующих документов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
     <w:bookmarkStart w:name="z29" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в Государственную корпорацию:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
     <w:bookmarkStart w:name="z30" w:id="21"/>
     <w:p>
@@ -1571,94 +1571,156 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При обращении через портал, услугополучателю в "личный кабинет" направляются статус о принятии запроса на назначение жилищной помощи, а также уведомление с указанием даты и времени получения результата государственной услуги.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации либо через веб-портал "электронного правительства" составляет 8 (восемь) рабочих дней.</w:t>
+      Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации, либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Решение о назначении жилищной помощи либо мотивированный ответ об отказе в предоставлении услуги принимается услугодателем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уведомление о назначении либо мотивированный ответ об отказе в назначении жилищной помощи направляется в Государственную корпорацию или "личный кабинет" в виде электронного документа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменениями, внесенными решением Айыртауского районного маслихата Северо-Казахстанской области от 26.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-27-18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. При выявлении оснований для отказа в назначении жилищной помощи в соответствии со статьей 73 Административного процедурно-процессуального кодекса Республики Казахстан (далее – АППК РК), уполномоченный орган уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также времени и месте (способе) проведения заслушивания для возможности выразить услугополучателю позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -1869,134 +1931,194 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Выплата жилищной помощи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
     <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11. Выплата жилищной помощи услугополучателям осуществляется услугодателем через банки второго уровня путем перечисления начисленных сумм на лицевые счета получателей жилищной помощи.</w:t>
+      11. Жилищная помощь предоставляется в денежной форме через банки второго уровня, организации, имеющие лицензии уполномоченного органа по регулированию, контролю и надзору финансового рынка и финансовых организаций на соответствующие виды банковских операций, территориальные подразделения акционерного общества "Казпочта".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z70" w:id="61"/>
-[...15 lines deleted...]
-      Перечисление денежных сумм на счета производится услугодателем ежемесячно за истекший месяц.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+       Перечисление денежных сумм на счета производится услугодателем ежемесячно за истекший месяц.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 в редакции решения Айыртауского районного маслихата Северо-Казахстанской области от 26.05.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 8-27-18</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Услугополучатели несут ответственность за достоверность представленных сведений в установленном законодательством порядке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z71" w:id="62"/>
-[...15 lines deleted...]
-      12. Услугополучатели несут ответственность за достоверность представленных сведений в установленном законодательством порядке.</w:t>
+    <w:bookmarkStart w:name="z72" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Получатели жилищной помощи в течение десяти рабочих дней информируют уполномоченный орган о любых изменениях формы собственности своего жилья, состава семьи, ее совокупного дохода и статуса.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z72" w:id="63"/>
-[...15 lines deleted...]
-      Получатели жилищной помощи в течение десяти рабочих дней информируют уполномоченный орган о любых изменениях формы собственности своего жилья, состава семьи, ее совокупного дохода и статуса.</w:t>
+    <w:bookmarkStart w:name="z73" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Порядок обжалования решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам назначения жилищной помощи производится в соответствии со статьей 91 АППК РК и пунктом 50 Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z73" w:id="64"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="64"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2231,548 +2353,548 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 8-13-1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z78" w:id="65"/>
+    <w:bookmarkStart w:name="z78" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень признанных утратившими силу некоторых решений Айыртауского районного маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z79" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z79" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Айыртауского района Северо-Казахстанской области от 25 июля 2012 года № 5-6-3 "Об определении размера и порядка оказания жилищной помощи в Айыртауском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 13-3-161).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z80" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z80" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Айыртауского района Северо-Казахстанской области от 20 декабря 2012 года № 5-11-7 "О внесении изменений в решение Айыртауского районного маслихата от 25 июля 2012 года № 5-6-3 "О Правилах оказания малообеспеченным семьям (гражданам) жилищной помощи на содержание жилья и оплату коммунальных услуг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 2089).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z81" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z81" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Айыртауского района Северо-Казахстанской области от 29 марта 2013 года № 5-12-9 "О внесении изменений и дополнения в решение Айыртауского районного маслихата от 25 июля 2012 года № 5-6-3 "О Правилах оказания малообеспеченным семьям (гражданам) жилищной помощи на содержание жилья и оплату коммунальных услуг" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за №2259).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z82" w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z82" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата Айыртауского района Северо-Казахстанской области от 31 марта 2014 года № 5-23-4 "О внесении изменений в решение Айыртауского районного маслихата от 25 июля 2012 года № 5-6-3 "О Правилах оказания малообеспеченным семьям (гражданам) жилищной помощи на содержание жилья и оплату коммунальных услуг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 2678).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z83" w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z83" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айыртауского районного маслихата от 30 июня 2015 года № 5-39-2 "О внесении изменения в решение Айыртауского районного маслихата от 25 июля 2012 года № 5-6-3 "О Правилах оказания малообеспеченным семьям (гражданам) жилищной помощи на содержание жилья и оплату коммунальных услуг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 3325).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z84" w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z84" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айыртауского районного маслихата Северо-Казахстанской области от 10 октября 2016 года № 6-5-3"О внесении изменения в решение Айыртауского районного маслихата от 25 июля 2012 года № 5-6-3 "О Правилах оказания малообеспеченным семьям (гражданам) жилищной помощи на содержание жилья и оплату коммунальных услуг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 3909).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z85" w:id="72"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z85" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айыртауского районного маслихата Северо-Казахстанской области от 5 мая 2017 года № 6-10-6 "О внесении изменений в решение Айыртауского районного маслихата от 25 июля 2012 года № 5-6-3 "О Правилах оказания малообеспеченным семьям (гражданам) жилищной помощи на содержание жилья и оплату коммунальных услуг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 4190).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z86" w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z86" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айыртауского районного маслихата Северо-Казахстанской области от 11 мая 2018 года № 6-19-2 "О внесении изменений и дополнения в решение Айыртауского районного маслихата от 25 июля 2012 года № 5-6-3 "О Правилах оказания малообеспеченным семьям (гражданам) жилищной помощи на содержание жилья и оплату коммунальных услуг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 4732).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z87" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z87" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айыртауского районного маслихата Северо-Казахстанской области от 24 февраля 2020 года № 6-39-2 "О внесении изменений и дополнения в решение Айыртауского районного маслихата от 25 июля 2012 года № 5-6-3 "О Правилах оказания малообеспеченным семьям (гражданам) жилищной помощи на содержание жилья и оплату коммунальных услуг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 6063).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z88" w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z88" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айыртауского районного маслихата Северо-Казахстанской области от 6 мая 2021 года 7-5-2 "О внесении изменений в решение Айыртауского районного маслихата от 25 июля 2012 года № 5-6-3 "О Правилах оказания малообеспеченным семьям (гражданам) жилищной помощи на содержание жилья и оплату коммунальных услуг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за №7403).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z89" w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z89" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айыртауского районного маслихата Северо-Казахстанской области от 20 сентября 2022 года № 7-20-14 "О внесении изменений в решение Айыртауского районного маслихата от 25 июля 2012 года № 5-6-3 "О Правилах оказания малообеспеченным семьям (гражданам) жилищной помощи на содержание жилья и оплату коммунальных услуг" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 29760).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z90" w:id="77"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z90" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Айыртауского районного маслихата Северо-Казахстанской области от 22 августа 2023 года № 8-7-3"О внесении изменения в решение Айыртауского районного маслихата от 25 июля 2012 года № 5-6-3 "Об определении размера и порядка оказания жилищной помощи в Айыртауском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за №7572-15).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkEnd w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -3152,31 +3274,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>