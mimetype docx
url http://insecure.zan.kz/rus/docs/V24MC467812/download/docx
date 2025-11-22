--- v0 (2025-10-06)
+++ v1 (2025-11-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="f573774" w14:textId="f573774">
+    <w:p w14:paraId="db39c08" w14:textId="db39c08">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об определении размера и порядка оказания жилищной помощи в Бейнеуском районе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Бейнеуского районного маслихата Мангистауской области от 26 марта 2024 года № 14/121. Зарегистрировано Департаментом юстиции Мангистауской области 28 марта 2024 года № 4678-12</w:t>
+        <w:t>Решение Бейнеуского районного маслихата Мангистауской области от 26 марта 2024 года № 14/121. Зарегистрировано Департаментом юстиции Мангистауской области 28 марта 2024 года № 4678-12.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z1" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с Законом Республики Казахстан "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -955,150 +955,208 @@
         <w:t xml:space="preserve">
       5. Выплата компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам осуществляется в соответствии с приказом Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 28 июля 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 295/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Об определении размера и утверждении Правил компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под №33200).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Услугополучатель (либо его представитель в силу полномочия, основанного на доверенности, законодательстве, решении суда либо административном акте) обращается за назначением жилищной помощи один раз в квартал в некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация) или веб-портал "электронного правительства", согласно Правилам предоставления жилищной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
-[...15 lines deleted...]
-      Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации либо через веб-портал "электронного правительства" составляет 8 (восемь) рабочих дней.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации, либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 в редакции решения Бейнеуского районного маслихата Мангистауской области от 15.08.2025 № </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">32/243 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Жилищная помощь оказывается по предъявленным поставщиками счетам о ежемесячных взносах на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума согласно смете расходов и счетам на оплату коммунальных услуг за счет бюджетных средств услугополучателям.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Назначение жилищной помощи осуществляется в пределах средств, предусмотренных в бюджете района на соответствующий финансовый год услугополучателям.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
-[...15 lines deleted...]
-      7. Жилищная помощь оказывается по предъявленным поставщиками счетам о ежемесячных взносах на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума согласно смете расходов и счетам на оплату коммунальных услуг за счет бюджетных средств услугополучателям.</w:t>
+    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Выплата жилищной помощи услугополучателю осуществляется услугодателем через банки второго уровня путем перечисления начисленных сумм на лицевые счета получателей жилищной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="24"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1268,482 +1326,482 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 марта 2024 года № 14/121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Бейнеуского районного маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Решение от 23 ноября 2018 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№27/226</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> "Об определении размера и порядка оказания жилищной помощи малообеспеченным семьям (гражданам) в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №3722).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Решение от 19 ноября 2019 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№42/332</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений и дополнения в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка оказания жилищной помощи малообеспеченным семьям (гражданам) в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №4036).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Решение от 11 сентября 2020 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№53/423</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменения в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка оказания жилищной помощи малообеспеченным семьям (гражданам) в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №4288).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Решение от 10 марта 2021 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№3/29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка оказания жилищной помощи малообеспеченным семьям (гражданам) в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №4466).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Решение от 12 октября 2021 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№11/98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка оказания жилищной помощи малообеспеченным семьям (гражданам) в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №24916).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Решение от 10 января 2022 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№15/150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка жилищной помощи в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №26526).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z39" w:id="32"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Решение от 30 сентября 2022 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№24/232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка жилищной помощи в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №29974).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z40" w:id="33"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Решение от 25 апреля 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№2/11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка оказания жилищной помощи в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №4556-12).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z41" w:id="34"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Решение от 13 октября 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№6/58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка оказания жилищной помощи в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №4614-12).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>