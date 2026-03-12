--- v1 (2025-11-22)
+++ v2 (2026-03-12)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="db39c08" w14:textId="db39c08">
+    <w:p w14:paraId="22399cf" w14:textId="22399cf">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,131 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об определении размера и порядка оказания жилищной помощи в Бейнеуском районе</w:t>
+        <w:t>Об определении размера и правил оказания жилищной помощи в Бейнеуском районе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Бейнеуского районного маслихата Мангистауской области от 26 марта 2024 года № 14/121. Зарегистрировано Департаментом юстиции Мангистауской области 28 марта 2024 года № 4678-12.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
-[...1 lines deleted...]
-      <w:bookmarkStart w:name="z1" w:id="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Об определении размера и правил оказания жилищной помощи в Бейнеуском районе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок решения в редакции решения Бейнеуского районного маслихата Мангистауской области от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 37/289 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В соответствии с Законом Республики Казахстан "</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О жилищных отношениях</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -156,150 +210,190 @@
         </w:rPr>
         <w:t xml:space="preserve">" и приказом Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 117</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Об утверждении Правил предоставления жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33763) Бейнеуский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z2" w:id="1"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему решению.</w:t>
+    <w:bookmarkStart w:name="z3" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Определить размер и правила оказания жилищной помощи в Бейнеуском районе согласно приложению 1 к настоящему решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Бейнеуского районного маслихата Мангистауской области от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 37/289 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые решения Бейнеуского районного маслихата по перечню, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z4" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Настоящее решение вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z4" w:id="3"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="3"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -384,130 +478,130 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Бораш</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:bookmarkStart w:name="z5" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАНО"</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z6" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственное учреждение</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z6" w:id="5"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:bookmarkStart w:name="z7" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       "Управление координации занятости и </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z8" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      социальных программ Мангистауской области"</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z8" w:id="7"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -677,348 +771,776 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 марта 2024 года № 14/121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z12" w:id="8"/>
+    <w:bookmarkStart w:name="z13" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Размер и правила оказания жилищной помощи в Бейнеуском районе</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> Размер и порядок оказания жилищной помощи в Бейнеуском районе</w:t>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Заголовок в приложении 1 в редакции решения Бейнеуского районного маслихата Мангистауской области от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 37/289 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жилищная помощь предоставляется за счет средств местного бюджета малообеспеченным семьям (гражданам) (далее - услугополучатель), проживающим в Бейнеуском районе, постоянно зарегистрированным и проживающим в жилище, которое находится на праве собственности как единственное жилище на территории Республики Казахстан, а также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местным исполнительным органом в частном жилищном фонде, на оплату:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z14" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z13" w:id="9"/>
-[...15 lines deleted...]
-      1. Жилищная помощь предоставляется за счет средств местного бюджета малообеспеченным семьям (гражданам) (далее - услугополучатель), проживающим в Бейнеуском районе, постоянно зарегистрированным и проживающим в жилище, которое находится на праве собственности как единственное жилище на территории Республики Казахстан, а также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местным исполнительным органом в частном жилищном фонде, на оплату:</w:t>
+    <w:bookmarkStart w:name="z15" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      потребления коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z14" w:id="10"/>
-[...15 lines deleted...]
-      расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума;</w:t>
+    <w:bookmarkStart w:name="z16" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      расходов за пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z15" w:id="11"/>
-[...15 lines deleted...]
-      потребления коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций;</w:t>
+    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расходы услугополучателя, принимаемые к исчислению жилищной помощи, определяются как сумма расходов по каждому из вышеуказанных направлений.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z16" w:id="12"/>
-[...15 lines deleted...]
-      расходов за пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Назначение жилищной помощи осуществляется государственным учреждением "Бейнеуский районный отдел занятости и социальных программ" (далее - услугодатель).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z17" w:id="13"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Совокупный доход услугополучателя, претендующей на получение жилищной помощи, исчисляется услугодателем, осуществляющим назначение жилищной помощи, в порядке, определяемом приказом Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 117</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Об утверждении Правил предоставления жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33763) (далее – Правила предоставления жилищной помощи).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-[...60 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жилищная помощь определяется как разница между суммой оплаты расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума, потребление коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде, и предельно допустимым уровнем расходов услугополучателя на эти цели, в размере 5 (пяти) процентов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 в редакции решения Бейнеуского районного маслихата Мангистауской области от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 37/289 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Выплата компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам осуществляется в соответствии с приказом Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 28 июля 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 295/НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "Об определении размера и утверждении Правил компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под №33200).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5-1. Размер жилищной помощи рассчитывается услугодателем, в пределах следующих норм:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нормы потребления коммунальной услуги по газоснабжению для потребителей не более пятнадцати кубических метров на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормы потребления коммунальной услуги по газоснабжению для потребителей индивидуального жилого дома на отопление жилища не более пятнадцати кубических метров за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормы потребления услуги электроснабжения для потребителя в соответствии нормам, установленным региональным уполномоченным органом, регулируемым деятельность в сфере естественных монополий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нормы услуг водоснабжения, и (или) водоотведения для потребителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      холодная вода не более четырех метров кубических на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      горячая вода не более двух метров кубических на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нормы потребления услуги теплоснабжения для потребителей не более ноль целых двадцать пять тысячных гигакалории на человека в месяц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормы потребления услуги по теплоснабжению для потребителей не имеющих приборов учета за один квадратный метр, утверждаемые акиматом области, города республиканского значения, столицы в соответствии с подпунктом 34) статьи 27 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сбор и вывоз твердых бытовых отходов (мусороудаление) не более шестьсот пятидесяти тенге на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обслуживание лифтов не более тысячу триста тенге за квартиру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) услуги связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций не более тысячу триста девяносто девяти тенге за абонент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиум не более шестидесяти тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) арендная плата за пользованием жилищем из государственного жилищного фонда не более ста двадцати тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) норма квадратуры на человека восемнадцать квадратных метров полезной площади на человека, но не более фактически занимаемой площади, для одиноко проживающего не более тридцати квадратных метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Дополнено пунктом 5-1 в соответствии с решением Бейнеуского районного маслихата Мангистауской области от 22.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 37/289 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Услугополучатель (либо его представитель в силу полномочия, основанного на доверенности, законодательстве, решении суда либо административном акте) обращается за назначением жилищной помощи один раз в квартал в некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация) или веб-портал "электронного правительства", согласно Правилам предоставления жилищной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации, либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -1073,90 +1595,90 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жилищная помощь оказывается по предъявленным поставщиками счетам о ежемесячных взносах на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума согласно смете расходов и счетам на оплату коммунальных услуг за счет бюджетных средств услугополучателям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Назначение жилищной помощи осуществляется в пределах средств, предусмотренных в бюджете района на соответствующий финансовый год услугополучателям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z28" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Выплата жилищной помощи услугополучателю осуществляется услугодателем через банки второго уровня путем перечисления начисленных сумм на лицевые счета получателей жилищной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkEnd w:id="17"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1326,482 +1848,482 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 марта 2024 года № 14/121</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:bookmarkStart w:name="z32" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Бейнеуского районного маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z33" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Решение от 23 ноября 2018 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№27/226</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t> "Об определении размера и порядка оказания жилищной помощи малообеспеченным семьям (гражданам) в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №3722).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z34" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Решение от 19 ноября 2019 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№42/332</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений и дополнения в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка оказания жилищной помощи малообеспеченным семьям (гражданам) в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №4036).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z35" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Решение от 11 сентября 2020 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№53/423</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменения в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка оказания жилищной помощи малообеспеченным семьям (гражданам) в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №4288).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z36" w:id="27"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z36" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Решение от 10 марта 2021 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№3/29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка оказания жилищной помощи малообеспеченным семьям (гражданам) в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №4466).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z37" w:id="28"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z37" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Решение от 12 октября 2021 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№11/98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка оказания жилищной помощи малообеспеченным семьям (гражданам) в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №24916).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z38" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Решение от 10 января 2022 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№15/150</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка жилищной помощи в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №26526).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z39" w:id="30"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z39" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. Решение от 30 сентября 2022 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№24/232</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка жилищной помощи в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №29974).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z40" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Решение от 25 апреля 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№2/11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка оказания жилищной помощи в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №4556-12).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z41" w:id="32"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z41" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. Решение от 13 октября 2023 года </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№6/58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> "О внесении изменений в решение Бейнеуского районного маслихата от 23 ноября 2018 года № 27/226 "Об определении размера и порядка оказания жилищной помощи в Бейнеуском районе" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под №4614-12).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkEnd w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>