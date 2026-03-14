--- v0 (2025-11-29)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="c96b293" w14:textId="c96b293">
+    <w:p w14:paraId="c83782b" w14:textId="c83782b">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об определении размера и порядка оказания жилищной помощи населению Осакаровского района</w:t>
+        <w:t>Об определении размера и правил оказания жилищной помощи населению Осакаровского района</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Осакаровского районного маслихата Карагандинской области от 17 мая 2024 года № 19/188. Зарегистрировано в Департаменте юстиции Карагандинской области 20 мая 2024 года № 6601-09.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок решения - в редакции решения Осакаровского районного маслихата Карагандинской области от 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/406</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,74 +210,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан", районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Определить размер и порядок оказания жилищной помощи населению Осакаровского района согласно </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему решению.</w:t>
+      1. Определить размер и правила оказания жилищной помощи населению Осакаровского района согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему решению</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Осакаровского районного маслихата Карагандинской области от 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/406</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившим силу некоторые решения Осакаровского районного маслихата согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -530,54 +630,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 19/188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Размер и порядок оказания жилищной помощи в Осакаровском районе</w:t>
+        <w:t xml:space="preserve"> Размер и правила оказания жилищной помощи населению Осакаровского района</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок приложения 1 - в редакции решения Осакаровского районного маслихата Карагандинской области от 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/406</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жилищная помощь предоставляется за счет средств местного бюджета малообеспеченным семьям (гражданам) (далее – услугополучатель), постоянно зарегистрированным и проживающим в Осакаровском районе в жилище, которое находится на праве собственности как единственное жилище на территории Республики Казахстан, а также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местным исполнительным органом в частном жилищном фонде, на оплату:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -730,276 +868,578 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жилищная помощь определяется как разница между суммой оплаты расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума, потребление коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде, и предельно допустимым уровнем расходов услугополучателя на эти цели.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Предельно допустимый уровень расходов к совокупному доходу услугополучателя установлен в размере 4 (четыре) процента.</w:t>
+      Предельно допустимый уровень расходов к совокупному доходу услугополучателя установлен в размере 5 (пять) процента.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При назначении жилищной помощи принимается норма площади в размере не менее 15 (пятнадцати) квадратных метров и не более 18 (восемнадцати) квадратных метров полезной площади на человека, но не менее однокомнатной квартиры или комнаты в общежитии.</w:t>
+      Размер жилищной помощи рассчитывается услугодателем, в пределах следующих норм:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z46" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нормы потребления коммунальной услуги по газоснабжению для потребителей не более пятнадцати кубических метров на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z47" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормы потребления услуги электроснабжения для потребителя в соответствии нормам, установленным региональным уполномоченным органом, регулируемым деятельность в сфере естественных монополий;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z48" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нормы услуг водоснабжения, и (или) водоотведения для потребителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z49" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      холодная вода не более четырех метров кубических на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      горячая вода не более двух метров кубических на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z50" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нормы потребления услуги теплоснабжения для потребителей не более ноль целых двадцать пять тысячных гигакалории на человека в месяц;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z51" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сбор и вывоз твердых бытовых отходов (мусороудаление) не более шестьсот пятидесяти тенге на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z52" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обслуживание лифтов не более тысячу триста тенге за квартиру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z53" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) услуги связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций не более тысячу триста девяносто девяти тенге за абонент;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z54" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиум не более шестидесяти тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z55" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) арендная плата за пользованием жилищем из государственного жилищного фонда не более ста двадцати тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z56" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) норма квадратуры на человека восемнадцать квадратных метров полезной площади на человека, но не более фактически занимаемой площади, для одиноко проживающего не более тридцати квадратных метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции решения Осакаровского районного маслихата Карагандинской области от 30.04.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 33/327</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции решения Осакаровского районного маслихата Карагандинской области от 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/406</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkStart w:name="z58" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. Выплата компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникации социально защищаемым гражданам осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 28 июля 2023 года № 295/НҚ "Об определении размера и утверждении Правил компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33200).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z22" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Услугополучатель (либо его представитель в силу полномочия, основанного на доверенности, законодательстве, решении суда либо административном акте) обращается за назначением жилищной помощи один раз в квартал в некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) или веб-портал "электронного правительства" согласно Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z23" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции решения Осакаровского районного маслихата Карагандинской области от 28.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 40/406</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Жилищная помощь оказывается по предъявленным поставщиками счетам о ежемесячных взносах на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума согласно смете расходов и счетам на оплату коммунальных услуг за счет бюджетных средств услугополучателям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z25" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Назначение жилищной помощи услугополучателям осуществляется в пределах средств, предусмотренных в бюджете района на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z26" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Выплата жилищной помощи услугополучателю осуществляется услугодателем через банки второго уровня путем перечисления начисленных сумм на лицевые счета получателей жилищной помощи или поставщиков услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkEnd w:id="32"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1078,468 +1518,468 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 мая 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 19/188</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z28" w:id="21"/>
+    <w:bookmarkStart w:name="z28" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень признанных утратившими силу некоторых решений Осакаровского районного маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z29" w:id="22"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z29" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Осакаровского районного маслихата от 25 октября 2011 года № 414 "Об утверждении Правил предоставления жилищной помощи населению Осакаровского района" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8-15-151).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z30" w:id="23"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z30" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Осакаровского районного маслихата от 13 марта 2012 года № 27 "О внесении изменений и дополнений в решение 52 сессии Осакаровского районного маслихата от 25 октября 2011 года № 414 "Об утверждении Правил предоставления жилищной помощи населению Осакаровского района" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8-15-166).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z31" w:id="24"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z31" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Осакаровского районного маслихата от 9 ноября 2012 года № 111 "О внесении изменений в решение 52 сессии Осакаровского районного маслихата от 25 октября 2011 года № 414 "Об утверждении Правил предоставления жилищной помощи населению Осакаровского района" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 2002).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z32" w:id="25"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z32" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Осакаровского районного маслихата от 27 марта 2013 года № 160 "О внесении изменений и дополнения в решение Осакаровского районного маслихата от 25 октября 2011 года № 414 "Об утверждении Правил предоставления жилищной помощи населению Осакаровского района" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 2313).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z33" w:id="26"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z33" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Осакаровского районного маслихата от 25 декабря 2013 года № 260 "О внесении изменений в решение Осакаровского районного маслихата от 25 октября 2011 года № 414 "Об утверждении Правил предоставления жилищной помощи населению Осакаровского района" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 2524).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z34" w:id="27"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z34" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Осакаровского районного маслихата от 25 июня 2014 года № 334 "О внесении изменения в решение Осакаровского районного маслихата от 25 октября 2011 года № 414 "Об утверждении Правил предоставления жилищной помощи населению Осакаровского района" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 2697).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z35" w:id="28"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z35" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Осакаровского районного маслихата от 19 февраля 2016 года № 610 "О внесении изменения в решение 52 сессии Осакаровского районного маслихата от 25 октября 2011 года № 414 "Об утверждении Правил предоставления жилищной помощи населению Осакаровского района" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 3704).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z36" w:id="29"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z36" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Осакаровского районного маслихата от 20 июня 2018 года № 478 "О внесении изменения и дополнений в решение Осакаровского районного маслихата от 25 октября 2011 года № 414 "Об утверждении Правил предоставления жилищной помощи населению Осакаровского района" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 4836).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z37" w:id="30"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z37" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       9. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Осакаровского районного маслихата от 30 декабря 2019 года № 793 "О внесении изменений в решение 52 сессии Осакаровского районного маслихата от 25 октября 2011 года № 414 "Об утверждении Правил предоставления жилищной помощи населению Осакаровского района" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 5673).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z38" w:id="31"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z38" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Осакаровского районного маслихата от 10 марта 2021 года № 43 "О внесении изменений в решение 52 сессии Осакаровского районного маслихата от 25 октября 2011 года № 414 "Об утверждении Правил предоставления жилищной помощи населению Осакаровского района" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 6250).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>