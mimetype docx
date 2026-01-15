--- v0 (2025-11-28)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="339bc6f" w14:textId="339bc6f">
+    <w:p w14:paraId="760df2d" w14:textId="760df2d">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2494,938 +2494,1010 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       детям с инвалидностью до восемнадцати лет.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
     <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Сроки обращения за социальной помощью:</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предельный размер социальной помощи составляет 400 000 (четыреста тысяч) тенге.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z83" w:id="77"/>
-[...15 lines deleted...]
-      при наступлении стихийного бедствия или пожара -не позднее шести месяцев с момента наступления стихийного бедствия или пожара;</w:t>
+    <w:bookmarkStart w:name="z102" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) 16 декабря –День независимости Республики Казахстан:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z84" w:id="78"/>
-[...15 lines deleted...]
-      освобождение из мест лишения свободы, нахождение на учете службы пробации – не позднее шести месяцев со дня наступления трудной жизненной ситуации.</w:t>
+    <w:bookmarkStart w:name="z103" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      многодетным матерям награжденным подвесками "Алтын алқа", "Күміс алқа", или получившим ранее звание "Мать – героиня", награжденным орденами "Материнская слава" I и II степени, а также многодетным семьям, имеющим четырех и более совместно проживающих несовершеннолетних детей, в том числе детей, обучающихся по очной форме обучения в организациях среднего, технического и профессионального, послесреднего, высшего и (или) послевузовского образования, после достижения ими совершеннолетия до времени окончания организаций образования (но не более чем до достижения двадцатитрехлетнего возраста);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z85" w:id="79"/>
-[...15 lines deleted...]
-      Предельный размер социальной помощи составляет 400 000 (четыреста тысяч) тенге.</w:t>
+    <w:bookmarkStart w:name="z104" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      детям с инвалидностью до восемнадцати лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z102" w:id="80"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z105" w:id="83"/>
+    <w:bookmarkStart w:name="z105" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       жертвам политических репрессий из числа участников событий 17-18 декабря 1986 года в Казахстане, реабилитированным в порядке, установленном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О реабилитации жертв массовых политических репрессий.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменениями, внесенными решением Шахтинского городского маслихата Карагандинской области от 14.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 434/21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 474/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z86" w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Основаниями для отнесения граждан к категории нуждающихся являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z87" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) причинение ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z88" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) причинение ущерба гражданину (семье) либо его имуществу вследствие пожара;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:p>
-[...77 lines deleted...]
-      8. Основаниями для отнесения граждан к категории нуждающихся являются:</w:t>
+    <w:bookmarkStart w:name="z89" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) наличие социально значимого заболевания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z87" w:id="85"/>
-[...15 lines deleted...]
-      1) причинение ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия;</w:t>
+    <w:bookmarkStart w:name="z90" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) наличие среднедушевого дохода, не превышающего порога, установленного местными представительными органами, в кратном отношении к прожиточному минимуму;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z88" w:id="86"/>
-[...15 lines deleted...]
-      2) причинение ущерба гражданину (семье) либо его имуществу вследствие пожара;</w:t>
+    <w:bookmarkStart w:name="z91" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сиротство, отсутствие родительского попечения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z89" w:id="87"/>
-[...15 lines deleted...]
-      3) наличие социально значимого заболевания;</w:t>
+    <w:bookmarkStart w:name="z92" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) неспособность к самообслуживанию в связи с преклонным возрастом;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z90" w:id="88"/>
-[...15 lines deleted...]
-      4) наличие среднедушевого дохода, не превышающего порога, установленного местными представительными органами, в кратном отношении к прожиточному минимуму;</w:t>
+    <w:bookmarkStart w:name="z93" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) освобождение из мест лишения свободы, нахождение на учете службы пробации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z91" w:id="89"/>
-[...15 lines deleted...]
-      5) сиротство, отсутствие родительского попечения;</w:t>
+    <w:bookmarkStart w:name="z94" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При причинении ущерба имуществу вследствие стихийного бедствия или пожара социальная помощь оказывается по месту нахождения пострадавшего имущества независимо от места регистрации его собственника.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z92" w:id="90"/>
-[...15 lines deleted...]
-      6) неспособность к самообслуживанию в связи с преклонным возрастом;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Перечень видов помощи по вышеуказанным основаниям для оказания социальной помощи и (или) проведения обследований материально-бытового положения лица (семьи) утверждается местными представительными органами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z93" w:id="91"/>
-[...15 lines deleted...]
-      7) освобождение из мест лишения свободы, нахождение на учете службы пробации.</w:t>
+    <w:bookmarkStart w:name="z96" w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специальная комиссия при вынесении заключения о необходимости оказания социальной помощи руководствуется утвержденным местными представительными органами перечнем оснований для отнесения граждан к категории нуждающихся.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z94" w:id="92"/>
-[...15 lines deleted...]
-      При причинении ущерба имуществу вследствие стихийного бедствия или пожара социальная помощь оказывается по месту нахождения пострадавшего имущества независимо от места регистрации его собственника.</w:t>
+    <w:bookmarkStart w:name="z97" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Предельные размеры и кратность оказания социальной помощи отдельным категориям нуждающихся граждан при наступлении трудной жизненной ситуации:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z95" w:id="93"/>
-[...15 lines deleted...]
-      Перечень видов помощи по вышеуказанным основаниям для оказания социальной помощи и (или) проведения обследований материально-бытового положения лица (семьи) утверждается местными представительными органами.</w:t>
+    <w:bookmarkStart w:name="z98" w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) причинение ущерба гражданину (семье) либо его имуществу вследствие стихийного бедствия или пожара без учета среднедушевого дохода не позднее шести месяцев с момента наступления стихийного бедствия или пожара – единовременно, предельный размер 200 000 (двести тысяч) тенге;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z96" w:id="94"/>
-[...15 lines deleted...]
-      Специальная комиссия при вынесении заключения о необходимости оказания социальной помощи руководствуется утвержденным местными представительными органами перечнем оснований для отнесения граждан к категории нуждающихся.</w:t>
+    <w:bookmarkStart w:name="z155" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) детям с заболеванием вызванным вирусом иммунодефицита человека (ВИЧ) для постоянного ухода и дополнительного усиленного питания на основании списка, предоставляемого организацией здравоохранения, осуществляющей деятельность в сфере профилактики ВИЧ-инфекции, без учета среднедушевого дохода ежемесячно в размере 2 (двух) кратного прожиточного минимума;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z97" w:id="95"/>
-[...15 lines deleted...]
-      9. Предельные размеры и кратность оказания социальной помощи отдельным категориям нуждающихся граждан при наступлении трудной жизненной ситуации:</w:t>
+    <w:bookmarkStart w:name="z156" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) лицам, сопровождающим лиц с инвалидностью первой группы на санаторно-курортное лечение, имеющих индивидуальную программу абилитации и реабилитации на санаторно-курортное лечение, которые выбрали путевку на санаторно-курортное лечение через Портал социальных услуг, единовременно, без учета среднедушевого дохода в размере семидесяти процентов от гарантированной суммы, предоставляемой в качестве возмещения стоимости санаторно- курортного лечения за фактическое пребывание в санатории, определяемой уполномоченным органом в области социальной защиты населения, один раз в год;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z98" w:id="96"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z149" w:id="99"/>
+    <w:bookmarkStart w:name="z157" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) социальная помощь без учета доходов 1 (один) раз в год предоставляется ветеранам в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 3 Закона Республики Казахстан "О ветеранах" на возмещение затрат на санаторно-курортное лечение не более 14 дней один раз в год, но не более гарантированной суммы санаторно-курортного лечения, установленной для лиц с инвалидностью. Социальная помощь на санаторно-курортное лечение ветеранам с инвалидностью, которым разработана индивидуальная программа абилитации и реабилитации (ИПАР) на санаторно-курортное лечение, не выплачивается.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z158" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) ветеранам боевых действий на территории других государств;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z159" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам принимавшим участие в ликвидации аварии на Чернобыльской АЭС в 1988 – 1989 годах;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z160" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам из числа участников ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1988 – 1989 годах, эвакуированные (самостоятельно выехавшие) из зон отчуждения и отселения в Республику Казахстан, включая детей, которые на день эвакуации находились во внутриутробном состоянии;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z106" w:id="100"/>
+    <w:bookmarkStart w:name="z161" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      лицам, которым инвалидность установлена вследствие катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф, и аварий на объектах гражданского или военного назначения, ядерных испытаний, и их дети, инвалидность которых генетически связана с радиационным облучением одного из родителей без учета среднедушевого дохода на возмещение затрат на коммунальные услуги и приобретение топлива один раз в год в отопительный сезон в октябре месяце - 12 (двенадцать) месячных расчетных показателей.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z162" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) лицам, освобожденным из мест лишения свободы, находящимся на учете службы пробации, с учетом среднедушевого дохода не превышающего порога полуторакратного размера прожиточного минимума, единовременно, в течение шести месяцев с момента наступления трудной жизненной ситуации - предельный размер 15 (пятнадцать) месячных расчетных показателей;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z163" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5) ветеранам боевых действий на территории других государств; </w:t>
-[...39 lines deleted...]
-      лицам из числа участников ликвидации последствий катастрофы на Чернобыльской атомной электростанции в 1988 – 1989 годах, эвакуированные (самостоятельно выехавшие) из зон отчуждения и отселения в Республику Казахстан, включая детей, которые на день эвакуации находились во внутриутробном состоянии;</w:t>
+      7) лицам, страдающим одним из социально значимых заболеваний согласно Перечня социально значимых заболеваний, утвержденного </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приказом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 21 октября 2025 года № 112 (далее - Перечень), с учетом среднедушевого дохода не превышающего порога полуторакратного размера прожиточного минимума - предельный размер 15 (пятнадцать) месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z152" w:id="103"/>
-[...15 lines deleted...]
-      лицам, которым инвалидность установлена вследствие катастрофы на Чернобыльской атомной электростанции и других радиационных катастроф, и аварий на объектах гражданского или военного назначения, ядерных испытаний, и их дети, инвалидность которых генетически связана с радиационным облучением одного из родителей без учета среднедушевого дохода на возмещение затрат на коммунальные услуги и приобретение топлива один раз в год в отопительный сезон в октябре месяце -12 (двенадцать) месячных расчетных показателей.</w:t>
+    <w:bookmarkStart w:name="z164" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Социальная помощь по Перечню оказывается одному лицу по одному заболеванию один раз в год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z1010" w:id="104"/>
-[...15 lines deleted...]
-      6) лицам, освобожденным из мест лишения свободы, находящимся на учете службы пробации с учетом среднедушевого дохода лица (семьи), не превышающего порога полуторакратного размера прожиточного минимума, единовременно, предельный размер 15 (пятнадцать) месячных расчетных показателей;</w:t>
+    <w:bookmarkStart w:name="z165" w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) малообеспеченным семьям (гражданам), постоянно зарегистрированным и проживающим в жилище, которое находится на праве собственности как единственное жилище на территории города Шахтинска и прилегающих поселков Долинка, Новодолинский, Шахан, а также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местными исполнительными органами в частном жилищном фонде, с учетом среднедушевого дохода лица (семьи), не превышающего порога полуторакратного размера прожиточного минимума, на оплату потребления твердого топлива по фактическим расходам, с предъявлением счетов поставщиков услуг (в расчете на отопительный сезон - 7 месяцев) - 16 (шестнадцать) месячных расчетных показателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z107" w:id="105"/>
-[...15 lines deleted...]
-      7) лицам с социально-значимым заболеванием (туберкулез, болезнь, вызванная вирусом иммунодефицита человека (ВИЧ), злокачественные новообразования) с учетом среднедушевого дохода лица (семьи), не превышающего порога полуторакратного размера прожиточного минимума – один раз в год, предельный размер 15 (пятнадцать) месячных расчетных показателя;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции решения Шахтинского городского маслихата Карагандинской области от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 474/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z109" w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. К памятным датам и праздничным дням размер социальной помощи для отдельно взятой категории получателей устанавливается в едином размере по согласованию с местными исполнительными органами области.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z108" w:id="106"/>
-[...15 lines deleted...]
-      8) малообеспеченным семьям (гражданам), постоянно зарегистрированным и проживающим в жилище, которое находится на праве собственности как единственное жилище на территории города Шахтинска и прилегающих поселков Долинка, Новодолинский, Шахан, а также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местными исполнительными органами в частном жилищном фонде, с учетом среднедушевого дохода лица (семьи), не превышающего порога полуторакратного размера прожиточного минимума, на оплату потребления твердого топлива по фактическим расходам, с предъявлением счетов поставщиков услуг (в расчете на отопительный сезон -7 месяцев)- 16 (шестнадцать) месячных расчетных показателей;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции решения Шахтинского городского маслихата Карагандинской области от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 474/25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z110" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Размер оказываемой социальной помощи в каждом отдельном случае определяет специальная комиссия, которая указывает его в заключении о необходимости оказания социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z111" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...68 lines deleted...]
-      10. К памятным датам и праздничным дням размер социальной помощи для отдельно взятой категории получателей устанавливается в едином размере по согласованию с местными исполнительными органами области, только по одному основанию.</w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок оказания социальной помощи</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z110" w:id="108"/>
-[...15 lines deleted...]
-      11. Размер оказываемой социальной помощи в каждом отдельном случае определяет специальная комиссия, которая указывает его в заключении о необходимости оказания социальной помощи.</w:t>
+    <w:bookmarkStart w:name="z112" w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Социальная помощь к праздничным дням и памятным датам оказывается без истребования заявлений от получателей.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z111" w:id="109"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Глава 3. Порядок оказания социальной помощи</w:t>
+    <w:bookmarkStart w:name="z113" w:id="109"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Категории получателей социальной помощи определяются местными исполнительными органами.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z112" w:id="110"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z114" w:id="112"/>
+    <w:bookmarkStart w:name="z114" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Списки получателей социальной помощи формируются на основании запроса в Государственную корпорацию либо иные организации, либо в электронном виде из информационных систем уполномоченного государственного органа. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z115" w:id="113"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z115" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       13. Социальная помощь оказывается в порядке и сроки согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3440,331 +3512,331 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Типовых правил.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z116" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Отказ в оказании социальной помощи осуществляется в случаях:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z117" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) выявления недостоверных сведений, представленных заявителями;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z116" w:id="114"/>
-[...15 lines deleted...]
-      14. Отказ в оказании социальной помощи осуществляется в случаях:</w:t>
+    <w:bookmarkStart w:name="z118" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) отказа, уклонения заявителя от проведения обследования материального положения лица (семьи);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z117" w:id="115"/>
-[...15 lines deleted...]
-      1) выявления недостоверных сведений, представленных заявителями;</w:t>
+    <w:bookmarkStart w:name="z119" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) превышения размера среднедушевого дохода лица (семьи), установленного местными представительными органами порога для оказания социальной помощи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z118" w:id="116"/>
-[...15 lines deleted...]
-      2) отказа, уклонения заявителя от проведения обследования материального положения лица (семьи);</w:t>
+    <w:bookmarkStart w:name="z120" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) получения из информационной системы уполномоченного государственного органа сведений, подтверждающих факты назначения, осуществления выплат, подачи заявления на назначение социальной помощи по данному основанию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z119" w:id="117"/>
-[...15 lines deleted...]
-      3) превышения размера среднедушевого дохода лица (семьи), установленного местными представительными органами порога для оказания социальной помощи;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Финансирование расходов на предоставление социальной помощи осуществляется в пределах средств, предусмотренных бюджетом города Шахтинска на текущий финансовый год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z120" w:id="118"/>
-[...15 lines deleted...]
-      4) получения из информационной системы уполномоченного государственного органа сведений, подтверждающих факты назначения, осуществления выплат, подачи заявления на назначение социальной помощи по данному основанию.</w:t>
+    <w:bookmarkStart w:name="z122" w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Уполномоченный орган по оказанию социальной помощи переводит в Государственную корпорацию суммы социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z121" w:id="119"/>
-[...15 lines deleted...]
-      15. Финансирование расходов на предоставление социальной помощи осуществляется в пределах средств, предусмотренных бюджетом города Шахтинска на текущий финансовый год.</w:t>
+    <w:bookmarkStart w:name="z123" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственная корпорация перечисляет суммы социальной помощи, полученные от уполномоченного органа по оказанию социальной помощи, на банковские счета получателей социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z122" w:id="120"/>
-[...15 lines deleted...]
-      Уполномоченный орган по оказанию социальной помощи переводит в Государственную корпорацию суммы социальной помощи.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Социальная помощь прекращается в случаях:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z123" w:id="121"/>
-[...15 lines deleted...]
-      Государственная корпорация перечисляет суммы социальной помощи, полученные от уполномоченного органа по оказанию социальной помощи, на банковские счета получателей социальной помощи.</w:t>
+    <w:bookmarkStart w:name="z125" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) смерти получателя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z124" w:id="122"/>
-[...15 lines deleted...]
-      16. Социальная помощь прекращается в случаях:</w:t>
+    <w:bookmarkStart w:name="z126" w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выезда получателя на постоянное проживание за пределы соответствующей административно-территориальной единицы;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z125" w:id="123"/>
-[...15 lines deleted...]
-      1) смерти получателя;</w:t>
+    <w:bookmarkStart w:name="z127" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) направления получателя на проживание в государственные медико-социальные учреждения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z126" w:id="124"/>
-[...15 lines deleted...]
-      2) выезда получателя на постоянное проживание за пределы соответствующей административно-территориальной единицы;</w:t>
+    <w:bookmarkStart w:name="z128" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) выявления недостоверных сведений, представленных заявителем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z127" w:id="125"/>
-[...15 lines deleted...]
-      3) направления получателя на проживание в государственные медико-социальные учреждения;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="125"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) выявления сведений об утрате оснований на оказание социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z128" w:id="126"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -3817,51 +3889,51 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 8 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z131" w:id="128"/>
+    <w:bookmarkStart w:name="z131" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Выплата социальной помощи по основаниям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3876,52 +3948,52 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, прекращается со следующего месяца после наступления указанных обстоятельств.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z132" w:id="129"/>
+    <w:bookmarkEnd w:id="126"/>
+    <w:bookmarkStart w:name="z132" w:id="127"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Выплата социальной помощи по основаниям, указанным в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3936,425 +4008,425 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>5)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> настоящего пункта, прекращается с даты наступления указанных обстоятельств.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z133" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Излишне выплаченные суммы социальной помощи подлежат возврату в добровольном порядке, неправомерно полученные суммы подлежат возврату в добровольном или в судебном порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkStart w:name="z134" w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Мониторинг и учет предоставления социальной помощи проводит уполномоченный орган с использованием базы данных автоматизированной информационной системы "Е-Собес".</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z133" w:id="130"/>
-[...15 lines deleted...]
-      17. Излишне выплаченные суммы социальной помощи подлежат возврату в добровольном порядке, неправомерно полученные суммы подлежат возврату в добровольном или в судебном порядке.</w:t>
+    <w:bookmarkStart w:name="z135" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Для формирования категорий получателей на выплату социальной помощи к памятным датам и праздничным дням уполномоченным органом по оказанию социальной помощи инициируется запрос в информационные системы уполномоченного государственного органа на получение данных граждан, являющихся (активных) получателями пенсий и пособий.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z134" w:id="131"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z136" w:id="133"/>
+    <w:bookmarkStart w:name="z136" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сведения по получателям пенсий и пособий на оказание социальной помощи формируются по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Типовым правилам.</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:bookmarkStart w:name="z137" w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      20. Процесс осуществления выплаты социальной помощи через Государственную корпорацию инициируется уполномоченным органом по оказанию социальной помощи при принятии им решения об оказании социальной помощи через информационные системы уполномоченного государственного органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:bookmarkStart w:name="z138" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. На основании принятого уполномоченным органом по оказанию социальной помощи решения об оказании социальной помощи Государственная корпорация формирует потребность в бюджетных средствах на выплату социальной помощи:</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z137" w:id="134"/>
-[...15 lines deleted...]
-      20. Процесс осуществления выплаты социальной помощи через Государственную корпорацию инициируется уполномоченным органом по оказанию социальной помощи при принятии им решения об оказании социальной помощи через информационные системы уполномоченного государственного органа.</w:t>
+    <w:bookmarkStart w:name="z139" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по единовременным выплатам – ежедневно;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z138" w:id="135"/>
-[...15 lines deleted...]
-      21. На основании принятого уполномоченным органом по оказанию социальной помощи решения об оказании социальной помощи Государственная корпорация формирует потребность в бюджетных средствах на выплату социальной помощи:</w:t>
+    <w:bookmarkStart w:name="z140" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по ежемесячным и ежеквартальным выплатам – к 29 числу месяца, предшествующего месяцу выплаты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z139" w:id="136"/>
-[...15 lines deleted...]
-      по единовременным выплатам – ежедневно;</w:t>
+    <w:bookmarkStart w:name="z141" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. После формирования потребности Государственная корпорация не позднее следующего рабочего дня направляет заявку о сумме потребности на выплату социальной помощи в уполномоченный орган по оказанию социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z140" w:id="137"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z142" w:id="139"/>
+    <w:bookmarkStart w:name="z142" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Уполномоченный орган по оказанию социальной помощи в течение двух рабочих дней после поступления заявки о сумме потребности на выплату социальной помощи перечисляет в Государственную корпорацию денежные средства в пределах сумм, предусмотренных заявкой о сумме потребности на выплату социальной помощи. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z143" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По заявкам о суммах потребности на выплату социальной помощи, поступившим 27 числа месяца, уполномоченный орган по оказанию социальной помощи перечисляет денежные средства в Государственную корпорацию не ранее первого числа месяца выплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z144" w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Государственная корпорация в течение двух рабочих дней после поступления трансфертов формирует в соответствии с графиком выплаты платежные поручения и осуществляет выплату на банковские счета получателей.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="139"/>
-    <w:bookmarkStart w:name="z143" w:id="140"/>
-[...15 lines deleted...]
-      По заявкам о суммах потребности на выплату социальной помощи, поступившим 27 числа месяца, уполномоченный орган по оказанию социальной помощи перечисляет денежные средства в Государственную корпорацию не ранее первого числа месяца выплаты.</w:t>
+    <w:bookmarkStart w:name="z145" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. При возврате суммы социальной помощи из уполномоченной организации по выплате социальной помощи уполномоченный орган по оказанию социальной помощи в течение трех рабочих дней, следующих за днем получения сведений из уполномоченной организации по выплате социальной помощи, вносит соответствующие изменения в информационную систему.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="140"/>
-    <w:bookmarkStart w:name="z144" w:id="141"/>
-[...15 lines deleted...]
-      23. Государственная корпорация в течение двух рабочих дней после поступления трансфертов формирует в соответствии с графиком выплаты платежные поручения и осуществляет выплату на банковские счета получателей.</w:t>
+    <w:bookmarkStart w:name="z146" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Государственная корпорация не позднее последнего рабочего дня текущего месяца переводит в уполномоченный орган по оказанию социальной помощи излишне зачисленные (выплаченные) суммы социальной помощи, поступившие на счет Государственной корпорации.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="141"/>
-    <w:bookmarkStart w:name="z145" w:id="142"/>
-[...15 lines deleted...]
-      24. При возврате суммы социальной помощи из уполномоченной организации по выплате социальной помощи уполномоченный орган по оказанию социальной помощи в течение трех рабочих дней, следующих за днем получения сведений из уполномоченной организации по выплате социальной помощи, вносит соответствующие изменения в информационную систему.</w:t>
+    <w:bookmarkStart w:name="z147" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Оплата банковских услуг, связанных с выплатой социальной помощи, осуществляется за счет средств местных бюджетов на основании договора, заключаемого между Государственной корпорацией и уполномоченным органом по оказанию социальной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z146" w:id="143"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="144"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>