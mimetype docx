--- v0 (2025-11-29)
+++ v1 (2026-03-11)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="bbad76b" w14:textId="bbad76b">
+    <w:p w14:paraId="9784da2" w14:textId="9784da2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об определении размера и порядка оказания жилищной помощи в городе Каражал</w:t>
-[...25 lines deleted...]
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+        <w:t>Об определении размера и Правил оказания жилищной помощи в городе Каражал</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Решение Каражалского городского маслихата области Ұлытау от 23 мая 2024 года № 159. Зарегистрировано в Департаменте юстиции области Ұлытау 5 июня 2024 года № 123-20.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок решения - в редакции решения Каражалского городского маслихата области Ұлытау от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -172,74 +210,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года №117 "Об утверждении Правил предоставления жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под №33763), Каражалский городской маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Определить размер и порядок оказания жилищной помощи в городе Каражал согласно </w:t>
+      1. Определить размер и Правила оказания жилищной помощи в городе Каражал согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции решения Каражалского городского маслихата области Ұлытау от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые решения Каражалского городского маслихата согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -530,54 +630,92 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 159</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z10" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Размер и порядок оказания жилищной помощи в городе Каражал</w:t>
+        <w:t xml:space="preserve"> Размер и Правила оказания жилищной помощи в городе Каражал</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок приложения 1 - в редакции решения Каражалского городского маслихата области Ұлытау от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z11" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жилищная помощь предоставляется за счет средств местного бюджета малообеспеченным семьям (гражданам), постоянно зарегистрированным и проживающим в городе Каражал в жилище, которое находится на праве собственности как единственное жилище на территории Республики Казахстан, а также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местным исполнительным органом в частном жилищном фонде, на оплату:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z12" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -750,1114 +888,1378 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Жилищная помощь оказывается по предъявленным поставщиками счетам о ежемесячных взносах на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума согласно смете расходов и счетам на оплату коммунальных услуг за счет бюджетных средств малообеспеченным семьям (гражданам).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
     <w:bookmarkStart w:name="z20" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5. Назначение жилищной помощи малообеспеченным семьям (гражданам) производится в соответствии с нижеследующими нормами:</w:t>
+      5. Размер жилищной помощи рассчитывается услугодателем, в пределах следующих норм:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
     <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) норма площади жилища составляет 18 квадратных метров на человека в многокомнатных квартирах, для проживающих в однокомнатных квартирах – общая площадь квартиры. Норма площади для одиноко проживающих в многокомнатных квартирах – 30 квадратных метров;</w:t>
+      1) нормы потребления коммунальной услуги по газоснабжению для потребителей не более пятнадцати кубических метров на человека в квартире;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
     <w:bookmarkStart w:name="z22" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) норма потребления газа - 1 баллон (11 килограмм) в месяц на семью;</w:t>
+        <w:t xml:space="preserve">
+      нормы потребления коммунальной услуги по газоснабжению для потребителей индивидуального жилого дома на отопление жилища не более пятнадцати кубических метров за квадратный метр; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z23" w:id="17"/>
-[...15 lines deleted...]
-      3) потребление твердого топлива по фактическим расходам с предъявлением счетов поставщиков услуг (квитанции, накладные, счета – фактуры), в жилых помещениях (квартирах) для домов одно-двухэтажной постройки - 161 килограмм угля на отопление 1 квадратного метра площади, для домов трех-пятиэтажной постройки - 98 килограмм угля (в расчете на отопительный сезон 6 месяцев), но не более 7 тонн на отопительный сезон;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормы потребления услуги электроснабжения для потребителя в соответствии нормам, установленным региональным уполномоченным органом, регулируемым деятельность в сфере естественных монополий;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z24" w:id="18"/>
-[...15 lines deleted...]
-      при расчете жилищной помощи применяются цены на уголь, сложившиеся в городе Каражал за истекший квартал, по данным органов статистики;</w:t>
+    <w:bookmarkStart w:name="z86" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нормы услуг водоснабжения, и (или) водоотведения для потребителя:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
-[...15 lines deleted...]
-      4) потребление электроэнергии на семью по фактическим расходам, но не более:</w:t>
+    <w:bookmarkStart w:name="z87" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      холодная вода не более четырех метров кубических на человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
-[...15 lines deleted...]
-      150 киловатт в месяц в домах, оборудованных газовыми плитами;</w:t>
+    <w:bookmarkStart w:name="z88" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      горячая вода не более двух метров кубических на человека;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
-[...15 lines deleted...]
-      250 киловатт в месяц в домах, оборудованных электрическими плитами;</w:t>
+    <w:bookmarkStart w:name="z89" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нормы потребления услуги теплоснабжения для потребителей с приборами учета не более ноль целых двадцать пять тысячных гигакалории на один квадратный метр в месяц;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
-[...15 lines deleted...]
-      5) нормы потребления холодной воды, канализации, мусороудаления устанавливаются органом, утверждающим тариф.</w:t>
+    <w:bookmarkStart w:name="z90" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      нормы потребления услуги по теплоснабжению для потребителей не имеющих приборов учета за один квадратный метр, утверждаемые акиматом области, города республиканского значения, столицы в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 34)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 27 Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkStart w:name="z23" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сбор и вывоз твердых бытовых отходов (мусороудаление) не более шестьсот пятидесяти тенге на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z24" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обслуживание лифтов не более тысячу триста тенге за квартиру;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z25" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) услуги связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций не более тысячу триста девяносто девяти тенге за абонент;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z26" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиум не более шестидесяти тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z27" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) арендная плата за пользованием жилищем из государственного жилищного фонда не более ста двадцати тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z28" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) норма квадратуры на человека восемнадцать квадратных метров полезной площади на человека, но не более фактически занимаемой площади, для одиноко проживающего не более тридцати квадратных метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 – в редакции решения Каражалского городского маслихата области Ұлытау от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z29" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Выплата компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 28 июля 2023 года №295/НҚ "Об определении размера и утверждении Правил компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под №33200).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z30" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Малообеспеченная семья (гражданин) (либо его представитель в силу полномочия, основанного на доверенности, законодательстве, решении суда либо административном акте) обращается за назначением жилищной помощи один раз в квартал в Государственную корпорацию "Правительство для граждан" (далее – Государственная корпорация) или веб-портал "электронного правительства".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z31" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. Для назначения жилищной помощи малообеспеченная семья (гражданин) (либо его представитель по нотариально заверенной доверенности) направляет в уполномоченный орган через Государственную корпорацию и/или посредством веб-портала "электронного правительства" заявление о назначении жилищной помощи, по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам предоставления жилищной помощи, с предоставлением следующих документов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z32" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в Государственную корпорацию:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z33" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к Правилам предоставления жилищной помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z34" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       документ, удостоверяющий личность, либо электронный документ из сервиса цифровых документов (для идентификации личности);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z35" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       документы, подтверждающие доходы семьи (за исключением сведений, получаемых из соответствующих государственных информационных систем);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z36" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       справка с места работы либо справка о регистрации в качестве безработного лица (за исключением сведений, получаемых из соответствующих государственных информационных систем);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z37" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       сведения об алиментах на детей и других иждивенцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z38" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       банковский счет;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z39" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       счета о размерах ежемесячных взносов на содержание жилого дома (жилого здания);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z40" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       счета на потребление коммунальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z41" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       квитанцию-счет за услуги телекоммуникаций или копия договора на оказание услуг связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z42" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       счет о размере арендной платы за пользование жилищем, арендованным местным исполнительным органом в частном жилищном фонде, предъявленный местным исполнительным органом;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z43" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) на веб-портал "электронного правительства":</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z44" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       запрос в форме электронного документа, удостоверенный электронной цифровой подписью малообеспеченной семьи (граждан);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z45" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия документов, подтверждающих доходы семьи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z46" w:id="40"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z46" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия справки с места работы либо справка о регистрации в качестве безработного лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z47" w:id="41"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z47" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия сведений об алиментах на детей и других иждивенцев;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z48" w:id="42"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z48" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронная копия банковского счета;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z49" w:id="43"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z49" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронную копию счета о размерах ежемесячных взносов на содержание жилого дома (жилого здания);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z50" w:id="44"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z50" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронную копию счета на потребление коммунальных услуг;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z51" w:id="45"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z51" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронную копию квитанцию-счет за услуги телекоммуникаций или копию договора на оказание услуг связи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z52" w:id="46"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z52" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       электронную копию счета о размере арендной платы за пользование жилищем, арендованным местным исполнительным органом в частном жилищном фонде, предъявленного местным исполнительным органом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z54" w:id="48"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z53" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации, либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции решения Каражалского городского маслихата области Ұлытау от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 335</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечению десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z54" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Жилищная помощь назначается с месяца подачи заявления со всеми документами сроком на один квартал.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z55" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Уполномоченный орган отказывает в предоставлении жилищной помощи по следующим основаниям:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z56" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) установление недостоверности документов, представленных малообеспеченной семьей (гражданином) для получения жилищной помощи, и (или) данных (сведений), содержащихся в них;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z57" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) несоответствие малообеспеченной семьи (гражданина) и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания жилищной помощи, требованиям, установленным в Правилах предоставления жилищной помощи;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z58" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) в отношении малообеспеченной семьи (гражданина) имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z59" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) в отношении малообеспеченной семьи (гражданина) имеется вступившее в законную силу решение суда, на основании которого малообеспеченная семья (гражданин) лишена специального права, связанного с получением жилищной помощи.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z60" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Назначение жилищной помощи осуществляется в пределах средств, предусмотренных в бюджете города Каражал на соответствующий финансовый год малообеспеченным семьям (гражданам).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z61" w:id="55"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z61" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Выплата жилищной помощи малообеспеченным семьям (гражданам) осуществляется уполномоченным органом через банки второго уровня путем перечисления начисленных сумм на лицевые счета получателей жилищной помощи в срок до 15 числа месяца, следующего за месяцем принятия решения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z62" w:id="56"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z62" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. Рассмотрение жалобы по вопросам оказания жилищной помощи производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z63" w:id="57"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z63" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается уполномоченному органу и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z64" w:id="58"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z64" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 91 Административного процедурно-процессуального кодекса Республики Казахстан, уполномоченный орган, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее трех рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z65" w:id="59"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z65" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба малообеспеченной семьи (гражданина) не направляется в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо), в случае принятия в течение 3 (трех) рабочих дней благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z66" w:id="60"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z66" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба малообеспеченной семьи (гражданина), поступившая в адрес уполномоченного органа, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z67" w:id="61"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z67" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба малообеспеченной семьи (гражданина), поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z68" w:id="62"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z68" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке. В случае, если законом предусмотрена возможность обращения в суд без необходимости обжалования в вышестоящем органе, административный орган, должностное лицо, административный акт, административное действие (бездействие) которых оспариваются, наряду с отзывом представляют в суд мотивированную позицию руководителя вышестоящего административного органа, должностного лица.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkEnd w:id="68"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1936,442 +2338,442 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 23 мая 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 159</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="63"/>
+    <w:bookmarkStart w:name="z70" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений Каражалского городского маслихата</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z71" w:id="64"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z71" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Каражалского городского маслихата "Об утверждении Правил оказания жилищной помощи малообеспеченному населению города Каражал" от 28 марта 2012 года № 19 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8-5-127).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z72" w:id="65"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z72" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Каражалского городского маслихата "О внесении изменений в решение II сессии Каражалского городского маслихата от 28 марта 2012 года № 19 "Об утверждении Правил предоставления жилищной помощи малообеспеченному населению города Каражал" от 28 сентября 2012 года № 65 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 1956).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z73" w:id="66"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z73" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Каражалского городского маслихата "О внесении изменений и дополнений в решение II сессии Каражалского городского маслихата от 28 марта 2012 года № 19 "Об утверждении Правил оказания жилищной помощи малообеспеченному населению города Каражал" от 27 марта 2013 года № 110 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 2316).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z74" w:id="67"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z74" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Каражалского городского маслихата "О внесении изменений в решение II сессии Каражалского городского маслихата от 28 марта 2012 года № 19 "Об утверждении Правил предоставления жилищной помощи малообеспеченному населению города Каражал" от 24 июня 2014 года № 241 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 2693).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z75" w:id="68"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z75" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Каражалского городского маслихата "О внесении изменения и дополнений в решение II сессии Каражалского городского маслихата от 28 марта 2012 года № 19 "Об утверждении Правил предоставления жилищной помощи малообеспеченному населению города Каражал" от 17 августа 2018 года № 227 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 4957).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z76" w:id="69"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z76" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Каражалского городского маслихата "О внесении изменений в решение II сессии Каражалского городского маслихата от 28 марта 2012 года № 19 "Об утверждении Правил оказания жилищной помощи малообеспеченному населению города Каражал" от 26 декабря 2019 года № 342 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 5670).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z77" w:id="70"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z77" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Каражалского городского маслихата "О внесении изменений и дополнения в решение II сессии Каражалского городского маслихата от 28 марта 2012 года № 19 "Об утверждении Правил оказания жилищной помощи малообеспеченному населению города Каражал" от 24 декабря 2020 года № 446 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 6138).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z78" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       8. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Каражалского городского маслихата "О внесении изменения в решение Каражалского городского маслихата от 28 марта 2012 года № 19 "Об утверждении Правил предоставления жилищной помощи малообеспеченному населению города Каражал" от 23 сентября 2022 года № 181 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 29845).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkEnd w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -2697,31 +3099,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>