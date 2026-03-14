--- v0 (2025-11-23)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fc6d540" w14:textId="fc6d540">
+    <w:p w14:paraId="d1a9adc" w14:textId="d1a9adc">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,77 +76,115 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об определении размера и порядка оказания жилищной помощи в Урджарском районе</w:t>
+        <w:t>Об утверждении размера и Правил оказания жилищной помощи в Урджарском районе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение Урджарского районного маслихата области Абай от 10 апреля 2024 года № 14-251/VIII. Зарегистрировано Департаментом юстиции области Абай 19 апреля 2024 года № 264-18</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок решения в редакции решения Урджарского районного маслихата области Абай от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -212,74 +250,136 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года № 117 "Об утверждении Правил предоставления жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33763) Урджарский районный маслихат РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Определить размер и порядок оказания жилищной помощи в Урджарском районе, согласно </w:t>
+      1. Утвердить размер и Правила оказания жилищной помощи в Урджарском районе согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 в редакции решения Урджарского районного маслихата области Абай от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые решения Урджарского районного маслихата, согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -606,70 +706,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 14-251/VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Размер и порядок оказания жилищной помощи в Урджарском районе</w:t>
+        <w:t xml:space="preserve"> Размер и Правила оказания жилищной помощи в Урджарском районе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок приложения 1 в редакции решения Урджарского районного маслихата области Абай от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. В настоящих размерах и порядках оказания жилищной помощи используется основные понятия: </w:t>
+      1. В настоящих Правилах используются основные понятия: </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) Государственная корпорация "Правительство для граждан" (далее - Государственная корпорация) - юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг и выдаче их результатов услугополучателю по принципу "одного окна", обеспечения оказания государственных услуг в электронной форме; </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -719,86 +857,148 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) предельно допустимый уровень расходов - отношение предельно-допустимого уровня расходов малообеспеченной семьи (гражданина) в месяц на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе на капитальный ремонт общего имущества объекта кондоминиума, потребление коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде, к совокупному доходу малообеспеченной семьи (граждан) в процентах;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) веб-портал "электронного правительства" - информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме.</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. В пункт 1 внесены изменения на государственном языке, текст на русском языке не меняется, решением Урджарского районного маслихата области Абай от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2. Жилищная помощь предоставляется за счет средств местного бюджета малообеспеченным семьям (гражданам), постоянно зарегистрированным и проживающим в жилище на территории Урджарского района, которое находится на праве собственности как единственное жилище на территории Республики Казахстан, также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местным исполнительным органом в частном жилищном фонде, на оплату:</w:t>
+      2. Жилищная помощь предоставляется за счет средств местного бюджета малообеспеченным семьям (гражданам) (далее - услугополучателям), постоянно зарегистрированным и проживающим в жилище на территории Урджарского района, которое находится на праве собственности как единственное жилище на территории Республики Казахстан, также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местным исполнительным органом в частном жилищном фонде, на оплату:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума;</w:t>
+      текущих и накопительных взносов;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       потребления коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
@@ -809,50 +1009,112 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       расходов за пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расходы малообеспеченной семьи (граждан), принимаемые к исчислению жилищной помощи, определяются как сумма расходов по каждому из вышеуказанных направлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 в редакции решения Урджарского районного маслихата области Абай от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Назначение жилищной помощи осуществляется государственным учреждением "Отдел занятости и социальных программ Урджарского района области Абай" (далее - уполномоченный орган).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z11" w:id="6"/>
     <w:p>
       <w:pPr>
@@ -906,51 +1168,329 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Жилищная помощь определяется как разница между суммой оплаты расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума, потребление коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде, и предельно допустимым уровнем расходов малообеспеченных семей (граждан) на эти цели, в 10 (десять) процентов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При назначении жилищной помощи принимается норма площади в размере не менее 15 (пятнадцати) квадратных метров и не более 18 (восемнадцати) квадратных метров полезной площади на человека, но не менее однокомнатной квартиры или комнаты в общежитии.</w:t>
+      Размер жилищной помощи рассчитывается услугодателем, в пределах следующих норм:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нормы потребления коммунальной услуги по газоснабжению для потребителей не более пятнадцати кубических метров на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормы потребления услуги электроснабжения для потребителя в соответствии нормам, установленным региональным уполномоченным органом, регулируемым деятельность в сфере естественных монополий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нормы услуг водоснабжения, и (или) водоотведения для потребителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      холодная вода не более четырех метров кубических на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      горячая вода не более двух метров кубических на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нормы потребления услуги теплоснабжения для потребителей не более ноль целых двадцать пять тысячных гигакалории на человека в месяц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сбор и вывоз твердых бытовых отходов (мусороудаление) не более шестьсот пятидесяти тенге на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обслуживание лифтов не более тысячу триста тенге за квартиру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) услуги связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций не более тысячу триста девяносто девяти тенге за абонент;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиум не более шестидесяти тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) арендная плата за пользованием жилищем из государственного жилищного фонда не более ста двадцати тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) норма квадратуры на человека восемнадцать квадратных метров полезной площади на человека, но не более фактически занимаемой площади, для одиноко проживающего не более тридцати квадратных метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 5 в редакции решения Урджарского районного маслихата области Абай от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечениидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z13" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Выплата компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций осуществляется в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -965,70 +1505,132 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 28 июля 2023 года № 295/НҚ "Об определении размера и утверждении Правил компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам" (зарегистрирован в реестре государственной регистрации нормативных правовых актов под № 33200).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkStart w:name="z14" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Для назначения жилищной помощи малообеспеченная семья (гражданин) (либо его представитель по нотариально заверенной доверенности) обращается в Государственную корпорацию или веб-портал "электронного правительства", согласно Правилам предоставления жилищной помощи.</w:t>
+      7. Малообеспеченная семья (гражданин) (либо его представитель в силу полномочия, основанного на доверенности, законодательстве, решении суда либо административном акте) обращается за назначением жилищной помощи один раз в квартал в Государственную корпорацию или веб-портал "электронного правительства".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации, либо через веб-портал "электронного правительства" составляет 8 (восемь) рабочих дней.</w:t>
+      Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации, либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 в редакции решения Урджарского районного маслихата области Абай от 25.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№25-590/VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечениидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z15" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Жилищная помощь оказывается по предъявленным поставщиками счетам о ежемесячных взносах на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума согласно смете расходов и счетам на оплату коммунальных услуг за счет бюджетных средств малообеспеченным семьям (гражданам).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z16" w:id="11"/>
     <w:p>
       <w:pPr>
@@ -1407,55 +2009,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>