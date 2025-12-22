--- v0 (2025-11-07)
+++ v1 (2025-12-22)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="dc8190f" w14:textId="dc8190f">
+    <w:p w14:paraId="80d6b6e" w14:textId="80d6b6e">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -728,7864 +728,7748 @@
               </w:rPr>
               <w:t>№ 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z13" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z14" w:id="6"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 в редакции решения акима Аягозского района области Абай от 13.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 198</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 198</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z15" w:id="7"/>
+    <w:bookmarkStart w:name="z16" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: здание коммунального государственного казенного предприятия "Аягозское локомотивно-ремонтное депо", город Аягоз, улица Маженова, дом № 1.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:bookmarkStart w:name="z17" w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z17" w:id="9"/>
+    <w:bookmarkStart w:name="z18" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       улица Меерманова, дома № 1, 2, 3, 4, 4а, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z18" w:id="10"/>
-[...15 lines deleted...]
-      улица Ларшина, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24;</w:t>
+    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ларшина, дома № 1, 1а, 1/1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 24;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
-[...15 lines deleted...]
-      улица Найманбаева, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44а, 45, 46, 47, 48,49,50, 51, 52, 52а, 52б, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 100а, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 122б, 123, 124, 124а, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 170а, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226;</w:t>
+    <w:bookmarkStart w:name="z20" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Найманбаева, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18/1, 19, 20, 21, 22, 22а, 22/1, 23, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 31/1, 32, 32/1, 33, 34, 35, 36, 37, 38, 39, 39/1, 40, 41, 42, 43, 44, 44а, 44б, 44/1, 45, 46, 46/1, 47, 48, 48а, 49, 50, 50/1, 51, 52, 52а, 52б, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 62/1, 63, 64, 64/1, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 100а, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 122а, 122б, 123, 124, 124а, 125, 126, 126а, 126б, 126/1, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 149а, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 168а, 168б, 169, 170, 170а, 171, 172, 173, 174, 175, 176, 176а, 177, 177/1, 178, 179, 180, 181, 182, 183, 183/1, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 218а, 219, 220, 221, 222, 222/1, 223, 224, 225, 225а, 226;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z20" w:id="12"/>
-[...15 lines deleted...]
-      улица Тугелбаева, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18;</w:t>
+    <w:bookmarkStart w:name="z21" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тугелбаева, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z21" w:id="13"/>
-[...15 lines deleted...]
-      улица Маженова, дома № 1, 1б, 1/5, 2, 2а, 3, 4, 5, 5а, 6, 6а, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45а, 46, 47, 48, 48а, 49, 50, 80;</w:t>
+    <w:bookmarkStart w:name="z22" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Маженова, дома № 1, 1а, 1б, 1в, 1г, 1д, 1к, 1/1, 1/2, 1/3, 1/4, 1/5, 1/6, 2, 2а, 3, 4, 5, 5а, 5/1, 6, 6а, 6/1, 7, 8, 9, 9а, 10, 11, 12, 12а, 13, 14, 15, 15а, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 23а, 24, 25, 26, 27, 28, 28а, 29, 30, 31, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 39а, 40, 41, 42, 43, 44, 45, 45а, 45/1, 46, 47, 48, 48а, 49, 50, 51, 51а, 52, 80;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z22" w:id="14"/>
-[...15 lines deleted...]
-      улица Желтоксана, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 193а, 194, 195, 196, 197, 198, 199, 199а, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 219а, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 272, 273, 274, 275, 276, 277, 278, 279, 280, 281, 282, 283, 284, 285, 286, 286а, 287, 288, 289, 290, 291, 292, 293, 294, 295, 296, 297, 298, 299, 300, 301, 302, 303, 304, 305, 306, 307, 308, 309, 310, 311, 312, 313, 314, 315, 316, 317, 318, 319, 320, 321, 322, 323, 324, 325, 326, 327, 328, 329, 330, 331, 331а, 331б, 332, 333, 333а, 334, 335, 336, 337, 338, 339, 340, 341, 342, 343, 344, 345, 346, 347, 348, 349, 350, 351, 352, 353, 354, 355, 356, 357, 358, 359, 360, 361, 362, 363, 364, 365, 366, 367, 368, 369;</w:t>
+    <w:bookmarkStart w:name="z23" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Желтоксана, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 60а, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 120а, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 131б, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 193а, 194, 195, 196, 197, 198, 199, 199а, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 219а, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 245а, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 265а, 266, 267, 268, 269, 270, 271, 272, 273, 274, 275, 276, 277, 278, 279, 280, 281, 282, 283, 284, 285, 286, 286а, 287, 288, 289, 290, 291, 292, 293, 294, 295, 296, 297, 298, 299, 300, 301, 302, 303, 304, 305, 306, 307, 308, 309, 310, 311, 312, 313, 314, 315, 316, 317, 318, 319, 319а, 320, 321, 322, 323, 324, 325, 326, 327, 328, 329, 330, 331, 331а, 331б, 332, 333, 333а, 334, 335, 336, 337, 338, 339, 340, 341, 342, 343, 344, 345, 346, 347, 348, 349, 350, 351, 352, 353, 354, 355, 356, 357, 358, 359, 360, 361, 362, 363, 364, 365, 365/1, 366, 367, 368, 369;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z23" w:id="15"/>
-[...15 lines deleted...]
-      улица 6 пункт, дома № 1, 2, 2а, 3, 4, 5а, 5, 6, 6/1, 7, 23, 25, 25а, 25б, 43, 43а, 43б;</w:t>
+    <w:bookmarkStart w:name="z24" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица 6 пункт, дома № 1, 2, 2а, 3, 4, 4а, 5, 5а, 5/1, 5/7, 6, 6/1, 7, 7а, 7/22, 7/26, 23, 25, 25а, 25б, 43, 43а, 43б;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z24" w:id="16"/>
-[...15 lines deleted...]
-      улица Шакенова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 39а, 40, 41, 42, 42а, 43, 43а, 43б, 44, 45, 45а, 46, 46а, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 61а, 62, 63, 64, 65, 66, 67, 67а, 68, 68а, 68б, 69, 69а, 70, 70а, 71, 71а, 72, 72а, 73, 73а, 74, 74а, 75, 75а, 76, 76а, 77, 77а, 78, 78а, 79, 79а, 79б, 80, 80а, 81, 82, 83, 84, 84а, 84б, 85, 85а, 85/2, 86, 86а, 86б, 86в, 86г, 86д, 86е, 86/2, 87, 87а, 87б, 88, 88а, 89, 89а, 90, 90а, 90б, 90в, 91, 91а, 91б, 92, 92а, 92б, 92в, 92г, 92/1, 93, 93а, 93б, 93в, 93/2, 94, 95, 95а, 96, 97, 97а, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 107а, 108, 108а, 109, 109а, 110, 111, 112, 113, 113а, 114, 115, 115а, 116, 116а, 117, 118, 119, 120, 120а, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 135а, 136, 137, 138, 139, 140, 141, 141а, 142, 143, 143а, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 180а, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194.</w:t>
+    <w:bookmarkStart w:name="z25" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шакенова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 39а, 40, 41, 42, 42а, 43, 43а, 43б, 44, 45, 45а, 45б, 46, 46а, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 61а, 62, 63, 64, 65, 66, 67, 67а, 68, 68а, 68б, 69, 69а, 70, 70а, 71, 71а, 72, 72а, 73, 73а, 74, 74а, 75, 75а, 76, 76а, 77, 77а, 78, 78а, 79, 79а, 79б, 80, 80а, 81, 82, 83, 84, 84а, 84б, 85, 85а, 85/2, 86, 86а, 86б, 86в, 86г, 86д, 86е, 86/2, 87, 87а, 87б, 88, 88а, 89, 89а, 90, 90а, 90б, 90в, 91, 91а, 91б, 92, 92а, 92б, 92в, 92г, 92/1, 93, 93а, 93б, 93в, 93/2, 94, 95, 95а, 96, 97, 97а, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 107а, 108, 108а, 109, 109а, 110, 111, 112, 113, 113а, 114, 115, 115а, 116, 116а, 117, 118, 119, 120, 120а, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 130/1, 131, 132, 133, 133а, 134, 135, 135а, 136, 137, 138, 139, 140, 141, 141а, 142, 143, 143а, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 158а, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 180а, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 197а, 201.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z25" w:id="17"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z26" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 199</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 199</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:bookmarkStart w:name="z26" w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: здание коммунального государственного учреждения "Общеобразовательная средняя школа имени Д. Бабатайулы" отдела образования по Аягозскому району управления образования области Абай, город Аягоз, улица Гагарина, дом № 20. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z27" w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z28" w:id="20"/>
-[...15 lines deleted...]
-      улица Барак батыра, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 59а, 59б, 60, 60а, 60б, 60г, 61, 61а, 61б, 61в, 61г, 61т, 61/1, 62, 62а, 63, 64, 65, 65а, 66, 67, 67а, 67б, 67в, 67г, 67д, 67/1, 68, 68а, 69, 69а, 70, 70а, 71, 72, 73, 74, 74а, 75, 76, 77, 77а, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 98а, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 108а, 109, 109а, 110, 111, 112, 112а, 113, 113а, 114, 114а, 115, 115а, 116, 116а, 116б, 117, 118, 119, 119а, 119б, 119в, 119г, 120, 120а, 120б, 121, 122, 123, 123а, 124, 125, 126, 127, 127а, 128, 129, 130, 130а, 130б, 131, 131а, 132, 133, 134, 135, 136, 137, 138, 138а, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 162а, 163, 164, 165, 166, 167, 168, 169, 169а, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 205а, 206, 207, 208, 209, 210, 210а, 211, 212, 212а, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 224а, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240;</w:t>
+    <w:bookmarkStart w:name="z29" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Барак батыра, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44/1, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 59а, 59б, 60, 60а, 60б, 60г, 60д, 61, 61а, 61б, 61в, 61г, 61д, 61т, 61/1, 61/3, 62, 62а, 62д, 63, 64, 65, 65а, 66, 67, 67а, 67б, 67в, 67г, 67д, 67/1, 67/2, 68, 68а, 68/1, 69, 69а, 70, 70а, 71, 71а, 72, 73, 74, 74а, 75, 76, 77, 77а, 77б, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 95а, 96, 97, 98, 98а, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 108а, 109, 109а, 110, 111, 112, 112а, 113, 113а, 113б, 114, 114а, 115, 115а, 116, 116а, 116б, 117, 118, 119, 119а, 119б, 119в, 119г, 119д, 120, 120а, 120б, 121, 121а, 121/1, 122, 123, 123а, 124, 125, 126, 127, 127а, 128, 129, 129а, 130, 130а, 130б, 131, 131а, 132, 133, 134, 135, 136, 137, 138, 138а, 139, 139а, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 162а, 163, 164, 165, 166, 167, 168, 169, 169а, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 184а, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 205а, 206, 207, 208, 209, 210, 210а, 211, 212, 212а, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 224а, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z29" w:id="21"/>
-[...15 lines deleted...]
-      улица Токсангазина, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17а, 17б, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40а, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63а, 63б, 63г, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 151а, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 173а, 174, 175, 175а, 176, 177, 177а, 177б, 178, 179, 180, 181, 182, 183, 183а, 184, 185, 186, 187, 188, 189, 189а, 190, 191, 191а, 192, 193, 193а, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 215а, 216, 217, 218, 219, 220, 221, 222, 223, 223а, 224, 225, 225а, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 245а, 246, 247, 248, 249, 249а, 249б, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 272, 273, 274, 275, 276, 277;</w:t>
+    <w:bookmarkStart w:name="z30" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Токсангазина, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 13а, 14, 15, 15а, 16, 17, 17а, 17б, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 35, 36, 37, 38, 39, 40, 40а, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 57а, 58, 59, 60, 61, 62, 63, 63а, 63б, 63в, 63г, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 75а, 76, 77, 78, 79, 80, 81, 82, 83, 83а, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 151а, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 167а, 168, 169, 170, 171, 172, 173, 173а, 174, 175, 175а, 176, 177, 177а, 177б, 178, 179, 180, 181, 181а, 182, 183, 183а, 184, 185, 186, 187, 188, 189, 189а, 190, 191, 191а, 192, 193, 193а, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 215а, 216, 217, 218, 219, 220, 221, 222, 223, 223а, 224, 225, 225а, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 245а, 246, 247, 248, 249, 249а, 249б, 249в, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 261а, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 272, 273, 274, 275, 276, 277;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z30" w:id="22"/>
-[...15 lines deleted...]
-      улица Гагарина, дома № 1, 2, 3, 4, 5, 6, 7, 7/1, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 65а, 66, 67, 68, 69, 70, 70а, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 110а, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 136а, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 146а, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159;</w:t>
+    <w:bookmarkStart w:name="z31" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Гагарина, дома № 1, 1/1, 2, 3, 3/1, 4, 5, 6, 7, 7а, 7/1, 8, 9, 10, 11, 12, 12/1, 13, 14, 15, 16, 17, 18, 19, 20, 20/1, 21, 22, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32/1, 32/2, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 59/1, 60, 61, 62, 63, 63а, 64, 65, 65а, 66, 67, 68, 69, 70, 70а, 71, 72, 73, 74, 75, 76, 77, 77а, 78, 79, 80, 80а, 81, 82, 83, 83/1, 84, 85, 85а, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 110а, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 136а, 137, 138, 139, 140, 141, 142, 143, 143/1, 143/2, 144, 145, 146, 146а, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z31" w:id="23"/>
-[...15 lines deleted...]
-      улица Подгорная, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 20а, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 117а, 117б, 117в, 118, 119, 120, 121, 122, 123, 124, 125, 125а, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 164а, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195;</w:t>
+    <w:bookmarkStart w:name="z32" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Подгорная, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 13а, 14, 15, 16, 17, 18, 19, 20, 20а, 20/1, 21, 22, 23, 24, 25, 26, 26/2, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 51б, 52, 53, 54, 55, 56, 57, 58, 59, 59а, 60, 61, 62, 63, 64, 65, 66, 67, 67а, 68, 69, 70, 71, 72, 73, 73а, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 93а, 94, 95, 95а, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 117а, 117б, 117в, 118, 119, 120, 121, 122, 123, 124, 125, 125а, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 143а, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 164а, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z32" w:id="24"/>
-[...15 lines deleted...]
-      улица Амангельды, дома № 1, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 15б, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40а, 40в, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86;</w:t>
+    <w:bookmarkStart w:name="z33" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Амангельды, дома № 1, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 15б, 15/1, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40а, 40в, 41, 42, 43, 44, 45, 46, 47, 48, 49, 49а, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z33" w:id="25"/>
-[...15 lines deleted...]
-      улица Турганбаева, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 23/1, 23/2, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64.</w:t>
+    <w:bookmarkStart w:name="z34" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Турганбаева, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 23а, 23/1, 23/2, 24, 25, 26, 26а, 27, 28, 29, 30, 30/1, 30/2, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z34" w:id="26"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z35" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 200</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 200</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z35" w:id="27"/>
+    <w:bookmarkStart w:name="z36" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: здание коммунального государственного учреждения "Общеобразовательная средняя школа № 6" отдела образования по Аягозскому району управления образования области Абай, город Аягоз, улица Уалиханова, дом № 2.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z36" w:id="28"/>
+    <w:bookmarkStart w:name="z37" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z37" w:id="29"/>
-[...15 lines deleted...]
-      улица Ыскака Сулейменова, дома № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12/1, 13, 14, 15, 16, 17, 17а, 17б, 17в, 17г, 18, 18а, 18б, 18в, 19, 19а, 19б, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 52;</w:t>
+    <w:bookmarkStart w:name="z38" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ыскака Сулейменова, дома № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 9/1, 9/2, 9/3, 10, 11, 12, 12/1, 13, 14, 15, 15/6, 15/7, 16, 17, 17а, 17б, 17в, 17г, 17/1, 17/2, 17/3, 17/5, 17/6, 18, 18а, 18б, 18в, 18/1, 19, 19а, 19б, 19г, 19д, 20, 20а, 20г, 20/1, 21, 22, 23, 24, 25, 26, 27, 27/1, 28, 28а, 29, 30, 31, 32, 33, 33/1, 34, 34/1, 35, 36, 36а, 37, 38, 39, 40, 41, 52;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z38" w:id="30"/>
+    <w:bookmarkStart w:name="z39" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Боранбай би, дома № 1, 1а, 2, 3, 4, 5, 5а, 6, 7, 7а, 8, 8а, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20/1, 21, 21а, 22, 23, 24, 25, 25а, 26, 27, 28, 28а, 29, 30, 31, 32, 33, 33а, 34, 35, 35а, 35/1, 36, 36а, 37, 37а, 38, 39, 40, 41, 41а, 42, 42а, 43, 44, 45, 46, 46а, 46б, 46в, 47, 48, 48а, 48б, 49, 50, 51, 52, 53, 54, 55, 56, 56а, 57, 58, 59, 59а, 60, 61, 61а, 62, 63, 63а, 63б, 64, 65, 65а, 65б, 66, 67, 67а, 67г, 67/1, 68, 68/1, 69, 69г, 70, 71, 71а, 72, 73, 74, 75, 76, 77, 78, 79, 79а, 80, 81, 82, 82а, 83, 84, 85, 86, 87, 88, 89, 90; </w:t>
+      улица Боранбай би, дома № 1, 1а, 2, 2а, 3, 4, 5, 5а, 6, 7, 7а, 8, 8а, 9, 10, 11, 12, 13, 13/1, 14, 15, 16, 17, 17/1, 18, 19, 20, 20/1, 21, 21а, 22, 23, 24, 25, 25а, 26, 27, 28, 28а, 29, 30, 31, 32, 32/1, 33, 33а, 34, 35, 35а, 35/1, 36, 36а, 37, 37а, 37/1, 38, 39, 40, 41, 41а, 42, 42а, 42б, 42/1, 43, 44, 45, 46, 46а, 46б, 46в, 46/3, 47, 48, 48а, 48б, 49, 50, 51, 51/1, 52, 53, 54, 55, 56, 56а, 57, 58, 59, 59а, 59/1, 60, 61, 61а, 61/1, 62, 63, 63а, 63б, 64, 65, 65а, 65б, 66, 67, 67а, 67г, 67/1, 68, 68а, 68/1, 69, 69а, 69г, 69/1, 70, 71, 71а, 72, 73, 73а, 74, 75, 76, 77, 78, 79, 79а, 80, 81, 82, 82а, 83, 84, 85, 86, 87, 88, 89, 90; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z39" w:id="31"/>
-[...15 lines deleted...]
-      улица Отарбекова, дома № 1, 1а, 1б, 2, 2а, 3, 3а, 4, 4/1, 5, 6, 6а, 6б, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 22, 22а, 23, 24, 25, 26, 27, 28, 29, 30, 30а, 31, 32, 32а, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 49а, 49б, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 69а, 70, 71, 72, 73, 74, 75, 76, 77, 77а, 78, 79, 80, 81, 82, 83, 84, 85, 86;</w:t>
+    <w:bookmarkStart w:name="z40" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Отарбекова, дома № 1, 1а, 1б, 1/1, 2, 2а, 3, 3а, 3/1, 4, 4а, 4б, 4/1, 5, 6, 6а, 6б, 7, 7/1, 8, 9, 9/2, 10, 11, 12, 13, 13/1, 14, 15, 16, 17, 17/3, 18, 19, 19а, 20, 21, 22, 22а, 23, 24, 25, 26, 27, 28, 29, 30, 30а, 31, 32, 32а, 32б, 32/1, 32/2, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 46а, 47, 48, 48а, 49, 49а, 49б, 50, 51, 52, 53, 54, 55, 55а, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 69а, 70, 71, 72, 73, 74, 75, 76, 77, 77а, 78, 79, 80, 81, 82, 83, 84, 85, 86;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z40" w:id="32"/>
+    <w:bookmarkStart w:name="z41" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Шокимулы, дома № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43а, 43б, 43/1, 44, 45, 45а, 45б, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63а, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73; </w:t>
+      улица Шокимулы, дома № 1, 1а, 2, 3, 4, 5, 6, 7, 7б, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43а, 43б, 43в, 43г, 43/1, 44, 45, 45а, 45б, 45в, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63а, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z41" w:id="33"/>
-[...15 lines deleted...]
-      улица Тайкиманова, дома № 1, 1/1, 2, 3, 4, 5, 6, 6а, 6б, 6в, 6г, 7, 8, 8а, 9, 10, 11, 11/1, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 24а, 24б, 24в, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 34а, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 56/1, 57, 58, 58а, 59, 60, 61, 62, 63, 63а, 63б, 63в, 64, 64а, 64б, 65, 66, 67, 68, 69, 70, 71, 72, 73, 73а, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 99/2;</w:t>
+    <w:bookmarkStart w:name="z42" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тайкиманова, дома № 1, 1/1, 2, 3, 4, 5, 6, 6а, 6б, 6в, 6г, 6/1, 7, 8, 8а, 8/1, 9, 9/1, 10, 11, 11/1, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 20а, 21, 22, 23, 23а, 24, 24а, 24б, 24в, 24/1, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 34а, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 56/1, 56/2, 57, 58, 58а, 59, 60, 61, 62, 63, 63а, 63б, 63в, 64, 64а, 64б, 64г, 65, 66, 66б, 67, 68, 69, 70, 71, 72, 73, 73а, 73б, 73в, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 90/1, 91, 92, 93, 94, 95, 96, 97, 98, 99, 99/2;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
-[...15 lines deleted...]
-      улица Уалиханова, дома № 22, 22а, 22б, 22в, 22г, 22/7, 23, 24, 28, 30, 32, 32а.</w:t>
+    <w:bookmarkStart w:name="z43" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Уалиханова, дома № 22, 22а, 22б, 22в, 22г, 22/7, 23, 24, 28, 30, 30/1, 32, 32а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z44" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 201</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 201</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkStart w:name="z45" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центр: здание коммунального государственного учреждения "Общеобразовательная средняя школа № 3" отдела образования по Аягозскому району управления образования области Абай, город Аягоз, улица Кабанбай батыра, дом № 5/1. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkStart w:name="z46" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
-[...15 lines deleted...]
-      улица Сатпаева, дома № 1, 1/1, 2, 2а, 3, 4, 5, 5а, 6, 6а, 6б, 7, 7а, 8, 8/1, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20а, 21, 22, 22а, 22/1, 23, 24, 25, 26, 26а, 27, 28, 28а, 29, 30, 31, 31а, 31б, 31в, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 40, 40/2, 41, 42, 43, 44, 45, 46, 47;</w:t>
+    <w:bookmarkStart w:name="z47" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сатпаева, дома № 1, 1/1, 2, 2а, 2/1, 3, 4, 5, 5а, 6, 6а, 6б, 7, 7а, 8, 8/1, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20а, 21, 22, 22а, 22б, 22/1, 23, 24, 25, 26, 26а, 27, 28, 28а, 28б, 29, 30, 31, 31а, 31б, 31в, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 40, 40/2, 41, 42, 43, 44, 45, 46, 47;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
-[...15 lines deleted...]
-      улица Кулсейтова, дома № 1, 2, 3, 4, 5, 6, 6а, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 18а, 19, 20, 21, 22, 23, 24, 25, 26, 26а, 26б, 27, 28, 28а, 29, 30, 30а, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 38/1, 38/3, 39, 40, 41, 42, 43, 44, 44а, 45, 46, 47, 48, 49, 50, 51;</w:t>
+    <w:bookmarkStart w:name="z48" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кулсейтова, дома № 1, 2, 3, 4, 5, 6, 6а, 6б, 6/1, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 18а, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 26а, 26б, 27, 28, 28а, 29, 30, 30а, 30б, 31, 32, 33, 34, 35, 35а, 36, 37, 37/1, 38, 38/1, 38/3, 39, 40, 41, 42, 43, 44, 44а, 45, 46, 47, 48, 49, 50, 51;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
-[...15 lines deleted...]
-      улица Матросова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10;</w:t>
+    <w:bookmarkStart w:name="z49" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Матросова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10/1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
-[...15 lines deleted...]
-      улица Шантемисова, дома № 1, 1/1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12;</w:t>
+    <w:bookmarkStart w:name="z50" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шантемисова, дома № 1, 1/1, 2, 2/1, 2/2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
-[...15 lines deleted...]
-      улица Жамбыла, дома № 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 87а, 87б, 88, 89, 90, 91, 92, 93, 93а, 94, 95, 96, 97, 98, 99, 100, 100/1, 100/2, 100/3, 100/4, 100а, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 114а, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 129а, 130, 130а, 131, 132;</w:t>
+    <w:bookmarkStart w:name="z51" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жамбыла, дома № 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 87а, 87б, 87в, 87г, 88, 89, 90, 91, 92, 93, 93а, 94, 95, 96, 97, 98, 99, 100, 100/1, 100/2, 100/3, 100/4, 100а, 101, 102, 103, 103а, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 114а, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 129а, 130, 130а, 130б, 131, 132;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
-[...15 lines deleted...]
-      улица Жунусова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 25;</w:t>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жунусова, дома № 1, 2, 3, 4, 4/1, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 25;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
-[...15 lines deleted...]
-      улица Таурбаева, дома № 1, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 9а, 10, 10/1;</w:t>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Таурбаева, дома № 1, 2, 3, 3а, 4, 4/1, 5, 6, 7, 8, 8/2, 9, 9а, 10, 10/1, 10/2;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
-[...15 lines deleted...]
-      улица Уалиханова, дома № 27, 29, 29а, 31, 33, 34, 34а, 34б, 34в, 39, 43, 45, 47, 49, 51, 53, 53а, 55, 61, 150;</w:t>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Уалиханова, дома № 27, 29, 29а, 31, 33, 34, 34а, 34б, 34в, 34/1, 39, 43, 45, 47, 49, 51, 53, 53а, 55, 61, 150;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
-[...15 lines deleted...]
-      улица Береке, двухквартирный дом, квартиры № 1, 2, 2а, 2б, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12;</w:t>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Береке, двухквартирный дом, квартиры № 1, 1а, 1/2, 1/3, 2, 2а, 2б, 2в, 3, 3а, 3/1, 3/2, 3/3, 4, 5, 6, 7, 8, 9, 10, 11, 12;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
-[...15 lines deleted...]
-      улица Кудерина, дома № 107, 107а, 107б, 109, 109а, 109б, 111, 113, 113а, 123, 125, 125а, 125/2, 126, 128, 130, 130а, 132, 134, 136, 138, 140, 142, 144, 146, 152, 153, 156;</w:t>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кудерина, дома № 107, 107а, 107б, 109, 109а, 109б, 111, 113, 113а, 113/1, 123, 125, 125а, 125в, 125/1, 125/2, 126, 128, 130, 130а, 132, 134, 136, 138, 140, 142, 144, 146, 152, 153, 156;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
-[...15 lines deleted...]
-      улица С. Жолдасовых, дома № 1, 2, 3, 4, 4а, 5, 6, 7, 8, 8а, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 24а, 25, 25а, 26, 26а, 26б, 27, 28, 28а, 29, 30, 31, 32, 33, 34, 34а, 34б, 34в, 34г, 35, 36, 37, 38, 39, 40, 40а, 40б, 40в, 40/2, 41, 42, 42а, 42б, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53а, 54, 55, 55а, 55б, 140;</w:t>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица С. Жолдасовых, дома № 1, 2, 3, 4, 4а, 5, 5/2, 6, 7, 8, 8а, 8/1, 9, 9б, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 17в, 18, 18а, 19, 20, 21, 22, 23, 23а, 23б, 23/1, 23/2, 24, 24а, 24б, 24/1, 25, 25а, 26, 26а, 26б, 27, 28, 28а, 29, 30, 31, 32, 33, 34, 34а, 34б, 34в, 34г, 34/1, 34/5, 35, 36, 37, 38, 38а, 38/1, 39, 40, 40а, 40б, 40в, 40/2, 41, 42, 42а, 42б, 43, 44, 45, 46, 47, 48, 49, 50, 50/1, 51, 52, 53, 53а, 54, 55, 55а, 55б, 140;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
-[...15 lines deleted...]
-      улица Сейфуллина, дома № 95, 95а, 97, 97а, 97б, 97в, 98, 99, 99а, 100, 100а, 101, 101а, 102, 103, 103а, 103б, 103/1, 104, 105, 105а, 105б, 106, 107, 107а, 108, 109, 109а, 110, 111, 111а, 111б, 111в, 111г, 111/1, 111/2, 112, 113, 113а, 114, 115, 116, 117, 117а, 118, 118а, 118б, 119, 120, 121, 122, 123, 124, 124а, 177;</w:t>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сейфуллина, дома № 95, 95а, 95в, 97, 97а, 97б, 97в, 97г, 97д, 97/1, 97/2, 97/3, 98, 99, 99а, 100, 100а, 101, 101а, 102, 103, 103а, 103б, 103/1, 104, 105, 105а, 105б, 106, 107, 107а, 108, 109, 109а, 110, 111, 111а, 111б, 111в, 111г, 111/1, 111/2, 111/3, 112, 112а, 113, 113а, 114, 115, 116, 116/1, 117, 117а, 118, 118а, 118б, 119, 120, 121, 122, 123, 124, 124а, 177;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
-[...15 lines deleted...]
-      улица Жана коше-1, дома № 1, 1а, 1б, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 70.</w:t>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Темирханова, дома № 1, 1а, 1б, 2, 2а, 3, 4, 5, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 47а, 48, 49, 50, 51, 52, 53, 53а, 54, 55, 64, 70, 76, 76а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z60" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 202</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 202</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z60" w:id="52"/>
+    <w:bookmarkStart w:name="z61" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центр: здание коммунального государственного учреждения "Городская казахская школа-лицей" отдела образования по Аягозскому району управления образования области Абай, город Аягоз, улица Уалиханова, дом № 18д. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z61" w:id="53"/>
+    <w:bookmarkStart w:name="z62" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z62" w:id="54"/>
-[...15 lines deleted...]
-      улица Б. Момышулы, дома № 78, 80, 82, 84, 84а, 86, 86а, 88, 90, 90а, 92, 92а, 94, 96, 98, 100, 100а, 100б, 102, 104, 106, 108, 109, 110, 111, 111а, 112, 113, 114, 115, 115а, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 127/1, 128, 129, 130, 131, 132, 133, 133а, 134, 135, 136, 136а, 137, 138, 138а, 139, 140, 141, 142, 142а, 144, 145, 146, 147, 149, 151, 153, 155, 157, 159, 161, 163;</w:t>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Б. Момышулы, дома № 78, 80, 82, 84, 84а, 86, 86а, 88, 90, 90а, 92, 92а, 94, 96, 98, 100, 100а, 100б, 102, 104, 106, 106/1, 108, 109, 110, 111, 111а, 112, 112/1, 113, 114, 115, 115а, 116, 117, 117б, 117/1, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 127/1, 128, 129, 130, 130/1, 131, 132, 132а, 133, 133а, 134, 135, 136, 136а, 137, 138, 138а, 138/1, 139, 140, 141, 141/1, 142, 142а, 142/1, 143, 143/3, 144, 145, 146, 146/2, 147, 149, 149/1, 149/3, 151, 151/1, 153, 153/1, 155, 155/1, 157, 159, 161, 161/3, 163;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z63" w:id="55"/>
-[...15 lines deleted...]
-      улица Алтынсарина, дома № 90, 91, 92, 93, 94, 96, 98, 99, 100, 102, 104, 106, 108, 110, 112, 112б, 112/2, 112/8, 114, 116, 118, 118а, 118б;</w:t>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алтынсарина, дома № 90, 91, 92, 93, 94, 96, 98, 99, 99а, 100, 102, 104, 106, 108, 110, 112, 112б, 112в, 112/1, 112/2, 112/3, 112/5, 112/6, 112/7, 112/8, 114, 116, 118, 118а, 118б;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z64" w:id="56"/>
-[...15 lines deleted...]
-      улица Адильбаева, дома № 1, 1а, 1б, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45;</w:t>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Адильбаева, дома № 1, 1а, 1б, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z65" w:id="57"/>
-[...15 lines deleted...]
-      улица Байгабылова, дома № 1, 1а, 1б, 1в, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 29а, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42;</w:t>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Байгабылова, дома № 1, 1а, 1б, 1в, 2, 3, 4, 5, 6, 7, 8, 9, 9/1, 10, 10а, 11, 11а, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 29а, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z66" w:id="58"/>
-[...15 lines deleted...]
-      улица Байтерек, дома № 1, 2, 3, 4, 5, 6, 7, 8 , 8а, 9, 10, 11, 12;</w:t>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Байтерек, дома № 1, 2, 3, 4, 5, 6, 7, 8, 8а, 9, 10, 11, 12;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z67" w:id="59"/>
-[...15 lines deleted...]
-      улица Болашак, дома № 1, 1а, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 12а;</w:t>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Болашак, дома № 1, 1а, 2, 3, 3а, 4, 4а, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 12а;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z68" w:id="60"/>
-[...15 lines deleted...]
-      улица Мамбетова, дома № 43, 45, 47, 47/1, 49, 51, 53, 55, 57, 59, 59а, 61, 63, 65, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88;</w:t>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мамбетова, дома № 43, 45, 47, 47/1, 49, 51, 53, 55, 57, 59, 59а, 61, 63, 65, 67, 67/1, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 84а, 84/1, 85, 86, 87, 88;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z69" w:id="61"/>
-[...15 lines deleted...]
-      улица Дуйсенова, дома № 71, 73, 75, 75а, 77, 79, 81, 83, 130, 132, 134, 136, 136а, 138, 140, 142, 144, 146, 148, 150, 152, 154, 156, 158;</w:t>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Дуйсенова, дома № 71, 73, 75, 75а, 75/1, 77, 79, 81, 83, 130, 132, 134, 136, 136а, 138, 140, 142, 144, 146, 148, 150, 150/1, 152, 154, 156, 158;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z70" w:id="62"/>
-[...15 lines deleted...]
-      улица Богенбай батыра, дома № 3, 4, 7, 20, 22;</w:t>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Богенбай батыра, дома № 3, 4, 7, 20, 20а, 20/1, 22;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z71" w:id="63"/>
-[...15 lines deleted...]
-      улица А. Танирбергенова, дома № 51, 53, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 76а, 78, 78а, 80, 80а, 80б, 82, 84;</w:t>
+    <w:bookmarkStart w:name="z72" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Танирбергенова, дома № 51, 51/1, 53, 53/1, 54, 56, 56/1, 56/7, 58, 58/1, 58/2, 60, 62, 62/1, 62/2, 64, 66, 68, 68/1, 68/2, 68/3, 70, 72, 72а, 74, 76, 76а, 78, 78а, 80, 80а, 80б, 82, 84;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z72" w:id="64"/>
-[...15 lines deleted...]
-      улица Уалиханова, дом № 1, 1а, 2, 3, 4, 5, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 15, 16, 16а, 16б, 16в, 16г, 16д, 16е, 16л, 17, 18, 18/2, 18/3;</w:t>
+    <w:bookmarkStart w:name="z73" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Уалиханова, дом № 1, 1а, 2, 3, 4, 5, 5а, 6, 7, 7а, 8, 9, 10, 11, 12, 12а, 12/1, 13, 15, 16, 16а, 16б, 16в, 16г, 16д, 16е, 16л, 16/1, 17, 18, 18а, 18б, 18в, 18г, 18д, 18/1, 18/2, 18/3;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z73" w:id="65"/>
+    <w:bookmarkStart w:name="z74" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Аканаева, дома № 40, 42, 42а, 44, 44а, 68, 68а, 69, 69а, 69б, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 103а; </w:t>
+      улица Аканаева, дома № 40, 40а, 40б, 40/7, 42, 42а, 44, 44а, 44/1, 44/2, 69, 69а, 69б, 69/2, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 103а, 106; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z74" w:id="66"/>
+    <w:bookmarkStart w:name="z75" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Гагарина, дома № 160, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 190а, 191, 192, 193, 194, 195, 196, 197, 198, 198а, 199, 200, 200а, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 260, 261;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z75" w:id="67"/>
-[...15 lines deleted...]
-      улица Барак батыра, дома № 241, 241а, 242, 243, 244, 245, 246, 247, 247а, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 266а, 267, 268, 269, 270, 271, 271а, 272, 273, 274, 275, 276, 277, 277а, 278, 279, 280, 281, 282, 283, 284, 285, 286, 287, 288, 288/1, 288/2, 289, 290, 291, 292, 293, 294, 295, 296, 297, 298, 299, 300, 301, 302, 303, 304, 304/1;</w:t>
+    <w:bookmarkStart w:name="z76" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Барак батыра, дома № 241, 241а, 242, 243, 243а, 244, 244а, 245, 246, 247, 247а, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 266а, 267, 268, 269, 270, 271, 271а, 272, 273, 274, 275, 276, 277, 277а, 278, 279, 280, 281, 282, 283, 284, 285, 286, 287, 288, 288/1, 288/2, 289, 290, 290/1, 291, 292, 293, 294, 295, 296, 297, 298, 299, 300, 301, 302, 303, 304, 304/1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z76" w:id="68"/>
+    <w:bookmarkStart w:name="z77" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Кажымукана, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 35б, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 67а, 68, 69, 70, 71, 72, 73, 74, 75, 76, 76а, 77, 77а, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91; </w:t>
+      улица Кажымукана, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 15б, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 35б, 36, 37, 37а, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 52, 53, 54, 55, 56, 57, 58, 58а, 59, 60, 61, 62, 63, 64, 65, 66, 67, 67а, 68, 69, 70, 71, 72, 73, 74, 75, 76, 76а, 77, 77а, 77б, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 90а, 90б, 91, 93; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z77" w:id="69"/>
-[...15 lines deleted...]
-      улица Бирлик, дома № 1, 2, 2а, 2/1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12.</w:t>
+    <w:bookmarkStart w:name="z78" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бирлик, дома № 1, 2, 2а, 2б, 2/1, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z78" w:id="70"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z79" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 203</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 203</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z79" w:id="71"/>
+    <w:bookmarkStart w:name="z80" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: здание коммунального государственного учреждения "Городская смешанная общеобразовательная средняя школа № 1" отдела образования по Аягозскому району управления образования области Абай, город Аягоз, улица Ауэзова, дом № 23.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z80" w:id="72"/>
+    <w:bookmarkStart w:name="z81" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
-[...15 lines deleted...]
-      улица Ауэзова, дома № 1, 1а, 1б, 2, 3, 4, 5, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 29а, 29б, 30, 31, 31а, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44а, 45, 46, 47, 47а, 48, 49, 50, 51, 52, 52а, 53, 53а, 54, 55, 55а, 56, 57, 57а, 58, 59, 60, 61, 62, 63, 64, 64а, 65, 66, 66а, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76;</w:t>
+    <w:bookmarkStart w:name="z82" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ауэзова, дома № 1, 1а, 1б, 2, 3, 4, 5, 6, 6/1, 6/3, 6/4, 7, 7а, 7/1, 8, 8а, 8/1, 8/2, 8/6, 9, 9а, 9б, 9/1, 9/9, 9/15, 10, 11, 11/1, 12, 12а, 12/1, 12/2, 12/3, 12/4, 12/6, 12/7, 12/8, 12/9, 12/12, 13, 13а, 13б, 13г, 13/1, 13/2, 13/4, 14, 15, 15а, 15в, 15е, 15/1, 15/2, 16, 17, 17/1, 17/2, 17/3, 17/6, 17/7, 18, 19, 19а, 19б, 19/1, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 29а, 29б, 30, 30а, 30б, 30/1, 30/2, 30/3, 31, 31а, 32, 33, 33/1, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42/1, 43, 44, 44а, 45, 46, 47, 47а, 48, 49, 50, 51, 52, 52а, 53, 53а, 54, 55, 55а, 56, 57, 57а, 58, 59, 60, 61, 62, 63, 64, 64а, 65, 65а, 66, 66а, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
-[...15 lines deleted...]
-      улица Шакарима, дома № 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53а, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 78/1, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96;</w:t>
+    <w:bookmarkStart w:name="z83" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шакарима, дома № 33, 34, 35, 36, 37, 37/1, 38, 38а, 38/1, 38/2, 38/3, 38/4, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53а, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66/1, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 76/1, 77, 78, 78/1, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
-[...15 lines deleted...]
-      улица Кудерина, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13а, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 55а, 56, 57, 58, 59, 59а, 60, 61, 62, 62а, 63, 64, 65, 66, 66а, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 105а, 106, 108, 110, 112, 114, 116, 118, 120, 122, 122а, 133а, 133б;</w:t>
+    <w:bookmarkStart w:name="z84" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кудерина, дома № 1, 2, 3, 4, 5, 6, 6а, 7, 8, 8/1, 9, 10, 11, 12, 13, 13а, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 24/1, 25, 26, 27, 28, 29, 29/1, 29/2, 29/3, 30, 31, 32, 33, 34, 34а, 34/1, 34/2, 34/14, 35, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 55а, 56, 57, 58, 59, 59а, 60, 61, 62, 62а, 63, 64, 65, 66, 66а, 67, 67а, 68, 69, 70, 71, 72, 73, 74, 75, 76, 76/1, 77, 78, 79, 79/1, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 98/1, 99, 100, 100/1, 101, 102, 103, 104, 105, 105а, 105б, 106, 108, 109/1, 110, 112, 114, 116, 118, 120, 122, 122а, 133а, 133б;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
-[...15 lines deleted...]
-      улица Сергазина, дома № 1, 2, 3, 4, 5, 6, 6а, 7, 7а, 8, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 17а, 18, 19, 19а, 20, 21, 22, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 34а, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 99/5, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 124а, 124б, 124в, 125, 125а, 125б, 125в, 126, 126а, 127, 128, 129, 130;</w:t>
+    <w:bookmarkStart w:name="z85" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сергазина, дома № 1, 1а, 2, 3, 3/1, 4, 5, 5/5, 6, 6а, 7, 7а, 8, 9, 10, 11, 11а, 12, 12а, 13, 14, 15, 16, 17, 17а, 18, 19, 19а, 20, 21, 22, 23, 23а, 24, 25, 25а, 26, 26а, 26/5, 27, 28, 28а, 28/2, 28/4, 28/5, 28/6, 28/7, 28/8, 28/9, 28/14, 28/21, 29, 30, 31, 32, 33, 33а, 34, 34а, 35, 35/1, 35/2, 35/3, 36, 37, 37а, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 58/1, 59, 60, 60б, 60в, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 93/1, 94, 95, 96, 97, 98, 99, 99а, 99б, 99в, 99/1, 99/3, 99/5, 99/7, 99/11, 99/17, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 110/1, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 124а, 124б, 124в, 125, 125а, 125б, 125в, 126, 126а, 127, 128, 129, 130;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkStart w:name="z86" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Актамберды, дома № 42, 42а, 44, 46, 48, 48/1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
-[...15 lines deleted...]
-      улица Алтынсарина, дома № 43, 45, 45а, 45б, 47, 49, 51, 53, 57, 59, 61, 65, 65а, 67, 69, 73, 75, 79, 81, 83, 87, 89, 95, 97, 97а, 101, 103, 105, 107, 109, 111, 113, 113а, 115;</w:t>
+    <w:bookmarkStart w:name="z87" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алтынсарина, дома № 43, 45, 45а, 45б, 45/1, 46, 46б, 47, 49, 51, 53, 57, 59, 61, 65, 65а, 67, 69, 73, 73/1, 75, 79, 81, 83, 87, 89, 89а, 95, 97, 97а, 101, 103, 105, 107, 109, 111, 112/4, 113, 113а, 115;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бульвар Абая, дома № 21, 22, 23, 24, 24а, 24б, 24г, 24/1, 29, 29б, 31, 31а, 31/4, 32, 38;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Богенбай батыра, дом № 29, 29а, 30, 32, 37, 37а, 44, 57;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkStart w:name="z90" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Сейфуллина, дома № 38, 40, 40а, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 96а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z91" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 204</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 204</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkStart w:name="z92" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: здание коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу" отдела культуры, развития языков, физической культуры и спорта Аягозского района, город Аягоз, бульвар Абая, дом № 12.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkStart w:name="z93" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkStart w:name="z94" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      переулок Коммунальный, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15,16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а; </w:t>
+      переулок Коммунальный, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
-[...15 lines deleted...]
-      улица Б. Момышулы, дома № 64, 66, 68, 70, 72, 74, 74/1, 76, 76а, 76б, 76в, 76/1, 76/2, 76/3, 76/4, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107;</w:t>
+    <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Б. Момышулы, дома № 64, 66, 68, 70, 72, 74, 74/1, 76, 76а, 76б, 76в, 76/1, 76/2, 76/3, 76/4, 81, 83, 85, 87, 89, 91, 93, 95, 95а, 97, 99, 101, 103, 105, 107;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
-[...15 lines deleted...]
-      улица Алтынсарина, дома № 54, 54а, 55, 56, 58, 59а, 60, 62, 63, 64, 66, 68, 70, 71, 72, 74, 76, 77, 78, 80, 82, 84, 84а, 85, 86, 88;</w:t>
+    <w:bookmarkStart w:name="z96" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алтынсарина, дома № 54, 54а, 55, 56, 58, 59а, 60, 62, 63, 64, 66, 68, 70, 71, 71/9, 72, 74, 76, 77, 78, 80, 82, 84, 84а, 85, 86, 88;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
-[...15 lines deleted...]
-      улица Аканаева, дома № 1, 2, 3, 4, 5, 6, 6а, 6б, 6в, 6г, 6д, 6/2, 7, 7/1, 8, 8а, 8в, 8г, 8д, 9, 10, 10/1, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 35, 36, 37, 38, 39, 41, 43, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 67а, 67/1, 67/7, 68, 68а, 69/1;</w:t>
+    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Аканаева, дома № 1, 2, 3, 4, 5, 6, 6а, 6б, 6в, 6г, 6д, 6/2, 7, 7/1, 8, 8а, 8в, 8г, 8д, 9, 10, 10/1, 11, 12, 13, 14, 15, 16, 17, 17а, 18, 19, 19а, 19б, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 35, 36, 37, 38, 39, 41, 43, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 67а, 67б, 67/1, 67/7, 68, 68а, 69/1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkStart w:name="z98" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Отарбайулы, дома № 1, 2, 4, 6, 7, 8, 10, 12, 14, 15, 16, 17, 18, 20, 22, 23, 24, 26, 27, 28, 30, 32, 33, 33а, 34, 35, 36, 38, 39, 40, 41, 42, 44, 46, 48, 50, 52, 54, 56, 57, 58, 60, 61, 62, 64, 66, 68, 70, 72;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkStart w:name="z99" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бульвар Абая, дом № 2, 7, 18, 18а, 18/1, 19;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkStart w:name="z100" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Искакова, дома № 2, 4, 6, 8, 10, 12;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
-[...15 lines deleted...]
-      улица Габбасова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 30а, 30б, 30/1, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 59, 60;</w:t>
+    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Габбасова, дома № 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 12/1, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 30а, 30б, 30/1, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 48/1, 48/2, 49, 50, 59, 60;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z101" w:id="93"/>
+    <w:bookmarkStart w:name="z102" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица А. Танирбергенова, дома № 1, 2, 2/2, 3, 4, 5, 6, 6а, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 35/1, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 44, 45, 45а, 46, 47, 47а, 47/1, 47/2, 48, 49, 50, 52.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z102" w:id="94"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 205</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 205</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:bookmarkStart w:name="z104" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центр: здание коммунального государственного учреждения "Аягозская городская смешанная начальная школа №9" отдела образования по Аягозскому району управления образования области Абай, город Аягоз, улица Б.Момышулы, дом № 60. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkStart w:name="z105" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z105" w:id="97"/>
-[...15 lines deleted...]
-      улица Алтынсарина, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17б, 18, 19, 20, 21, 22, 23, 24, 24/5, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 33б, 33в, 34, 35, 36, 37, 38, 39, 40, 41, 42, 44;</w:t>
+    <w:bookmarkStart w:name="z106" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алтынсарина, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17б, 18, 19, 20, 21, 22, 23, 24, 24/5, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 33б, 33в, 34, 35, 36, 37, 38, 39, 40, 41, 42, 44, 44/1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z106" w:id="98"/>
+    <w:bookmarkStart w:name="z107" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Актамберды, дома № 20, 23, 26, 28, 29, 30, 33, 36, 37, 39;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z107" w:id="99"/>
+    <w:bookmarkStart w:name="z108" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Б. Момышулы, дома № 1, 2, 2а, 3, 3а, 3б, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 53а, 53б, 54, 55, 56, 57, 59, 60, 61, 62, 63, 65, 67, 69, 71, 73, 75, 77, 79, 79/12;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
-[...15 lines deleted...]
-      улица Болатова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 8а, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Болатова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 8а, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 78;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z109" w:id="101"/>
-[...15 lines deleted...]
-      улица Курмангазы, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28/1, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Курмангазы, дома № 1, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28/1, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z110" w:id="102"/>
-[...15 lines deleted...]
-      улица Саметова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 65а, 66, 66а, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 87, 140;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Саметова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 35, 36, 37, 37/1, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 65а, 66, 66а, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 87, 140;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z111" w:id="103"/>
-[...15 lines deleted...]
-      улица М.С. Байсалбаевых, дома № 1, 2, 3, 4, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 26а, 26б, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43а, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица М.С. Байсалбаевых, дома № 1, 2, 3, 4, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 26а, 26б, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 43а, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z112" w:id="104"/>
+    <w:bookmarkStart w:name="z113" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Искакова, дома № 14, 16, 18, 20, 22, 24, 26, 28, 30, 32, 32а, 34, 36, 38, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 86, 88, 88а, 90, 92;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z113" w:id="105"/>
+    <w:bookmarkStart w:name="z114" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       переулок Зеленый, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z114" w:id="106"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z115" w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 206</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 206</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z115" w:id="107"/>
+    <w:bookmarkStart w:name="z116" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: здание коммунального государственного учреждения "Детско-юношеская спортивная школа Аягозского района" управления физической культуры и спорта области Абай, город Аягоз, улица Аканаева, дом № 40а.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z116" w:id="108"/>
+    <w:bookmarkStart w:name="z117" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z117" w:id="109"/>
+    <w:bookmarkStart w:name="z118" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Актамберды, дома № 1, 2, 3, 4, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z118" w:id="110"/>
+    <w:bookmarkStart w:name="z119" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Дуйсенова, дома № 1, 2, 3, 4, 5, 5а, 5б, 6, 7, 7/1, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 24в, 24/1, 24/2, 24/3, 24/4, 24/5, 24/6, 25, 26, 27, 27а, 27б, 28, 28а, 29, 30, 31, 31а, 32, 33, 34, 35, 36, 37, 38, 38а, 39, 39а, 39б, 39в, 39г, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 55а, 56, 57, 57а, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 72, 74, 76, 78, 80, 82, 84, 85, 86, 87, 88, 89, 90, 91, 92, 92а, 92/5, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z119" w:id="111"/>
+    <w:bookmarkStart w:name="z120" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Е. Танирбергенова, дома № 1, 2, 3, 4, 5, 6;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z120" w:id="112"/>
-[...15 lines deleted...]
-      улица Макеева, дома № 1, 2, 2в, 3, 4, 5, 6, 7, 7а, 7б, 8, 9, 10, 11, 12, 12а, 13, 14, 14а, 15, 16, 16а, 17, 18, 19, 19а, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 39, 41, 45, 47, 47/1, 49, 55, 55а;</w:t>
+    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Макеева, дома № 1, 1а, 1б, 1в, 1г, 1/1, 1/2, 1/3, 2, 2а, 2б, 2в, 2д, 2/1, 2/2, 3, 3/1, 4, 5, 5а, 6, 6а, 7, 7а, 7б, 8, 9, 9а, 10, 11, 11а, 11/1, 11/2, 12, 12а, 13, 13/1, 14, 14а, 15, 16, 16а, 17, 17/1, 18, 19, 19а, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 32, 32а, 32б, 32/1, 32/2, 39, 41, 45, 47, 47/1, 49, 50, 51, 53, 53а, 55, 55а;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z121" w:id="113"/>
-[...15 lines deleted...]
-      улица Мамбетова, дома № 1, 2, 3, 3а, 4, 4а, 5, 6, 7, 8, 9, 9а, 9б, 9е, 9к, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 24, 24а, 25, 25/1, 26, 27, 28, 29, 30, 30а, 30/1, 30/3, 31, 32, 33, 34, 35, 36, 37, 38, 38а, 39, 40, 41, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 60а, 62, 62/1, 64, 66;</w:t>
+    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мамбетова, дома № 1, 2, 3, 3а, 4, 4а, 5, 6, 7, 8, 9, 9а, 9б, 9е, 9к, 10, 11, 12, 12/1, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 24, 24а, 25, 25/1, 26, 26/8, 27, 28, 29, 30, 30а, 30/1, 30/3, 31, 32, 33, 34, 35, 36, 37, 38, 38а, 39, 40, 41, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 60а, 62, 62/1, 64, 66;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z122" w:id="114"/>
-[...15 lines deleted...]
-      улица Сулейменова, дома № 1, 1/1, 2, 3, 4, 4/2, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 100а;</w:t>
+    <w:bookmarkStart w:name="z123" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сулейменова, дома № 1, 1/1, 2, 3, 4, 4/1, 4/2, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 34а, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 43/1, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 57/1, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 90, 100а, 114;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z123" w:id="115"/>
-[...15 lines deleted...]
-      улица Янушкевича, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17а, 18, 19, 19а, 19/1, 20, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 49а, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80.</w:t>
+    <w:bookmarkStart w:name="z124" w:id="115"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Янушкевича, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15/1, 16, 17, 17а, 18, 18а, 19, 19а, 19/1, 20, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37а, 38, 39, 40, 41, 42, 42/1, 43, 44, 45, 46, 47, 48, 49, 49а, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 66/1, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z124" w:id="116"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z125" w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 207</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 207</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z125" w:id="117"/>
-[...15 lines deleted...]
-      Центр: здание "Карьерный центр Аягозского района области Абай" филиала коммунального государственного учреждения "Центр трудовой мобильности области Абай" государственного учреждения "Управление координации занятости и социальных программ области Абай", город Аягоз, бульвар Абая, дом № 47б.</w:t>
+    <w:bookmarkStart w:name="z126" w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание коммунального государственного учреждения "Центр занятости населения Аягозского районного акимата области Абай", город Аягоз, бульвар Абая, дом № 47б.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z126" w:id="118"/>
+    <w:bookmarkStart w:name="z127" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z127" w:id="119"/>
-[...15 lines deleted...]
-      улица Аталыкова, дома № 1, 3, 4, 4а, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 14а, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44а, 44б, 45, 46, 47, 48, 48а, 49, 50, 51, 52, 53;</w:t>
+    <w:bookmarkStart w:name="z128" w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Аталыкова, дома № 1, 3, 4, 4а, 5, 5а, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 14а, 15, 16, 17, 18, 19, 20, 20/1, 20/2, 21, 22, 23, 24, 25, 26, 26а, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44а, 44б, 44в, 45, 46, 47, 48, 48а, 49, 50, 51, 52, 53, 53а;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z128" w:id="120"/>
-[...15 lines deleted...]
-      бульвар Абая, дома № 45, 48, 48а, 48б, 48в, 52, 52а, 52б, 52в, 52г, 52д, 54, 54/1, 56, 56а, 56/4, 58, 60, 60/1, 62, 64;</w:t>
+    <w:bookmarkStart w:name="z129" w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бульвар Абая, дома № 48, 48а, 48б, 48в, 52, 52а, 52б, 52в, 52г, 52д, 54, 54/1, 56, 56а, 56/4, 58, 60, 60/1, 62, 64;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="120"/>
-    <w:bookmarkStart w:name="z129" w:id="121"/>
-[...15 lines deleted...]
-      улица Сейфуллина, дома № 35, 35а, 35б, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 83а, 85, 87, 89, 91, 93, 93а;</w:t>
+    <w:bookmarkStart w:name="z130" w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сейфуллина, дома № 35, 35а, 35б, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 83а, 85, 87, 89, 91, 93, 93а, 93б;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="121"/>
-    <w:bookmarkStart w:name="z130" w:id="122"/>
+    <w:bookmarkStart w:name="z131" w:id="122"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      улица Жамбыла, дома № 21, 21а, 22, 22а, 22б, 22в, 23, 23а, 23б, 23в, 24, 24а, 24б, 24в, 24г, 25, 26, 26б, 27, 27г, 28, 28а, 29, 30, 31, 32, 33, 33а, 34, 34/4, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 53, 54, 55, 55а, 56, 57, 57а, 58, 59, 59а, 60, 61, 61а; </w:t>
+      улица Жамбыла, дома № 21, 21а, 21в, 22, 22а, 22б, 22в, 23, 23а, 23б, 23в, 24, 24а, 24б, 24в, 24г, 25, 26, 26б, 27, 27г, 28, 28а, 29, 30, 31, 32, 33, 33а, 34, 34/4, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 53, 54, 55, 55а, 56, 57, 57а, 58, 59, 59а, 60, 61, 61а; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="122"/>
-    <w:bookmarkStart w:name="z131" w:id="123"/>
-[...15 lines deleted...]
-      улица Маметовой, дома № 9, 9а, 9б, 9в, 9г, 9д, 9е, 9к, 9л, 9/1, 23, 24, 24а, 24б, 25, 26, 26а, 26/1, 27, 28, 28а, 29, 30, 31, 32, 32а, 33, 33а, 34, 35, 35а, 35/1, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 53, 55, 57, 59, 59а, 60, 64, 67, 73, 77, 78, 80, 84, 86, 91;</w:t>
+    <w:bookmarkStart w:name="z132" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Маметовой, дома № 9, 9а, 9б, 9в, 9г, 9д, 9е, 9к, 9л, 9/1, 23, 24, 24а, 24б, 25, 26, 26а, 26/1, 27, 28, 28а, 29, 30, 31, 32, 32а, 33, 33а, 34, 35, 35а, 35/1, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 52а, 53, 55, 57, 59, 59а, 60, 64, 67, 73, 77, 78, 80, 84, 86, 91;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="123"/>
-    <w:bookmarkStart w:name="z132" w:id="124"/>
-[...15 lines deleted...]
-      улица Кабанбай батыра, дома № 1, 1а, 1б, 1в, 1г, 1д, 1к, 1л, 2, 3, 3а, 3б, 3г, 4, 5, 5/8, 5г, 6, 6а, 6г, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 39а, 39б, 39в, 40, 40а, 40б, 40в, 40г, 40д, 40/1, 41, 41а, 41б, 41/1, 42, 42а, 43, 43а, 43б, 43в, 43г, 44, 44/1, 45, 46, 47, 47/1, 47/2, 48, 49, 50, 54, 56, 56а, 56б, 56в, 56/1, 56/2, 80, 81, 82, 83, 83/1;</w:t>
+    <w:bookmarkStart w:name="z133" w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кабанбай батыра, дома № 1, 1а, 1б, 1в, 1г, 1д, 1к, 1л, 1м, 1/1, 1/2, 1/3, 1/4, 2, 2а, 2б, 2в, 2г, 2/1, 2/2, 2/3, 3, 3а, 3б, 3г, 3/1, 3/2, 3/3, 3/4, 4, 5, 5а, 5б, 5в, 5г, 5/1, 5/2, 5/7, 5/8, 6, 6а, 6г, 7, 7а, 7б, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 20/1, 25, 25в, 25/2, 26, 26а, 27, 27а, 28, 29, 30, 31, 31/1, 32, 33, 33/1, 33/2, 33/3, 34, 35, 35/1, 35/3, 35/7, 35/8, 36, 37, 38, 38/3, 38/4, 38/5, 38/6, 39, 39а, 39б, 39в, 39/1, 39/2, 40, 40а, 40б, 40в, 40г, 40д, 40/1, 41, 41а, 41б, 41/1, 41/2, 42, 42а, 42б, 43, 43а, 43б, 43в, 43г, 44, 44/1, 44/2, 45, 45а, 45/1, 45/2, 46, 46а, 46б, 46в, 46г, 46д, 47, 47/1, 47/2, 47/3, 48, 48а, 49, 50, 50а, 51, 51а, 51б, 51в, 51г, 51д, 52, 53, 53а, 54, 55, 56, 56а, 56б, 56в, 56/1, 56/2, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 67/1, 67/2, 68, 69, 70, 70/1, 71, 72, 73, 74, 75, 76, 77, 78, 79, 79/1, 80, 80а, 80/1, 80/2, 80/3, 80/4, 80/5, 80/6, 81, 82, 83, 83/1, 84, 84а, 84б, 84в, 84г, 85, 85а;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="124"/>
-    <w:bookmarkStart w:name="z133" w:id="125"/>
+    <w:bookmarkStart w:name="z134" w:id="125"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Панфилова, дома № 30, 30а, 30б, 31а, 32, 33, 33а, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 47а, 48, 49, 50, 51, 52, 52/1, 53, 54, 55, 56, 56а, 57, 58, 59, 60, 60а, 61, 61а, 62, 63, 64, 65, 66, 67, 68, 69, 70, 72, 115;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z134" w:id="126"/>
+    <w:bookmarkStart w:name="z135" w:id="126"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Рахимова, дома № 1, 1а, 1б, 1/4, 3, 5, 5а, 7, 9, 11, 11а, 11б, 13, 15, 16, 17, 19, 21, 23, 25, 25а, 27, 29, 31, 61;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z135" w:id="127"/>
-[...15 lines deleted...]
-      улица Шакерова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 8/2, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 30а, 31, 32, 34, 36, 79/1, 92, 92/1;</w:t>
+    <w:bookmarkStart w:name="z136" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шакерова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 8/1, 8/2, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 22, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 30а, 31, 32, 32а, 32б, 34, 36, 79/1, 92, 92/1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z136" w:id="128"/>
-[...15 lines deleted...]
-      улица Токтарова, дома № 1, 1а, 1б, 1/2, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16в, 16е, 17, 18, 18а, 18б, 18в, 18/1, 19, 20, 20а, 20б, 20д, 21, 22, 22а, 22б, 22в, 22г, 22д, 23, 24, 25, 26, 26а, 27, 28, 28а, 28б, 28в, 29, 30, 31, 32, 33, 34, 34а, 34б, 35, 36, 36а, 37, 38, 39, 39/1, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 57а, 58, 59, 60, 72, 74;</w:t>
+    <w:bookmarkStart w:name="z137" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Токтарова, дома № 1, 1а, 1б, 1/2, 1/3, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12/1, 13, 14, 15, 16, 16а, 16б, 16в, 16е, 17, 18, 18а, 18б, 18в, 18/1, 19, 20, 20а, 20б, 20в, 20г, 20д, 21, 22, 22а, 22б, 22в, 22г, 22д, 23, 24, 25, 26, 26а, 27, 28, 28а, 28б, 28в, 29, 30, 31, 31/1, 32, 33, 34, 34а, 34б, 34/1, 35, 36, 36а, 37, 38, 39, 39/1, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 56/1, 56/2, 57, 57а, 57б, 58, 59, 60, 62, 72, 73, 74;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="128"/>
-    <w:bookmarkStart w:name="z137" w:id="129"/>
+    <w:bookmarkStart w:name="z138" w:id="129"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       улица Наширбекова, дома № 1, 2, 3, 4, 5, 6, 7, 30, 38.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="129"/>
-    <w:bookmarkStart w:name="z138" w:id="130"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z139" w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Избирательный участок № 208</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 208</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="130"/>
-    <w:bookmarkStart w:name="z139" w:id="131"/>
+    <w:bookmarkStart w:name="z140" w:id="131"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Центр: здание коммунального государственного учреждения "Городская многопрофильная казахская школа - гимназия" отдела образования по Аягозскому району управления образования области Абай, город Аягоз, улица Актамберды, дом № 77.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="131"/>
-    <w:bookmarkStart w:name="z140" w:id="132"/>
+    <w:bookmarkStart w:name="z141" w:id="132"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="132"/>
-    <w:bookmarkStart w:name="z141" w:id="133"/>
-[...15 lines deleted...]
-      улица Даутбергенова, дома № 1, 1а, 2, 3, 3а, 4, 4а, 5, 6, 7, 8, 8а, 9, 9а, 10, 11, 11а, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 21, 54, 93, 125;</w:t>
+    <w:bookmarkStart w:name="z142" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Актамберды, дома № 41, 43, 43а, 45, 47, 49, 51, 53, 54, 55, 56, 57, 58, 58/1, 59, 60, 61, 62, 63, 64, 65, 65а, 66, 67, 68, 69, 70, 70а, 71, 73, 75, 77, 78, 79, 79а, 79б, 79в, 79/1, 80, 82, 84, 86, 89;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="133"/>
-    <w:bookmarkStart w:name="z142" w:id="134"/>
-[...15 lines deleted...]
-      улица Актамберды, дома № 41, 43, 43а, 45, 47, 49, 51, 53, 54, 55, 56, 57, 58, 58/1, 59, 60, 61, 62, 63, 64, 65, 65а, 66, 67, 68, 69, 70, 70а, 71, 73, 75, 77, 78, 79, 79а, 79б, 79в, 79/1, 80, 82, 84, 86, 89;</w:t>
+    <w:bookmarkStart w:name="z143" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Маметовой, дома № 1, 2, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 15а, 15б, 15в, 15г, 16, 17, 17а, 18, 19, 19а, 19б, 20, 20а, 20б, 21, 22, 22а, 22/1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="134"/>
-    <w:bookmarkStart w:name="z143" w:id="135"/>
-[...15 lines deleted...]
-      улица Маметовой, дома № 1, 2, 3, 4, 5, 6, 7, 8, 10, 11, 12, 13, 14, 15, 15а, 15б, 15в, 15г, 16, 17, 17а, 18, 19, 19а, 20, 20а, 20б, 21, 22, 22а, 22/1;</w:t>
+    <w:bookmarkStart w:name="z144" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бульвар Абая, дома № 45, 47, 49, 53, 53а, 53б, 53в, 55, 59, 59а, 59б, 61, 61а, 61б, 63, 65, 68, 82, 162, 314;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="135"/>
-    <w:bookmarkStart w:name="z144" w:id="136"/>
-[...15 lines deleted...]
-      бульвар Абая, дома № 45, 47, 49, 53, 53а, 53б, 53в, 59, 59а, 59б, 61, 61а, 61б, 63, 65, 68, 82, 162, 314;</w:t>
+    <w:bookmarkStart w:name="z145" w:id="136"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Панфилова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 29а, 31;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="136"/>
-    <w:bookmarkStart w:name="z145" w:id="137"/>
-[...15 lines deleted...]
-      улица Нашанова, дома № 1, 1а, 2, 3, 4, 5, 6, 7, 7а, 8, 8а, 8б, 9, 10, 10а, 11, 12, 12а, 13, 14, 14а, 15, 15а, 15б, 16, 16а, 59а; </w:t>
+    <w:bookmarkStart w:name="z146" w:id="137"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шакарима, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13/4, 14, 15, 16, 17, 18, 19, 19а, 20, 20а, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 29, 30, 31, 31а, 32;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="137"/>
-    <w:bookmarkStart w:name="z146" w:id="138"/>
-[...15 lines deleted...]
-      улица Бектыбаева, дома № 1, 1а, 1б, 1в, 1/2, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15;</w:t>
+    <w:bookmarkStart w:name="z147" w:id="138"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сейфуллина, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 36;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="138"/>
-    <w:bookmarkStart w:name="z147" w:id="139"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z150" w:id="142"/>
+    <w:bookmarkStart w:name="z148" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       улица Жамбыла, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20а; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="139"/>
+    <w:bookmarkStart w:name="z149" w:id="140"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Рахимова, дома № 10, 14, 14а, 14б, 14/2.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="140"/>
+    <w:bookmarkStart w:name="z150" w:id="141"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 209</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
+    <w:bookmarkStart w:name="z151" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание коммунального государственного учреждения "Городская казахская школа-гимназия № 10" отдела образования по Аягозскому району управления образования области Абай, город Аягоз, улица Актамберды, дом № 79.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="142"/>
-    <w:bookmarkStart w:name="z151" w:id="143"/>
-[...15 lines deleted...]
-      улица Рахимова, дома № 10, 14, 14а, 14б;</w:t>
+    <w:bookmarkStart w:name="z152" w:id="143"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="143"/>
-    <w:bookmarkStart w:name="z152" w:id="144"/>
-[...15 lines deleted...]
-      улица Терешковой, дома № 10, 11, 11а, 12, 13, 14, 15, 16, 17, 18, 18/7, 19, 19а, 19б, 19/4, 19/7, 20, 21, 22, 22а, 23, 23а, 23г, 24, 24а, 25, 25/1, 26, 27, 27/1, 28, 28а, 29, 30, 30а, 30б, 30в, 30г, 30д, 30е, 31, 32, 32а, 32б, 32в, 32г, 33, 34, 35, 36, 37, 38, 39, 40, 41, 41а, 42, 42а, 43, 44, 44а, 44б, 44в, 44г, 45, 46, 46а, 46б, 46в, 46г, 47, 47а, 48, 48а, 48б, 48в, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 96а, 97, 98.</w:t>
+    <w:bookmarkStart w:name="z153" w:id="144"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Даутбергенова, дома № 1, 1а, 2, 3, 3а, 4, 4а, 5, 6, 7, 8, 8а, 9, 9а, 10, 11, 11а, 12, 12/1, 13, 13а, 14, 15, 16, 17, 18, 19, 19а, 21, 54, 93, 125;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="144"/>
-    <w:bookmarkStart w:name="z153" w:id="145"/>
-[...13 lines deleted...]
-        <w:t xml:space="preserve"> Избирательный участок № 209</w:t>
+    <w:bookmarkStart w:name="z154" w:id="145"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Дуйсенбаева, дома № 1, 2, 3, 3а, 4, 5, 6, 7, 7а, 8, 9, 9а, 10, 11, 11а, 12, 13, 14, 14а, 15, 15а, 15б, 16, 17, 18, 19, 20, 21, 21а, 21б, 22, 22/1;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="145"/>
-    <w:bookmarkStart w:name="z154" w:id="146"/>
-[...15 lines deleted...]
-      Центр: здание коммунального государственного учреждения "Городская казахская школа-гимназия № 10" отдела образования по Аягозскому району управления образования области Абай, город Аягоз, улица Кабанбай батыра, дом № 23.</w:t>
+    <w:bookmarkStart w:name="z155" w:id="146"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Оразалина, дома № 1, 2, 2а, 2б, 2/1, 3, 3а, 3б, 4, 5, 5а, 5/1, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 13а, 13/1, 14, 15, 15а, 16, 17, 18, 19, 20, 20/1, 21, 22, 23, 24, 78;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="146"/>
-    <w:bookmarkStart w:name="z155" w:id="147"/>
-[...15 lines deleted...]
-      Границы:</w:t>
+    <w:bookmarkStart w:name="z156" w:id="147"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Терликбаева, дома № 1, 2, 3, 4, 4а, 5, 6, 7, 8, 8а, 9, 10, 11, 12, 13, 13а, 14, 14а, 15, 15а, 16, 16а, 17, 18, 19, 19а, 20, 20а, 21, 22, 23, 24, 25, 26, 26а, 27, 28, 28а, 29, 29а, 29б, 29в, 29г, 30, 31, 31/1, 32, 33, 34, 34а, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="147"/>
-    <w:bookmarkStart w:name="z156" w:id="148"/>
-[...15 lines deleted...]
-      улица Зенина, дома № 1, 2, 3, 4, 5, 6, 7, 7/1, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 26а, 27, 28, 29, 30, 31, 33, 33а, 46, 65;</w:t>
+    <w:bookmarkStart w:name="z157" w:id="148"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шайханкари, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 40а, 40б, 41, 41а, 42, 43, 44, 45, 46, 47, 63а;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="148"/>
-    <w:bookmarkStart w:name="z157" w:id="149"/>
-[...15 lines deleted...]
-      улица Шубартау, дома № 1, 2, 3, 4, 5, 6, 7, 7а, 8, 9, 9а, 10, 10а, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33;</w:t>
+    <w:bookmarkStart w:name="z158" w:id="149"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Оспанова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 34а, 34б, 35, 36, 36а, 36б, 37, 38, 39, 40, 40а, 41, 42, 42а, 42б, 43, 43а, 43б, 44, 45, 46, 47, 47а, 47б, 47в, 47/1, 48, 48а, 49;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="149"/>
-    <w:bookmarkStart w:name="z158" w:id="150"/>
-[...15 lines deleted...]
-      улица Мангазбаева, дома № 1, 1/1, 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 56б, 57, 58, 59, 60, 60а, 67;</w:t>
+    <w:bookmarkStart w:name="z159" w:id="150"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Титакова, дома № 1, 2, 3, 3а, 3б, 4, 5, 6, 6/1, 7, 8, 9, 10, 11, 11а, 11б, 11/1, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 19/1, 20, 20а, 20/1, 21, 21/1, 22, 23, 24, 24а, 25, 26, 26/1, 27, 28, 28а, 29, 30, 30а, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="150"/>
-    <w:bookmarkStart w:name="z159" w:id="151"/>
-[...15 lines deleted...]
-      улица Кайсарова, дома № 1, 2, 3, 4, 5, 5/1, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 13а, 14, 14/1, 15, 15а, 15б, 16, 17, 18, 18а, 18б, 18/1, 19, 19/1, 20, 20/1, 21, 22, 23, 23а, 24, 24/1, 25, 25а, 26, 26/1, 27, 28, 28/1, 29, 29б, 30, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102;</w:t>
+    <w:bookmarkStart w:name="z160" w:id="151"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Молдагуловой, дома № 137, 138, 138а, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 155а, 156, 157, 157а, 158, 159, 160, 161, 161а, 162, 163, 163а, 164, 165, 165а, 165б, 165/1, 166, 167, 167а, 167б, 168, 169, 170, 171;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="151"/>
-    <w:bookmarkStart w:name="z160" w:id="152"/>
-[...159 lines deleted...]
-    <w:bookmarkStart w:name="z168" w:id="160"/>
+    <w:bookmarkStart w:name="z161" w:id="152"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       улица Байтурсынова, дома № 85, 86, 87, 88, 89, 90, 91, 92, 93, 93а, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 235; </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="152"/>
+    <w:bookmarkStart w:name="z162" w:id="153"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мерей, дома № 1, 2, 3, 4, 5, 5/1, 6, 7, 8, 9, 10, 11, 12, 13, 14, 14а, 21, 21а, 24, 24а, 24б, 25, 25а, 26, 26а, 26б, 26в, 28, 29, 30, 30а, 35, 38, 40, 40а, 40б, 48а, 50, 51, 52, 52а, 54, 60, 62, 62а, 72, 72а, 72б, 73, 74, 75;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="153"/>
+    <w:bookmarkStart w:name="z163" w:id="154"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Байшашева, дома № 1, 1а, 1/1, 2, 2а, 2/1, 3, 4, 5, 6, 6а, 6б, 7, 7а, 8, 9, 9а, 9б, 10, 11, 11/1, 12, 13, 14, 14а, 15, 16, 17, 17/1, 18, 18а, 19, 20, 21, 21а, 21б, 22, 22а, 23, 23а, 24, 24а, 24б, 25, 25а, 25б, 25в, 26, 26а, 26б, 26в, 27, 28, 28а, 29, 30, 31, 31а, 32, 32а, 33, 33/1, 34, 35, 36, 36а, 37, 38, 38а, 39, 40, 40а, 41, 42, 42а, 42б, 43, 44, 44а, 45, 46, 46а, 47, 48, 48а, 48б, 49, 50, 50а, 51, 52, 52а, 53, 54, 54а, 54б, 54в, 55, 56, 57, 58, 59, 60, 61, 61а, 62, 62а, 62б, 63, 64, 65, 66, 67, 67а, 68, 68а, 68б, 69, 70, 70а, 71, 72, 72а, 73, 74, 75, 75/3;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="154"/>
+    <w:bookmarkStart w:name="z164" w:id="155"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Халид, дома № 1, 1а, 2, 3, 3а, 3б, 4, 5, 5а, 5б, 5/1, 5/2, 6, 6а, 7, 7а, 7/1, 7/2, 8, 9, 10, 11, 12, 12/2, 13, 13/1, 14, 14/1, 15, 16, 16а, 17, 17/1, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45/1, 45/2, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 79;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="155"/>
+    <w:bookmarkStart w:name="z165" w:id="156"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нашанова, дома № 1, 1а, 2, 3, 4, 5, 6, 7, 7а, 8, 8а, 8б, 9, 10, 10а, 11, 12, 12а, 13, 14, 14а, 15, 15а, 15б, 15/1, 15/2, 16, 16а, 59а;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="156"/>
+    <w:bookmarkStart w:name="z166" w:id="157"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нуралинова, дома № 1, 2, 3, 4, 5, 6, 13а, 14, 15, 45б, 137/1, 138;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="157"/>
+    <w:bookmarkStart w:name="z167" w:id="158"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Терешковой, дома № 10, 11, 11а, 12, 13, 14, 15, 16, 17, 18, 18/7, 19, 19а, 19б, 19в, 19/1, 19/2, 19/3, 19/4, 19/7, 20, 21, 23, 23а, 23г.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="158"/>
+    <w:bookmarkStart w:name="z168" w:id="159"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 210</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="159"/>
+    <w:bookmarkStart w:name="z169" w:id="160"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание коммунального государственного учреждения "Общеобразовательная средняя школа № 5" отдела образования по Аягозскому району управления образования области Абай, город Аягоз, улица Байтурсынова, дом № 22.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="160"/>
-    <w:bookmarkStart w:name="z169" w:id="161"/>
-[...15 lines deleted...]
-      улица Нугманова, дома № 48, 49, 49а, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 59а, 60, 61, 62, 63, 63а, 64, 66, 65, 65/1, 65/2, 67, 67а, 68, 69, 69/1, 69/2, 70, 71, 71/1, 80/1, 81, 82/1, 83, 83/1, 83/2, 83/3, 84, 85, 86, 86/1;</w:t>
+    <w:bookmarkStart w:name="z170" w:id="161"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="161"/>
-    <w:bookmarkStart w:name="z170" w:id="162"/>
-[...15 lines deleted...]
-      улица Мерей, дома № 1, 2, 3, 4, 5, 5/1, 6, 7, 8, 9, 10, 11, 12, 13, 14, 14а, 24, 24а, 24б, 25, 25а, 26, 26а, 26б, 26в, 29, 30, 30а, 35, 38, 40, 40а, 40б, 48а, 50, 51, 52, 52а, 54, 60, 62, 62а, 72, 72а, 72б, 73, 74, 75;</w:t>
+    <w:bookmarkStart w:name="z171" w:id="162"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кошкимбаевой, дома № 1, 2, 2а, 3, 4, 5, 6, 7, 7а, 8, 9, 10, 11, 11а, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43а, 43б, 43в, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 93а, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 109а, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 122а, 123, 125, 125а, 125б;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="162"/>
-    <w:bookmarkStart w:name="z171" w:id="163"/>
-[...15 lines deleted...]
-      улица Байшашева, дома № 1, 2, 3, 4, 5, 6, 6а, 6б, 7, 7а, 8, 9, 9а, 9б, 10, 11, 12, 13, 14, 14а, 15, 16, 17, 18, 18а, 19, 20, 21, 21а, 22, 22а, 23, 24, 24а, 24б, 25, 25а, 25б, 25в, 26, 26а, 26б, 27, 28, 28а, 29, 30, 31, 31а, 32, 32а, 33, 34, 35, 36, 36а, 37, 38, 38а, 39, 40, 40а, 41, 42, 42а, 42б, 43, 44, 44а, 45, 46, 46а, 47, 48, 48а, 48б, 49, 50, 50а, 51, 52, 52а, 53, 54, 54а, 55, 56, 57, 58, 59, 60, 61, 61а, 62, 62а, 62б, 63, 64, 65, 66, 67, 67а, 68, 68а, 68б, 69, 70, 70а, 71, 72, 72а, 73, 74, 75, 75/3;</w:t>
+    <w:bookmarkStart w:name="z172" w:id="163"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нугманова, дома № 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 25, 26, 27, 28, 29, 30, 31, 31а, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 43б, 44, 45, 45а, 46, 46/1, 47;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="163"/>
-    <w:bookmarkStart w:name="z172" w:id="164"/>
-[...15 lines deleted...]
-      улица Кошкимбаевой, дома № 126, 127, 128, 129, 129а, 130, 131, 132, 132а, 133, 134, 135, 136, 137, 138, 138а, 139, 139а, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152;</w:t>
+    <w:bookmarkStart w:name="z173" w:id="164"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ешмагамбетова, дома № 1, 1а, 2, 2а, 2б, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44а, 45, 46, 47, 48, 49, 49а;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="164"/>
-    <w:bookmarkStart w:name="z173" w:id="165"/>
-[...15 lines deleted...]
-      улица Курмангали Халида, дома № 1, 2, 3, 3а, 4, 5, 5а, 5б, 6, 6а, 7, 7а, 7/2, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 79;</w:t>
+    <w:bookmarkStart w:name="z174" w:id="165"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нурпейсовой, дома № 1, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="165"/>
-    <w:bookmarkStart w:name="z174" w:id="166"/>
-[...15 lines deleted...]
-      улица Нуралинова, дома № 1, 2, 3, 4, 5, 6;</w:t>
+    <w:bookmarkStart w:name="z175" w:id="166"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Чкалова, дома № 1, 1а, 1б, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 78;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="166"/>
-    <w:bookmarkStart w:name="z175" w:id="167"/>
-[...15 lines deleted...]
-      улица Жана коше-2, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19/1, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 52, 52а, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 83/1, 84, 85, 86, 86/1, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 121а, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133;</w:t>
+    <w:bookmarkStart w:name="z176" w:id="167"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бигельдинова, дома № 1, 2, 2а, 3, 4, 4а, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 18б, 18/1, 18/2, 19, 20, 21, 22, 23, 24, 25, 25а, 25б, 26, 27, 27а, 28, 29, 30, 31, 31/1, 32, 33, 34, 35;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="167"/>
-    <w:bookmarkStart w:name="z176" w:id="168"/>
-[...15 lines deleted...]
-      улица Жана коше-3 (все дома).</w:t>
+    <w:bookmarkStart w:name="z177" w:id="168"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Дуйсенгазина, дома № 1, 1а, 1б, 2, 2а, 3, 4, 5, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 41а, 41б, 41в, 42, 43, 43а, 44, 45, 45а, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 110;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="168"/>
-    <w:bookmarkStart w:name="z177" w:id="169"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z178" w:id="169"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Радионова, дома № 1, 1а, 2, 2а, 2/1, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 11а, 12, 13, 13а, 13б, 14, 15, 16, 17, 18, 19, 20, 20/1, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 29, 30, 31, 32, 33, 34, 34/1, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 52, 53, 54, 55;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="169"/>
+    <w:bookmarkStart w:name="z179" w:id="170"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нурахметова, дома № 1, 2, 3, 4, 4/1, 5, 6, 6а, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21а, 22, 22а, 23, 23а, 23б, 24, 24а, 24б, 25, 25а, 26, 26а, 26/1, 27, 28, 28а, 28б, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45а, 45б, 46, 47, 47а, 48, 49, 49а, 50, 51, 52, 53, 53а, 54, 55, 56, 57, 58, 59, 60, 61, 61/1, 62, 63, 63а, 64, 65, 65а, 66, 67, 68, 69, 69а, 70, 71;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="170"/>
+    <w:bookmarkStart w:name="z180" w:id="171"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Искакова, дома № 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="171"/>
+    <w:bookmarkStart w:name="z181" w:id="172"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Байтурсынова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 23/1, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37а, 38, 39, 40, 40а, 40б, 41, 42, 43, 43а, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="172"/>
+    <w:bookmarkStart w:name="z182" w:id="173"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тулендина, дома № 1, 2, 3, 4, 4а, 4б, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 12/2, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 44а;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="173"/>
+    <w:bookmarkStart w:name="z183" w:id="174"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шынгожа батыра, дома № 1, 1а, 1б, 2, 2а, 2б, 3, 4, 4а, 4б, 5, 5/1, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17а, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="174"/>
+    <w:bookmarkStart w:name="z184" w:id="175"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Молдагуловой, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31/1, 32, 33, 34, 35, 36, 37, 37а, 38, 39, 40, 41, 41/1, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50/1, 51, 52, 52а, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63а, 63б, 64, 65, 66, 66а, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 78/1, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 88/1, 89, 90, 91, 91а, 92, 93, 94, 95, 96, 97, 98, 98а, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 123а, 124, 125, 126, 127, 127а, 127/1, 128, 129, 130, 131, 132, 133, 134, 135, 136, 136/1.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="175"/>
+    <w:bookmarkStart w:name="z185" w:id="176"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z179" w:id="171"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 211</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="176"/>
+    <w:bookmarkStart w:name="z186" w:id="177"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание коммунального государственного учреждения "Смешанная общеобразовательная средняя школа № 4" отдела образования по Аягозскому району управления образования области Абай, город Аягоз, Южный городок, дом № 4.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="177"/>
+    <w:bookmarkStart w:name="z187" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="171"/>
-[...138 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="178"/>
-    <w:bookmarkStart w:name="z187" w:id="179"/>
-[...15 lines deleted...]
-      улица Радионова, дома № 1, 1а, 2, 2а, 2/1, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 11а, 12, 13, 13а, 13б, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25а, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55;</w:t>
+    <w:bookmarkStart w:name="z188" w:id="179"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Южный городок, дома № 1, 1/1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 16, 16/1, 16/2, 17, 17/1, 18, 19, 20, 21, 22, 22а, 22б, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 32/1, 33, 34, 35, 36, 37, 38, 39, 40, 40/1, 40/2, 40/3, 40/4, 40/5, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 156;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="179"/>
-    <w:bookmarkStart w:name="z188" w:id="180"/>
-[...15 lines deleted...]
-      улица Нурахметова, дома № 1, 2, 3, 4, 5, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21а, 22, 22а, 23, 23а, 24, 24а, 25, 25а, 26, 26а, 27, 28, 28а, 28б, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45а, 46, 47, 47а, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63а, 64, 65, 65а, 66, 67, 68, 69;</w:t>
+    <w:bookmarkStart w:name="z189" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кошкарбаева, дома № 1, 1а, 1б, 1в, 1г, 1/1, 1/2, 2, 2а, 2/1, 3, 3а, 3/1, 3/2, 3/3, 3/4, 3/5, 4, 4а, 4б, 4в, 4г, 4/1, 4/2, 4/3, 4/4, 4/5, 5, 5а, 5б, 6, 6а, 6/1, 7, 7а, 7б, 8, 9, 9а, 9б, 9в, 9/1, 10, 10а, 10б, 11, 11а, 11б, 12, 12/1, 13, 13а, 14, 15, 15а, 16, 16а, 16/1, 16/2, 16/3, 17, 17а, 17/1, 18, 18/1, 18/2, 18/3, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 38а, 39, 39а, 40, 40в, 41, 41а, 42, 42а, 43, 43а, 44, 45, 46, 47, 48, 49, 49а, 49б, 50, 51, 52, 53, 54, 55, 56, 56а, 56б, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 70а, 71, 72, 72а, 73, 74, 75, 76, 77, 78, 79, 79а, 80, 81, 82, 83, 84, 84а, 84б, 85, 85/1, 86, 87, 88, 89, 90, 90а, 90г, 90/7, 91, 91а, 91/1, 91/2, 91/3, 92, 93, 94, 95, 100, 100а, 104, 104а, 104б, 104в, 106, 110, 110а, 111, 111а, 112, 112а, 113, 113а, 114, 114а, 115, 116, 116а, 117, 118, 118а, 120, 120а, 121, 121а, 122а, 123, 125, 125а, 127, 127а, 129, 129а, 131, 131а, 132, 132а, 133, 133а, 134, 134а, 135, 135а, 136, 136а, 137, 137а, 139, 139а, 141, 141а;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="180"/>
-    <w:bookmarkStart w:name="z189" w:id="181"/>
-[...15 lines deleted...]
-      улица Искакова, дома № 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79;</w:t>
+    <w:bookmarkStart w:name="z190" w:id="181"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мусапарбекова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 34, 36, 36а, 38, 39;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="181"/>
-    <w:bookmarkStart w:name="z190" w:id="182"/>
-[...15 lines deleted...]
-      улица Байтурсынова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 22а, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37а, 38, 39, 40, 40а, 40б, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84;</w:t>
+    <w:bookmarkStart w:name="z191" w:id="182"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Хладопункт, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="182"/>
-    <w:bookmarkStart w:name="z191" w:id="183"/>
-[...15 lines deleted...]
-      улица Тулендина, дома № 1, 2, 3, 4, 4а, 4б, 5, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44;</w:t>
+    <w:bookmarkStart w:name="z192" w:id="183"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 212</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="183"/>
-    <w:bookmarkStart w:name="z192" w:id="184"/>
-[...15 lines deleted...]
-      улица Шынгожа батыра, дома № 1, 1а, 2, 2а, 2б, 3, 4, 4а, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17а, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52;</w:t>
+    <w:bookmarkStart w:name="z193" w:id="184"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание коммунального государственного учреждения "Общеобразовательная средняя школа № 11" отдела образования по Аягозскому району управления образования области Абай, город Аягоз, улица Жана коше-2, дом № 134.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="184"/>
-    <w:bookmarkStart w:name="z193" w:id="185"/>
-[...15 lines deleted...]
-      улица Молдагуловой, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 52а, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63а, 64, 65, 66, 66а, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 91а, 92, 93, 94, 95, 96, 97, 98, 98а, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 123а, 124, 125, 126, 127, 127а, 128, 129, 130, 131, 132, 133, 134, 135, 136;</w:t>
+    <w:bookmarkStart w:name="z194" w:id="185"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z194" w:id="186"/>
-[...15 lines deleted...]
-      улица Оспанова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22.</w:t>
+    <w:bookmarkStart w:name="z195" w:id="186"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бектыбаева, дома № 1, 1а, 1б, 1в, 1/2, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 13/1, 13/3, 14, 15;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z195" w:id="187"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z196" w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Дуйсенбаева, дома № 23, 23а, 24, 25, 25а, 25/1, 26, 27, 28, 28/1, 29, 29а, 30, 31, 31а, 31б, 31в, 31/1, 32, 33, 33а, 33б, 34, 34а, 34/1, 35, 35а, 36, 37, 38, 38а, 38б, 39, 39а, 39б, 39в, 40, 41, 41а, 41б, 41в, 41г, 41д, 41/1, 41/2, 41/3, 41/4, 41/5, 42, 42а, 43, 43а, 43б, 43в, 44, 44а, 45, 45а, 45б, 45в, 46, 46а, 47, 47а, 48, 49, 50, 51, 51а, 52, 53, 54, 54а, 55, 55а, 56, 56а, 57, 57а, 58, 58а, 59, 59а, 59б, 59/1, 59/2, 60, 61, 61а, 61б, 62, 63, 64, 64а, 64б, 64/1, 65, 66, 67, 68, 69, 70, 102;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:bookmarkStart w:name="z197" w:id="188"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жана коше-2, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19/1, 20, 20/2, 20/3, 21, 21а, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 51а, 52, 52а, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 83/1, 84, 85, 86, 86/1, 87, 87/1, 88, 89, 89/1, 90, 91, 92, 93, 94, 94б, 95, 96, 97, 97а, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 121а, 121б, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z198" w:id="189"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Зенина, дома № 1, 2, 3, 4, 5, 6, 7, 7/1, 8, 9, 10, 11, 12, 13, 13а, 14, 15, 16, 17, 18, 19, 19а, 20, 20а, 21, 22, 23, 24, 25, 26, 26а, 27, 28, 29, 30, 30/1, 31, 33, 33а, 43, 44, 45, 46, 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z199" w:id="190"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мангазбаева, дома № 1, 1/1, 2, 2а, 3, 4, 5, 6, 7, 8, 8/1, 8/2, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 26а, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 56б, 57, 58, 59, 60, 60а, 60б, 67;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z200" w:id="191"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кайсарова, дома № 1, 2, 3, 4, 5, 5/1, 6, 6а, 6б, 6в, 7, 8, 9, 9а, 10, 10а, 10б, 10/1, 11, 12, 12/1, 13, 13а, 14, 14/1, 15, 15а, 15б, 16, 16а, 16/1, 17, 18, 18а, 18б, 18/1, 18/2, 19, 19/1, 20, 20/1, 21, 22, 22/2, 23, 23а, 24, 24/1, 25, 25а, 26, 26/1, 27, 27а, 28, 28/1, 29, 29б, 30, 30/1, 30/2, 30/3, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z201" w:id="192"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кошкимбаевой, дома № 124, 126, 127, 128, 129, 129а, 130, 131, 132, 132а, 133, 134, 135, 136, 137, 138, 138а, 139, 139а, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z202" w:id="193"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Нугманова, дома № 48, 49, 49а, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 59а, 60, 61, 62, 63, 63а, 64, 64а, 65, 65/1, 65/2, 66, 67, 67а, 68, 69, 69/1, 69/2, 70, 70а, 70/1, 71, 71/1, 72, 73, 80, 80/1, 81, 82, 82/1, 83, 83/1, 83/2, 83/3, 84, 84/1, 85, 85а, 85б, 86, 86/1, 87, 88, 88а, 89, 90, 91;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z203" w:id="194"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сарсенбаева, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 19, 20, 20а, 21, 22, 23, 24, 24а, 25, 26, 26а, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 35, 35а, 36, 37, 38, 38а, 39, 39а, 40, 40а, 40б, 40/1, 41, 42, 43, 44, 45, 46, 47, 60, 69, 70, 70а, 71, 72, 73, 74, 75;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z204" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Терешковой, дома № 22, 22а, 22/2, 24, 24а, 24/1, 25, 25/1, 26, 27, 27/1, 28, 28а, 29, 30, 30а, 30б, 30в, 30г, 30д, 30е, 30/1, 30/3, 31, 32, 32а, 32б, 32в, 32г, 32/1, 32/2, 33, 34, 34/1, 35, 36, 37, 38, 39, 40, 40/1, 41, 41а, 41/1, 42, 42а, 43, 43а, 44, 44а, 44б, 44в, 44г, 45, 46, 46а, 46б, 46в, 46г, 46/2, 47, 47а, 48, 48а, 48б, 48в, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 96а, 96/1, 97, 98;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z205" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Шубартау, дома № 1, 2, 3, 4, 4а, 5, 6, 7, 7а, 8, 9, 9а, 10, 10а, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:bookmarkStart w:name="z206" w:id="197"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 213</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z207" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание 8 околотка Аягозской дистанции пути филиала "Семейское отделение магистральной сети" акционерного общества "Национальная компания "Қазақстан темiр жолы", разъезд Жыланды, город Аягоз.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z208" w:id="199"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z209" w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      город Аягоз разъезд Жыланды, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:bookmarkStart w:name="z210" w:id="201"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      город Аягоз разъезд Темекли, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="201"/>
+    <w:bookmarkStart w:name="z211" w:id="202"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      город Аягоз разъезд Кошкентал, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z212" w:id="203"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      город Аягоз разъезд Жыргалы, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z213" w:id="204"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      город Аягоз разъезд № 22, дома № 1, 1а, 1б, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15/1;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z214" w:id="205"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      город Аягоз разъезд № 27, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z215" w:id="206"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      город Аягоз территория разъезда № 24 (все дома); </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z216" w:id="207"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      город Аягоз разъезд Егизкызыл, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z217" w:id="208"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      город Аягоз территория разъезда Акдала (все дома);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z218" w:id="209"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      город Аягоз разъезд № 21, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z219" w:id="210"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      город Аягоз разъезд Алтын Колат, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z220" w:id="211"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      город Аягоз разъезд Айгыржал, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z221" w:id="212"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z197" w:id="189"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 214</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z222" w:id="213"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание коммунального государственного учреждения "Общеобразовательная средняя школа № 8" отдела образования по Аягозскому району управления образования области Абай, поселок Актогай, Актогайский поселковый округ, улица Т.Кузембаева, дом № 56.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z223" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-[...86 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z224" w:id="215"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица 1 квартал, дома № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 17а, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 65;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z225" w:id="216"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Амангельдинова, дома № 1, 2, 2а, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 24а, 25, 26, 26а, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 34а, 35, 36, 37, 37а, 38, 39, 40, 40а, 42, 42а, 43, 45, 46, 46а, 47, 49, 50, 53, 53а, 53б, 55, 59;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z226" w:id="217"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Балтабек қажы, дома № 1, 1а, 2, 3, 3а, 3б, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 13, 14, 15, 16, 17, 18а, 20, 20а, 22, 22а, 23, 24, 26, 26а, 26б, 27, 28, 29, 30, 30а, 31, 32, 32а, 33, 34, 34а, 35, 36, 36а, 37, 38, 38а, 39, 40, 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z227" w:id="218"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Муратбаева, дома № 1, 1а, 2, 2а, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 13, 14, 15, 16, 17, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 30, 30а, 31, 31а, 32, 33, 34, 35, 36, 37, 38, 38а, 39, 40, 41, 42, 42а, 43, 44, 45, 46, 47, 48, 49, 50, 52, 54, 56, 58, 60, 62, 62а, 64, 66, 68, 70, 72, 74, 76, 76а, 78, 80, 82, 84, 85, 86;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z228" w:id="219"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жастар, дома № 1, 1/47, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z229" w:id="220"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Желтоксана, дома № 1, 2, 2а, 2б, 3, 4, 4а, 5, 6, 6а, 7, 8, 9, 10, 11, 11а, 12, 13, 14, 15, 16, 16/1, 17, 18, 19, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 42, 44, 46, 48, 50, 52, 54, 56, 58, 60, 62, 64, 66, 68, 70, 72, 74, 74а, 76, 76а, 77;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z230" w:id="221"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Искакова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 39, 41, 42, 43, 44, 47, 50, 51, 51а, 52, 54, 56, 57;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z231" w:id="222"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кабанбай батыра, дома № 1, 2, 3, 3а, 4, 5, 6, 7, 8, 8а, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 16а, 17, 18, 19, 19а, 20, 20а, 21, 22, 23, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z232" w:id="223"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Казбек би, дома № 1, 1а, 1б, 1в, 1/1, 1/14, 2, 2а, 3, 3а, 3б, 4, 5, 5а, 6, 7, 7а, 8, 9, 10, 11, 12, 13, 13а, 14, 14а, 15, 16, 17, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 31а, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z233" w:id="224"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Казбек би 1, дома № 1, 1а, 1б, 1в, 2, 3, 3а, 4, 5, 5а, 6, 6а, 7, 8, 9, 10, 11, 12, 13, 14, 14а, 15, 16, 17, 18, 19, 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z234" w:id="225"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кузембаева, дома № 6, 6а, 8, 10, 12, 14, 16, 17, 18, 18а, 19, 20, 21, 22, 23, 23а, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 39а, 40, 41, 41а, 42, 43, 43а, 44, 44а, 44/3, 45, 46, 46а, 47, 47а, 48, 48/1, 49, 49а, 49/1, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 59а, 60, 61, 61а, 62, 63, 64, 65, 66, 66а, 67, 68, 68а, 68б, 68в, 68/г, 69, 70, 71, 71а, 72, 73, 74, 75, 76, 78, 79, 80, 81, 82, 83, 84, 84а, 85, 85а, 86, 87, 87/1, 88, 89, 90, 91, 91а, 92, 93, 94, 95, 95/1, 95/2, 96, 96а, 97, 98, 98а, 98б, 99, 99а, 99б, 99/1, 100, 101, 102, 104, 103, 103а, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 134, 135, 136, 137, 138, 139, 140, 149, 151;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z235" w:id="226"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Мансулулы, дома № 1, 1а, 2, 3, 3а, 3б, 4, 4а, 5, 5а, 5б, 5в, 6, 7, 7а, 8, 9, 9а, 10, 10а, 11, 11а, 12, 13, 13а, 14, 15, 16, 17, 17а, 18, 19, 19а, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 80, 82; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z236" w:id="227"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Молдагуловой, дома № 1, 1а, 1б, 3, 5, 7, 7а, 9, 9/1, 11, 11/2, 13, 15, 18, 20, 21, 21а, 22, 23, 24, 25, 26, 27, 28, 29, 29а, 29б, 29в, 29г, 29д, 29/1, 30, 30а, 31, 32, 33, 33а, 33б, 33в, 34, 34а, 35, 36, 37, 37/1, 37/2, 38, 39, 40, 41, 42, 43, 44, 45, 45а, 46, 47, 48, 49, 49/1, 49/2, 49/3, 50, 51, 52, 52а, 53, 53а, 53б, 53в, 53г, 54, 54а, 54б, 55, 56, 56а, 56/1, 57, 58, 59, 60, 61, 62, 63, 63а, 64, 65, 66, 67, 68, 69, 70, 71, 72;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z237" w:id="228"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мусабайулы, дома № 1, 1а, 1б, 1в, 1г, 1д, 1/1, 2, 2а, 2б, 2в, 2г, 3, 3а, 4, 4а, 5, 6, 6а, 6б, 6в, 7, 7а, 8, 8а, 8б, 9, 9а, 10, 10а, 10б, 11, 12, 12а, 13, 14, 14а, 14б, 14в, 14г, 14/1, 15, 16, 16а, 16б, 16в, 17, 18, 18а, 19, 20, 20а, 20б, 20в, 20г, 20д, 20е, 21, 22, 22а, 22б, 22в, 23, 23а, 24, 25, 26, 26а, 27, 28, 28а, 29, 29а, 30, 31, 31а, 32, 33, 33а, 34, 35, 35а, 36, 37, 38, 39, 40, 40а, 41, 42, 43, 44, 44а, 44/1, 45, 46, 46/1, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 71, 80, 82, 84, 87;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z238" w:id="229"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Панфилова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 9а, 10, 10/1, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 29а, 30, 31, 32, 33, 34, 35, 36, 36а, 37, 38, 39, 40, 41, 42, 43, 44, 45, 45а, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 56а, 57, 58, 58а, 58б, 58в, 59, 60, 61, 62, 63, 64, 65, 66, 66/1, 67, 68, 68/1, 69, 70, 71, 76.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z239" w:id="230"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z204" w:id="196"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 215</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z240" w:id="231"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание Актогайского поселкового клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", поселок Актогай, Актогайский поселковый округ, улица Маметовой, дом № 3а.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z241" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-[...106 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z242" w:id="233"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      улица Абая, дома № 1, 1а, 1б, 1в, 1г, 1д, 2, 2а, 3, 3а, 4, 4а, 4б, 5, 6, 7, 8, 9, 10, 11, 11а, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 32, 33; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z243" w:id="234"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Б. Момышулы, дома № 1, 1а, 2, 3, 3а, 4, 5, 6, 7, 7а, 8, 9, 9а, 10, 11, 12, 12а, 13, 14, 15, 15а, 16, 16а, 17, 18, 19, 20, 20/1, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 31а, 32, 33, 33а, 34, 35, 35а, 36, 37, 37а, 38, 39, 39а, 40, 41, 42, 43, 43а, 44, 45, 46, 47, 48, 48а, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 60/1, 61, 62, 63, 64, 65, 66, 67, 67а, 68, 69, 70, 71, 72, 73, 74, 74а, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 100/1;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z244" w:id="235"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сатпаева, дома № 1, 2, 2а, 4, 6, 8, 10, 12, 12а, 14, 14а, 16, 18, 19, 20, 22, 24, 26, 26а, 28, 30, 32, 34, 36, 37;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z245" w:id="236"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Достык, дома № 1, 1а, 1б, 1/1, 2, 2а, 2б, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 12, 12а, 12/1, 12/2, 13, 14, 15, 15а, 15/3, 16, 17, 17а, 18, 18а, 19, 19а, 20, 20а, 20/1, 21, 22, 23, 24, 24а, 25, 25а, 26, 27, 27а, 28, 28а;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z246" w:id="237"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Маметовой, дома № 1, 2, 3, 3а, 3б, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 16, 17, 18, 19, 20;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z247" w:id="238"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жамбыла, дома № 1, 2, 3, 4, 5, 6, 7, 8, 8/2, 9, 9а, 10, 11, 12, 13, 14, 15, 15а, 15б, 16, 17, 18, 18а, 19, 20, 42;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z248" w:id="239"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сейфуллина, дома № 1, 1а, 1/1, 2, 2/6, 3, 3/1, 3/2, 3/3, 4, 5, 6, 6а, 6б, 6в, 7, 7а, 7/1, 8, 8/1, 9, 9а, 9б, 9в, 9г, 10, 10а, 10б, 11, 11а, 12, 12а, 12б, 12в, 12/1, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 33а, 34, 35, 35а, 36, 37, 37а, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 47а, 48, 49, 49а, 50, 51, 51а, 52;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z249" w:id="240"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Военный городок, дом № 2, 5, 6, 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z250" w:id="241"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Молдагуловой, дома № 2, 2а, 4, 6, 8, 10, 12, 14, 16;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="241"/>
+    <w:bookmarkStart w:name="z251" w:id="242"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кузембаева, дома № 1, 1а, 2, 2а, 3, 4, 4а, 4б, 4в, 5, 7, 9, 11, 13, 15;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="242"/>
+    <w:bookmarkStart w:name="z252" w:id="243"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Тауелсиздик, дома № 1, 1а, 1б, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 18, 22, 23, 24, 26, 28, 30, 32, 34, 36, 38, 40, 41, 42, 44, 46, 48, 70, 72, 74, 76, 78, 80;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="243"/>
+    <w:bookmarkStart w:name="z253" w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кулахметова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 8а, 9, 10, 11, 12, 12а, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkStart w:name="z254" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Байтогаева, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkStart w:name="z255" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Табакбаева, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 41;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkStart w:name="z256" w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория разъезда Жаксыбулак Актогайского поселкового округа Аягозского района (все дома);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkStart w:name="z257" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория разъезда Шолкызыл Актогайского поселкового округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkStart w:name="z258" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z212" w:id="204"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 216</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkStart w:name="z259" w:id="250"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание коммунального государственного учреждения "Общеобразовательная средняя школа имени С.Сейфуллина" отдела образования по Аягозскому району управления образования области Абай, село Копа, Копинский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkStart w:name="z260" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z213" w:id="205"/>
+    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkStart w:name="z261" w:id="252"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Копинского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkStart w:name="z262" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      территория разъезда Жыланды города Аягоз Аягозского района (все дома); </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z214" w:id="206"/>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 217</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkStart w:name="z263" w:id="254"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание коммунального государственного учреждения "Кызылкиянская общеобразовательная средняя школа имени К.Кадыржанова" отдела образования по Аягозскому району управления образования области Абай, село Тарлаулы, Тарлаулинский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkStart w:name="z264" w:id="255"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="255"/>
+    <w:bookmarkStart w:name="z265" w:id="256"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Тарлаулинского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="256"/>
+    <w:bookmarkStart w:name="z266" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      территория разъезда Темекли города Аягоз Аягозского района (все дома); </w:t>
-[...69 lines deleted...]
-      </w:pPr>
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...932 lines deleted...]
-      Границы:</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 219</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z266" w:id="258"/>
-[...37 lines deleted...]
-    <w:bookmarkStart w:name="z268" w:id="260"/>
+    <w:bookmarkStart w:name="z267" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центр: здание Акшаулинского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Акшаули, Акшаулинский сельский округ. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="258"/>
+    <w:bookmarkStart w:name="z268" w:id="259"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="259"/>
+    <w:bookmarkStart w:name="z269" w:id="260"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Акшаулинского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z269" w:id="261"/>
+    <w:bookmarkStart w:name="z270" w:id="261"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 221</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z271" w:id="262"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Центр: здание Мынбулакского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Ай, Мынбулакский сельский округ. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z272" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z273" w:id="264"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Мынбулакского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z274" w:id="265"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z273" w:id="265"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 224</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z275" w:id="266"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Центр: Здание коммунального государственного учреждения "Средняя школа имени Шынгожа батыра" отдела образования по Аягозскому району управления образования области Абай, село Шынкожа, Нарынский сельский округ. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z276" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z277" w:id="268"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Нарынского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z278" w:id="269"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z276" w:id="268"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 225</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z279" w:id="270"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: Здание коммунального государственного учреждения "Тарбагатайская общеобразовательная средняя школа" отдела образования по Аягозскому району управления образования области Абай, село Тарбагатай, Тарбагатайский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z280" w:id="271"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z281" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Центр: здание Мынбулакского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Мынбулак, Мынбулакский сельский округ. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z277" w:id="269"/>
+      территория Тарбагатайского сельского округа Аягозского района (все дома). </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z282" w:id="273"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 227</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z283" w:id="274"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание Акшиского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Акши, Акшиский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z284" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z285" w:id="276"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Акшиского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z286" w:id="277"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...118 lines deleted...]
-      Центр: здание коммунального государственного учреждения "Малокомплектная начальная школа Кенколат" отдела образования по Аягозскому району управления образования области Абай, населенный пункт Кенколат, Мынбулакский сельский округ.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 229</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z286" w:id="278"/>
-[...489 lines deleted...]
-    <w:bookmarkStart w:name="z311" w:id="303"/>
+    <w:bookmarkStart w:name="z287" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центр: здание Сарыаркинского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Сарыарка, Сарыаркинский сельский округ. </w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z288" w:id="279"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z289" w:id="280"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Сарыаркинского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z290" w:id="281"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 230</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z291" w:id="282"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание коммунального государственного учреждения "Общеобразовательная средняя школа имени Ж.Жабаева" отдела образования по Аягозскому району управления образования области Абай, село Карагаш, Карагашский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkStart w:name="z292" w:id="283"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z293" w:id="284"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Карагашского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z294" w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 232</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkStart w:name="z295" w:id="286"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание Майлинского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Майлин, Майлинский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="286"/>
+    <w:bookmarkStart w:name="z296" w:id="287"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="287"/>
+    <w:bookmarkStart w:name="z297" w:id="288"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Майлинского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="288"/>
+    <w:bookmarkStart w:name="z298" w:id="289"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 234</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkStart w:name="z299" w:id="290"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание Акшатауского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Доненбай, Акшатауский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="290"/>
+    <w:bookmarkStart w:name="z300" w:id="291"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="291"/>
+    <w:bookmarkStart w:name="z301" w:id="292"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Акшатауского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z302" w:id="293"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 236</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z303" w:id="294"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание дома культуры села Мамырсу коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Мамырсу, Мамырсуский сельский округ, улица Бекжанова, дом № 2а.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z304" w:id="295"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="295"/>
+    <w:bookmarkStart w:name="z305" w:id="296"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ак Бота (Потребительский кооператив), дома № 1, 2, 3, 4, 5;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z306" w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Аскар (Крестьянское хозяйство), дома № 1, 2; </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="297"/>
+    <w:bookmarkStart w:name="z307" w:id="298"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Аягозская районная эксплуатационная часть (Участок), дома № 1, 2, 3, 3а, 4, 5, 6, 7, 8, 9, 10, 11, 12;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="298"/>
+    <w:bookmarkStart w:name="z308" w:id="299"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алтынсарина, дома № 1, 2, 3, 4, 5, 6, 7, 7а, 8, 9, 9а, 10, 11, 12, 13, 14, 15, 16, 17, 18, 18а, 19, 20, 21, 22, 23, 24, 25, 26, 27;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="299"/>
+    <w:bookmarkStart w:name="z309" w:id="300"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Без названия, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="300"/>
+    <w:bookmarkStart w:name="z310" w:id="301"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бекжанова, дома № 1, 2, 2а, 3, 4, 5;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z311" w:id="302"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Габбасова, дома № 1, 2, 3, 4, 4а, 5, 5а, 6, 7, 8, 8а, 9, 9а, 10, 10а, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 21а, 22, 23, 24, 25, 25а, 26, 27, 27а, 27б, 28, 29, 30, 31, 32, 33, 34, 34а, 35, 36, 37, 38, 39, 40, 40а, 40б, 41, 42, 42а, 43, 44, 45, 45/1, 46, 47, 48, 49, 50, 51, 52, 53, 54, 54а, 55, 56, 57, 58, 59, 60, 61, 62;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z312" w:id="303"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кабанбай батыра, дома № 1, 2, 3, 4, 5, 6, 6/1, 7, 8, 9, 10, 11, 12, 13, 13а, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 30, 31, 32, 33, 34, 35, 36, 37, 37а, 38, 39, 40, 40а, 41, 49;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="303"/>
-    <w:bookmarkStart w:name="z312" w:id="304"/>
+    <w:bookmarkStart w:name="z313" w:id="304"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кирпичный завод, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 13а, 14, 14а, 15, 16, 16а, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z314" w:id="305"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кос (Зимовка), дома № 1, 2, 3, 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z315" w:id="306"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кошкимбаевой, дома № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 10а, 11, 11а, 12, 13, 14, 15, 16, 17, 18, 19, 20, 20а, 20/1, 21, 22, 23, 24, 24а, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 35а, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 63а, 64, 65, 66, 67, 67а, 68, 69;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z316" w:id="307"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кудерина, дома № 1, 2, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 30, 30а, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z317" w:id="308"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Кулжанова, дома № 1, 1/1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="308"/>
+    <w:bookmarkStart w:name="z318" w:id="309"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Манас (Крестьянское хозяйство), дома № 1, 2, 3;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="309"/>
+    <w:bookmarkStart w:name="z319" w:id="310"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Мусабаева, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="310"/>
+    <w:bookmarkStart w:name="z320" w:id="311"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Сарсекеева, дома № 1, 2, 3, 3/1, 3/2, 4, 5, 6, 6а, 7, 8, 9, 10, 11, 11а, 11б, 11/1, 11/2, 12, 13, 14, 14/1, 15, 16, 17, 18, 19, 20, 21, 21/1, 22, 23, 23а, 24, 25, 25а, 25/1, 26, 27, 27а, 27/1, 28, 29, 29а, 30, 31, 32, 33, 34, 34/1, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 51а, 52, 52а;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="311"/>
+    <w:bookmarkStart w:name="z321" w:id="312"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Терликбаева, дома № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 25а, 26, 27, 27а, 27б, 28, 29, 30, 31, 32, 33, 34, 35, 36;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="312"/>
+    <w:bookmarkStart w:name="z322" w:id="313"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Уалиханова, дом № 1, 2, 2а, 2б, 2/1, 3, 4, 5, 6, 6а, 7, 7а, 7/1, 8, 8/1, 9, 10, 11, 12, 13, 14, 15, 15а, 15/1, 15/2, 16, 17, 18, 19, 19/1, 20, 20/1, 20/2, 21, 22, 23, 24, 24а, 25, 25/1, 25/5, 25/6, 25/7, 25/8, 25/9, 25/10, 25/11, 25/12, 26, 27, 28, 29, 30, 30а, 30/1, 30/2, 30/3, 31, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 40, 40/1, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="313"/>
+    <w:bookmarkStart w:name="z323" w:id="314"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 237</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="314"/>
+    <w:bookmarkStart w:name="z324" w:id="315"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание коммунального государственного учреждения "Сергиопольская общеобразовательная средняя школа" отдела образования по Аягозскому району управления образования области Абай, населенный пункт Бозай, Мамырсуский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="315"/>
+    <w:bookmarkStart w:name="z325" w:id="316"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="304"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="316"/>
+    <w:bookmarkStart w:name="z326" w:id="317"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория населенного пункта Бозай Мамырсуского сельского округа Аягозского района (все дома);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="317"/>
+    <w:bookmarkStart w:name="z327" w:id="318"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория населенного пункта Батпак Мамырсуского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="318"/>
+    <w:bookmarkStart w:name="z328" w:id="319"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z316" w:id="308"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 238</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="319"/>
+    <w:bookmarkStart w:name="z329" w:id="320"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание Айгызского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Айгыз, Айгызский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="320"/>
+    <w:bookmarkStart w:name="z330" w:id="321"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="308"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="321"/>
+    <w:bookmarkStart w:name="z331" w:id="322"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Айгызского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="322"/>
+    <w:bookmarkStart w:name="z332" w:id="323"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z320" w:id="312"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 240</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="323"/>
+    <w:bookmarkStart w:name="z333" w:id="324"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: Здание коммунального государственного учреждения "Общеобразовательная средняя школа имени С.Нугуманова" отдела образования по Аягозскому району управления образования области Абай, село Оркен, Оркенский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="324"/>
+    <w:bookmarkStart w:name="z334" w:id="325"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="312"/>
-[...26 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="325"/>
+    <w:bookmarkStart w:name="z335" w:id="326"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Оркенского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="326"/>
+    <w:bookmarkStart w:name="z336" w:id="327"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z324" w:id="316"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 241</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="327"/>
+    <w:bookmarkStart w:name="z337" w:id="328"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание коммунального государственного учреждения "Общеобразовательная средняя школа имени М.Абеулова" отдела образования по Аягозскому району управления образования области Абай, село Бидайык, Бидайыкский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="328"/>
+    <w:bookmarkStart w:name="z338" w:id="329"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="316"/>
-[...86 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="329"/>
+    <w:bookmarkStart w:name="z339" w:id="330"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Бидайыкского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="330"/>
+    <w:bookmarkStart w:name="z340" w:id="331"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z331" w:id="323"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 242</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="331"/>
+    <w:bookmarkStart w:name="z341" w:id="332"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание коммунального государственного учреждения "Общеобразовательная средняя школа имени Е.Рахмадиева" отдела образования по Аягозскому району управления образования области Абай, село Мадениет, Мадениетского сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="332"/>
+    <w:bookmarkStart w:name="z342" w:id="333"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="323"/>
-[...86 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="333"/>
+    <w:bookmarkStart w:name="z343" w:id="334"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Мадениетского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="334"/>
+    <w:bookmarkStart w:name="z344" w:id="335"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z338" w:id="330"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 243</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="335"/>
+    <w:bookmarkStart w:name="z345" w:id="336"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание Емелтауского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Емелтау, Емелтауского сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="336"/>
+    <w:bookmarkStart w:name="z346" w:id="337"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="330"/>
-[...138 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="337"/>
-    <w:bookmarkStart w:name="z346" w:id="338"/>
-[...15 lines deleted...]
-      улица Кудерина, дома № 1, 2, 3, 4, 5, 5а, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 28а, 29, 30, 30а, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44;</w:t>
+    <w:bookmarkStart w:name="z347" w:id="338"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Емелтауского сельского округа Аягозского района (все дома).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="338"/>
-    <w:bookmarkStart w:name="z347" w:id="339"/>
-[...15 lines deleted...]
-      улица Кулжанова, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30;</w:t>
+    <w:bookmarkStart w:name="z348" w:id="339"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 244</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="339"/>
-    <w:bookmarkStart w:name="z348" w:id="340"/>
-[...15 lines deleted...]
-      улица Мусабаева, дома № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26;</w:t>
+    <w:bookmarkStart w:name="z349" w:id="340"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание Косагашского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Косагаш, Косагашский сельский округ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="340"/>
-    <w:bookmarkStart w:name="z349" w:id="341"/>
-[...15 lines deleted...]
-      улица Районная эксплуатационная часть (РЭЧ), дома № 3, 3а;</w:t>
+    <w:bookmarkStart w:name="z350" w:id="341"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="341"/>
-    <w:bookmarkStart w:name="z350" w:id="342"/>
-[...15 lines deleted...]
-      улица Сарсекеева, дома № 1, 2, 3, 4, 5, 6, 6а, 7, 8, 9, 10, 11, 11а, 11б, 12, 13, 14, 14/1, 15, 16, 17, 18, 19, 20, 21, 22, 23, 23а, 24, 25, 25а, 25/1, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 50а, 51, 52, 52а;</w:t>
+    <w:bookmarkStart w:name="z351" w:id="342"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Косагашского сельского округа Аягозского района (все дома).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="342"/>
-    <w:bookmarkStart w:name="z351" w:id="343"/>
-[...15 lines deleted...]
-      улица Терликбаева, дома № 1, 1а, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 27а, 28, 29, 30, 31, 32, 33, 34, 35, 36;</w:t>
+    <w:bookmarkStart w:name="z352" w:id="343"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 245</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="343"/>
-    <w:bookmarkStart w:name="z352" w:id="344"/>
-[...15 lines deleted...]
-      улица Уалиханова, дом № 1, 2, 2а, 2б, 3, 4, 5, 6, 6а, 7, 7а, 7/1, 8, 9, 10, 11, 12, 13, 14, 15, 15а, 15/1, 15/2, 16, 17, 18, 19, 20, 20/1, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 30а, 31, 32, 32а, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66.</w:t>
+    <w:bookmarkStart w:name="z353" w:id="344"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание дома культуры села Баршатас коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Баршатас, Баршатасский сельский округ.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="344"/>
-    <w:bookmarkStart w:name="z353" w:id="345"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z354" w:id="345"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="345"/>
+    <w:bookmarkStart w:name="z355" w:id="346"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Баршатасского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="346"/>
+    <w:bookmarkStart w:name="z356" w:id="347"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...24 lines deleted...]
-    <w:bookmarkStart w:name="z355" w:id="347"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 246</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="347"/>
+    <w:bookmarkStart w:name="z357" w:id="348"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание Байкошкарского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Байкошкар, Байкошкарский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="348"/>
+    <w:bookmarkStart w:name="z358" w:id="349"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="347"/>
-[...38 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="349"/>
-    <w:bookmarkStart w:name="z358" w:id="350"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z359" w:id="350"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Байкошкарского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="350"/>
+    <w:bookmarkStart w:name="z360" w:id="351"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...20 lines deleted...]
-      Центр: здание Айгызского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Айгыз, Айгызский сельский округ.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 247</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="351"/>
-    <w:bookmarkStart w:name="z360" w:id="352"/>
+    <w:bookmarkStart w:name="z361" w:id="352"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: Здание коммунального государственного учреждения "Общеобразовательная средняя школа имени Т.Есимжанова" отдела образования по Аягозскому району управления образования области Абай, село Корык, Малгелдинский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="352"/>
+    <w:bookmarkStart w:name="z362" w:id="353"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="352"/>
-[...18 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="353"/>
-    <w:bookmarkStart w:name="z362" w:id="354"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z363" w:id="354"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      территория Малгелдинского сельского округа Аягозского района (все дома).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="354"/>
+    <w:bookmarkStart w:name="z364" w:id="355"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...20 lines deleted...]
-      Центр: здание коммунального государственного учреждения "Малокомплектная начальная школа Коксала" отдела образования по Аягозскому району управления образования области Абай, населенный пункт Коксала, Айгызский сельский округ.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 248</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="355"/>
-    <w:bookmarkStart w:name="z364" w:id="356"/>
-[...15 lines deleted...]
-      Границы:</w:t>
+    <w:bookmarkStart w:name="z365" w:id="356"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание государственного учреждения "Отдел полиции Аягозского района департамента полиции области Абай министерства Внутренних дел Республики Казахстан", город Аягоз, улица Танирбергенова, дом № 68.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="356"/>
-    <w:bookmarkStart w:name="z365" w:id="357"/>
-[...15 lines deleted...]
-      территория населенного пункта Коксала Айгызского сельского округа Аягозского района (все дома).</w:t>
+    <w:bookmarkStart w:name="z366" w:id="357"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 249</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="357"/>
-    <w:bookmarkStart w:name="z366" w:id="358"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z367" w:id="358"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здания коммунального государственного предприятия на праве хозяйственного ведения "Многопрофильная центральная районная больница Аягозского района" управления здравоохранения области Абай, учреждения "Казыгул", город Аягоз, улица Рахимова, дом № 1а, улица Танирбергенова, дом № 47.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="358"/>
+    <w:bookmarkStart w:name="z368" w:id="359"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...20 lines deleted...]
-      Центр: здание Оркенского сельского клуба коммунального государственного казенного предприятия "Дом культуры Козы Корпеш – Баян сулу", село Оркен, Оркенский сельский округ.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 250</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="359"/>
-    <w:bookmarkStart w:name="z368" w:id="360"/>
-[...15 lines deleted...]
-      Границы:</w:t>
+    <w:bookmarkStart w:name="z369" w:id="360"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание республиканского государственного учреждения "Воинская часть 10810" Министерства обороны Республики Казахстан, город Аягоз, Южный городок, дом № 40/2.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="360"/>
-    <w:bookmarkStart w:name="z369" w:id="361"/>
-[...15 lines deleted...]
-      территория села Оркен Оркенского сельского округа Аягозского района (все дома).</w:t>
+    <w:bookmarkStart w:name="z370" w:id="361"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 251</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="361"/>
-    <w:bookmarkStart w:name="z370" w:id="362"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:bookmarkStart w:name="z371" w:id="362"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Центр: здание республиканского государственного учреждения "Воинская часть 97616" Министерства обороны Республики Казахстан, село Мамырсу, Мамырсуский сельский округ.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="362"/>
+    <w:bookmarkStart w:name="z372" w:id="363"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...20 lines deleted...]
-      Центр: здание коммунального государственного учреждения "Общеобразовательная средняя школа имени М.Абеулова" отдела образования по Аягозскому району управления образования области Абай, село Бидайык, Бидайыкский сельский округ.</w:t>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 252</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="363"/>
-    <w:bookmarkStart w:name="z372" w:id="364"/>
-[...677 lines deleted...]
-    <w:bookmarkStart w:name="z407" w:id="399"/>
+    <w:bookmarkStart w:name="z373" w:id="364"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центр: здание Актогайского горно-обогатительного комбината №1 товарищества с ограниченной ответственностью "KAZ Minerals Aktogay", поселок Актогай, Актогайский поселковый округ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="399"/>
-[...6 lines deleted...]
-      </w:pPr>
+    <w:bookmarkEnd w:id="364"/>
+    <w:bookmarkStart w:name="z374" w:id="365"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-        </w:rPr>
-[...4 lines deleted...]
-    <w:bookmarkStart w:name="z409" w:id="401"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Избирательный участок № 253</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="365"/>
+    <w:bookmarkStart w:name="z375" w:id="366"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Центр: здание Актогайского горно-обогатительного комбината №2 товарищества с ограниченной ответственностью "KAZ Minerals Aktogay", поселок Актогай, Актогайский поселковый округ. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="401"/>
+    <w:bookmarkEnd w:id="366"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8664,242 +8548,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 марта 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z414" w:id="402"/>
+    <w:bookmarkStart w:name="z377" w:id="367"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений акима Аягозского района</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="402"/>
-    <w:bookmarkStart w:name="z415" w:id="403"/>
+    <w:bookmarkEnd w:id="367"/>
+    <w:bookmarkStart w:name="z378" w:id="368"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акима Аягозского района "Об образовании избирательных участков по Аягозскому району" от 20 мая 2021 года № 1 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 8808);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="403"/>
-    <w:bookmarkStart w:name="z416" w:id="404"/>
+    <w:bookmarkEnd w:id="368"/>
+    <w:bookmarkStart w:name="z379" w:id="369"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акима Аягозского района "О внесении изменения в решение акима Аягозского района Восточно-Казахстанской области от 20 мая 2021 года № 1 "Об образовании избирательных участков по Аягозскому району" от 2 июня 2022 года № 1 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 28344);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="404"/>
-    <w:bookmarkStart w:name="z417" w:id="405"/>
+    <w:bookmarkEnd w:id="369"/>
+    <w:bookmarkStart w:name="z380" w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> акима Аягозского района "О внесении изменения в решение акима Аягозского района от 20 мая 2021 года № 1 "Об образовании избирательных участков по Аягозскому району" от 30 декабря 2022 года № 2 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 31468).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="405"/>
+    <w:bookmarkEnd w:id="370"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>