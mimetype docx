--- v0 (2025-11-29)
+++ v1 (2026-01-15)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="555f03e" w14:textId="555f03e">
+    <w:p w14:paraId="9ff3a55" w14:textId="9ff3a55">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,170 +76,322 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об определении размера и порядка оказания жилищной помощи в городе Шымкент</w:t>
+        <w:t>Об определении размера и Правил оказания жилищной помощи в городе Шымкент</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение маслихата города Шымкент от 19 марта 2024 года № 14/124-VIII. Зарегистрировано в Департаменте юстиции города Шымкент 29 марта 2024 года № 204-17</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z1" w:id="0"/>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии со </w:t>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года № 117 "Об утверждении Правил предоставления жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33763) маслихат города Шымкент РЕШИЛ:</w:t>
+      Сноска. Заголовок решения - в редакции решения маслихата города Шымкент от 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31/279-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z1" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 97 Закона Республики Казахстан "О жилищных отношениях" маслихат города Шымкент </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>РЕШИЛ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула - в редакции решения маслихата города Шымкент от 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31/279-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z2" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Определить размер и порядок оказания жилищной помощи в городе Шымкент согласно </w:t>
+      1. Определить размер и Правила оказания жилищной помощи в городе Шымкент согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящему решению.. </w:t>
+        <w:t xml:space="preserve"> к настоящему решению.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 - в редакции решения маслихата города Шымкент от 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31/279-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z3" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые решения маслихата города Шымкент согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -574,130 +726,164 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к решению</w:t>
+              <w:t>Определены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>маслихата города Шымкент</w:t>
+              <w:t>решением маслихата города Шымкент</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>от 19 марта 2024 года</w:t>
-[...12 lines deleted...]
-              <w:t>№ 14/124-VIII</w:t>
+              <w:t>от 19 марта 2024 года № 14/124-VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z7" w:id="5"/>
+    <w:bookmarkStart w:name="z28" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Размер и порядок оказания жилищной помощи в городе Шымкент</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Размер и Правила оказания жилищной помощи в городе Шымкент</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z8" w:id="6"/>
-[...15 lines deleted...]
-      1. Жилищная помощь предоставляется за счет средств местного бюджета услугополучателям, проживающим в городе Шымкент, постоянно зарегистрированным и проживающим в жилище, которое находится на праве собственности как единственное жилище на территории Республики Казахстан, а также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местным исполнительным органом в частном жилищном фонде, на оплату:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложения 1 - в редакции решения маслихата города Шымкент от 12.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 31/279-VIII</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z11" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Жилищная помощь предоставляется за счет средств местного бюджета лицам, которые в соответствии с жилищным законодательством Республики Казахстан имеют право на получение жилищной помощи (далее – услугополучатель), проживающим в городе Шымкент, постоянно зарегистрированным и проживающим в жилище, которое находится на праве собственности как единственное жилище на территории Республики Казахстан, а также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местным исполнительным органом в частном жилищном фонде, на оплату:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -726,607 +912,661 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       расходов за пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Малообеспеченные семьи (граждане) (далее – услугополучатель) - лица, которые в соответствии с жилищным законодательством Республики Казахстан имеют право на получение жилищной помощи.</w:t>
-[...16 lines deleted...]
-        <w:t>
       Расходы услугополучателя, принимаемые к исчислению жилищной помощи, определяются как сумма расходов по каждому из вышеуказанных направлений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="7"/>
+    <w:bookmarkStart w:name="z12" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Назначение жилищной помощи (далее – государственная услуга) осуществляется государственным учреждением "Управление занятости и социальной защиты города Шымкент" (далее – услугодатель).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z10" w:id="8"/>
-[...15 lines deleted...]
-      3. Совокупный доход услугополучателя, претендующего на получение жилищной помощи, исчисляется услугодателем, осуществляющим государственную услугу в порядке, определяемом </w:t>
+    <w:bookmarkStart w:name="z13" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. Совокупный доход услугополучателя, претендующего на получение жилищной помощи, исчисляется услугодателем, осуществляющим назначение жилищной помощи в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главой 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил предоставления жилищной помощи, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года № 117 "Об утверждении Правил предоставления жилищной помощи" (далее - </w:t>
+        <w:t xml:space="preserve"> Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года № 117 "Об утверждении Правил предоставления жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33763) (далее - </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Правила</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>) (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 33763).</w:t>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z11" w:id="9"/>
-[...15 lines deleted...]
-      4. Жилищная помощь определяется как разница между суммой оплаты расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума, потребление коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде, и предельно допустимым уровнем расходов услугополучателей на эти цели в размере пяти процентов.</w:t>
+    <w:bookmarkStart w:name="z14" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Жилищная помощь определяется как разница между суммой оплаты расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума, потребление коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде, и предельно допустимым уровнем расходов услугополучателя на эти цели, в размере пяти процентов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z12" w:id="10"/>
-[...15 lines deleted...]
-      5. При получении государственной услуги за норму площади жилья, обеспечиваемую компенсационными мерами, принимается норма из расчета восемнадцать квадратных метров полезной площади на каждого члена семьи, для граждан, проживающих в однокомнатных квартирах - общая площадь жилища, для одиноко проживающих граждан, проживающих в многокомнатных квартирах (домах) - 30 квадратных метров.</w:t>
+    <w:bookmarkStart w:name="z15" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Размер жилищной помощи рассчитывается услугодателем, в пределах следующих норм:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z13" w:id="11"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 28 июля 2023 года № 295/НҚ (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33200) "Об определении размера и утверждении Правил компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам".</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) нормы потребления коммунальной услуги по газоснабжению для потребителей – десять кубических метров на человека в квартире;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      нормы потребления коммунальной услуги по газоснабжению для потребителей индивидуального жилого дома на отопление жилища – десять кубических метров за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) нормы потребления услуги электроснабжения для потребителя – в соответствии нормам, установленным региональным уполномоченным органом, регулируемым деятельность в сфере естественных монополий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) нормы услуг водоснабжения и (или) водоотведения для потребителя:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      холодная вода – три метра кубических на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      горячая вода – один метр кубический на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) нормы потребления услуги теплоснабжения для потребителей с приборами учета – ноль целых двадцать пять тысячных гигакалории на один квадратный метр в месяц;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      нормы потребления услуги по теплоснабжению для потребителей не имеющих приборов учета за один квадратный метр, утверждаемые акиматом города Шымкент в соответствии с подпунктом 34) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 27</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан "О местном государственном управлении и самоуправлении в Республике Казахстан";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) сбор и вывоз твердых бытовых отходов (мусороудаление):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для услугополучателей, проживающих в многоквартирном жилом доме – триста семьдесят восемь тенге на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      для услугополучателей, проживающих в индивидуальном жилом доме – четыреста тринадцать тенге на человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) обслуживание лифтов – одна тысяча тенге за квартиру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) услуги связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций – одна тысяча сто девяносто девять тенге за абонента;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) расходы на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума – шестьдесят тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) арендная плата за пользованием жилищем из государственного жилищного фонда – сто двадцать тенге за квадратный метр;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) норма квадратуры на человека – восемнадцать квадратных метров полезной площади на человека, но не более фактически занимаемой площади, для одиноко проживающего – не более тридцати квадратных метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Жилищная помощь оказывается по предъявленным поставщиками счетам о ежемесячных взносах на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума согласно смете расходов и счетам на оплату коммунальных услуг за счет бюджетных средств услугополучателям.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z14" w:id="12"/>
-[...15 lines deleted...]
-      7. Жилищная помощь оказывается по предъявленным поставщиками счетам о ежемесячных взносах на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума согласно смете расходов и счетам на оплату коммунальных услуг за счет бюджетных средств услугополучателям.</w:t>
+    <w:bookmarkStart w:name="z17" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Услугополучатель (либо его представитель в силу полномочия, основанного на доверенности, законодательстве, решении суда либо административном акте) обращается за назначением жилищной помощи один раз в квартал в некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" или веб-портал "электронного правительства".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:bookmarkStart w:name="z18" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Услугополучатель (либо его представитель в силу полномочия, основанного на доверенности, законодательстве, решении суда либо административном акте) обращается за назначением жилищной помощи один раз в квартал, непосредственно в Государственную корпорацию "Правительство для граждан" (далее – Государственная корпорация) или через веб-портал "электронного правительства" (далее - портал) с заявлением по форме согласно </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к Правилам.</w:t>
+      8. Оказание государственной услуги осуществляется в порядке и сроки, установленные </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главой 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z16" w:id="14"/>
-[...15 lines deleted...]
-      9. Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации либо портал составляет 8 (восемь) рабочих дней.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Государственная услуга осуществляется в пределах средств, предусмотренных на эти цели в бюджете города Шымкент на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:bookmarkStart w:name="z20" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Выплата жилищной помощи услугополучателю осуществляется услугодателем через банки второго уровня путем перечисления начисленных сумм на лицевые счета услугополучателя.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      10. Перечень основных требований к оказанию государственной услуги "Назначение жилищной помощи" предусмотрен в </w:t>
-[...75 lines deleted...]
-      11. При повторном обращении услугополучатель (либо его представитель по нотариально заверенной доверенности) представляет только подтверждающие документы о доходах семьи и счета на коммунальные расходы за истекший квартал перед обращением, за исключением, предусмотренного пунктом 11 Правил.</w:t>
+      11. Обжалование решений, действий (бездействия) услугодателя и (или) его должностных лиц по вопросам оказания государственной услуги осуществляется в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>главой 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z19" w:id="17"/>
-[...198 lines deleted...]
-    <w:bookmarkEnd w:id="25"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1405,242 +1645,242 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 19 марта 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 14/124-VIII</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z29" w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых решений маслихата города Шымкент</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z30" w:id="27"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z30" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата города Шымкент от 11 декабря 2019 года № 58/505-6с "Об определении размера и порядка оказания жилищной помощи в городе Шымкент" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 77).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z31" w:id="28"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z31" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата города Шымкент от 25 ноября 2022 года № 22/210-VII "О внесении изменений в решение маслихата города Шымкент от 11 декабря 2019 года № 58/505-6с "Об определении Размера и порядка оказания жилищной помощи в городе Шымкент" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 31000).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z32" w:id="29"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z32" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> маслихата города Шымкент от 14 июня 2023 года № 4/37-VIII "О внесении изменений в решение маслихата города Шымкент от 11 декабря 2019 года № 58/505-6с "Об определении Размера и порядка оказания жилищной помощи в городе Шымкент" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 183-17).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkEnd w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>