--- v0 (2025-11-09)
+++ v1 (2025-12-25)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d19866a" w14:textId="d19866a">
+    <w:p w14:paraId="8323533" w14:textId="8323533">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -461,17479 +461,6733 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 1 к решению акима Илийского района от 30 июля 2024 года № 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      Сноска. Приложение 1 с изменениями, внесенными решением акима Илийского района Алматинской области от 03.02.2025 </w:t>
+      Сноска. Приложение 1 в редакции решения акима Илийского района Алматинской области от 20.11.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>№ 3</w:t>
+        <w:t>№ 12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z14" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Избирательные участки, образованные для проведения голосования и подсчета голосов</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:bookmarkStart w:name="z15" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Избирательный участок № 338</w:t>
+      Избирательный участок № 338:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Место нахождение избирательного участка: поселок Боралдай, улица Бостанова № 1, Государственное коммунальное учреждение "Средняя школа № 17" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      "Местонахождение избирательного участка: поселок Боралдай, улица Бостанова № 1, Государственное коммунальное учреждение "Средняя школа № 17" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: поселок Боралдай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Аспандияр; улица Дәрігерлер; улица Құрманғазы; улица М. Тынышбай; улица Н. Островскского; улица Ұстаздар; улица Шпака 2, 2 А, 4, 6, 6 А, 8, 8 Д, 10, 10 А, 12, 12 А, 14, 16, 16 А, 16 Г, 18, 20, 22, 22 А, 24, 26, 28, 30, 32, 34, 34 В, 36, 38, 40, 42, 44, 46, 48, 48 Б, 50, 52, 54, 56, 58, 58 А, 60, 62, 64 Б, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 84 А, 86, 88, 90, 92, 94, 96, 98, 98 А, 98 Б, 100, 102, 104, 106, 108, 110, 110 А, 110 Б, 112, 114, 116, 118, 120, 122, 124, 124 А, 126, 128, 130, 132, 136, 136 А, 138, 138 А, 140, 142, 142 А, 142 Б, 144, 148, 150, 152, 154, 156, 160; улица Черемушки 15, 15 А, 15 Б, 25, 25 Б, 26, 27, 27 А, 27 Б, 28, 28 А, 29, 29 А, 29 Б, 30, 30 А, 30 В, 30 Г, 31, 31 А, 31 Б, 31 В, 31 Г, 31 Д, 32, 32 А, 32 Б 32 В, 32 Г, 33, 33/1, 33/2, 33 А, 33 В, 34, 34 А, 34 Б, 35, 36, 36 А, 37, 37 А, 37 Б, 37 Г, 38, 38 А, 39, 39 А, 41, 41 А, 42, 42 А, 43, 43 А, 44, 44 А, 44 Б, 56, 56 А.</w:t>
-[...233 lines deleted...]
-      Местонахождение избирательного участка: поселок Боралдай, улица Байзаков № 59, Государственное коммунальное учреждение "Средняя школа № 40" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло.</w:t>
+      улица Аспандияр; улица Дәрігерлер; улица Құрманғазы; улица М. Тынышбай; улица Н. Островскского; улица Ұстаздар; улица Шпака 2, 2 А, 4, 6, 6 А, 8, 8 Д, 10, 10 А, 12, 12 А, 14, 16, 16 А, 16 Г, 18, 20, 22, 22 А, 24, 26, 28, 30, 32, 34, 34 В, 36, 38, 40, 42, 44, 46, 48, 48 Б, 50, 52, 54, 56, 58, 58 А, 60, 62, 64 Б, 66, 68, 70, 72, 74, 76, 78, 80, 82, 84, 84 А, 86, 88, 90, 92, 94, 96, 98, 98 А, 98 Б, 100, 102, 104, 106, 108, 110, 110 А, 110 Б, 112, 114, 116, 118, 120, 122, 124, 124 А, 126, 128, 130, 132, 136, 136 А, 138, 138 А, 140, 142, 142 А, 142 Б, 144, 148, 150, 152, 154, 156, 160; улица Айтеке би (Черемушки) 15, 15 А, 15 Б, 25, 25 Б, 26, 27, 27 А, 27 Б, 28, 28 А, 29, 29 А, 29 Б, 30, 30 А, 30 В, 30 Г, 31, 31 А, 31 Б, 31 Г, 31 Д, 32 Г, 33/2, 33 А, 33 В, 34, 34 А, 34 Б, 35, 36, 36 А, 37, 37 А, 37 Б, 37 Г, 38, 38 А, 39, 39 А, 41, 41 А, 42, 42 А, 43, 43 А, 44, 44 А, 44 Б, 56, 56 А.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 339:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: поселок Боралдай, улица Бостанова № 7 Б, государственное коммунальное учреждение "Средняя школа № 54" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: поселок Боралдай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Арасан;</w:t>
-[...539 lines deleted...]
-      Местонахождение избирательного участка: поселок Боралдай, улица Аэродромная № 4 Г, Государственное коммунальное учреждение "Средняя школа № 23" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      улица А. Иманова; улица Аэродромная 91, 91 А, 91 Б, 91 В; улица Восточная; улица Ломоносова; улица Садовая; улица Айтеке би (Черемушки) 1, 1 А, 2, 2 А, 3, 3 А, 4, 4 А, 4 А, 5, 5 А, 6, 7, 7 А, 7 В,7 Г,8, 8 А, 9, 9 А, 9 Б, 10, 10 А, 11, 11 А, 12, 13, 13 А, 14, 14 А, 17, 17 Б, 17 В, 19, 20, 21, 23, 23 А, 23 Г, 31 Б, 33; 31 В, 32, 32 А, 32 Б, 32 В, 33, 33/1; улица Школьная; улица Ю. Гагарина.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 340:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: поселок Боралдай, улица Байзакова № 59, государственное коммунальное учреждение "Средняя школа № 40" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", центральное фойе школы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: поселок Боралдай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Аэродромная 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108;</w:t>
-[...161 lines deleted...]
-      Местонахождение избирательного участка: поселок Боралдай, улица Чапаево № 39, Товарищество с ограниченной ответственностью "Жедел".</w:t>
+      улица Арасан; улица Ақсай; улица Байзакова; улица Байқоңыр; улица Балқаш; улица Бейбітшілік; улица Болашақ; улица Бірлік; улица Дархан; улица Есентай; улица Жастар; улица Көксу; улица Көктөбе; улица Көлсай; улица Қарасу; улица Қаратал; улица Медеу; улица Мұқағали Мақатаев; улица Өркен; улица Самал; улица Сарыағаш; улица Самұрық; улица Таугүл; улица Хан тәңірі.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 341:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: поселок Боралдай, улица Аэродромная № 4 Г, Государственное коммунальное учреждение "Средняя школа № 23" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: поселок Боралдай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Автомобилиста;</w:t>
-[...431 lines deleted...]
-      Место нахождение избирательного участка: поселок Боралдай, микрорайон Водник-2, здание № 66 А, акционерное общество "Алматыгазсервис Холдинг".</w:t>
+      улица Аэродромная 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108; улица Ереванская; улица Малая Аэродромная; улица М. Әуезов; улица Овражная; переулок Сельский; улица Уфимская; военный городок авиационного управления.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 342:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: поселок Боралдай, улица Чапаево № 39, Товарищество с ограниченной ответственностью "Жедел".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: поселок Боралдай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      микрорайон Водник-2 6, 7; улица Абай; улица Абылайхан; улица Алатау; улица А. Молдабеков; улица Ардагер; улица Байжарасов; улица Ә. Марғұлан; улица Кутузов; улица Қабанбай батыр; улица Луговая; улица Маршак; улица М. Жұмаділов; улица Нахимов; улица Нияз; улица Сарыарқа; улица Совхозная; улица Суворов; улица Тасыбек би; улица Тянь-Шань; улица Фурманов; улица Чайковского.</w:t>
-[...35 lines deleted...]
-      Местонахождение избирательного участка: поселок Боралдай, микрорайон Водник-3 № 40, Государственное коммунальное казенное предприятие "Ясли-сад "Әдемі" с санаторными группами государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области.</w:t>
+      улица Автомобилиста; улица Арычная; улица А. Герцена; улица Грибоедова; улица В. Чапаева; улица Вокзальная; улица Глинки; улица Грибоедова; улица Железнодорожная; улица К. Азербаева 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96; улица Космонавтов 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91; улица Мира; улица М. Горького; улица Набережная; улица Новая; улица Попова; улица Полевая; улица Рижская; улица Ташкентская; улица Уральская; улица Фрунзе; улица 8 Марта; переулок Гаражный.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 343:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: поселок Боралдай, микрорайон Водник-2, здание № 66 А, акционерное общество "Алматыгазсервис Холдинг".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: поселок Боралдай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      микрорайон Водник-3;</w:t>
-[...107 lines deleted...]
-      Местонахождение избирательного участка: поселок Боралдай, улица К. Азербаева № 1, Государственное коммунальное учреждение "Средняя школа № 15 им. К. Азербаева", государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло.</w:t>
+      микрорайон Водник-2 6, 7; улица Абай; улица Абылайхан; улица Алатау; улица А. Молдабеков; улица Ардагер; улица Байжарасов; улица Ә. Марғұлан; улица Кутузов; улица Қабанбай батыр; улица Луговая; улица Маршак; улица М. Жұмаділов; улица Нахимов; улица Нияз; улица Сарыарқа; улица Совхозная; улица Суворов; улица Тасыбек би; улица Тянь-Шань; улица Фурманов; улица Чайковского.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 344:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: поселок Боралдай, микрорайон Водник-3 № 40, Государственное коммунальное казенное предприятие "Ясли-сад "Әдемі" с санаторными группами государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: поселок Боралдай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      микрорайон Водник-1;</w:t>
-[...161 lines deleted...]
-      Место нахождение избирательного участка: поселок Боралдай, улица Бостанова № 7 Б, Государственное коммунальное учреждение "Средняя школа № 54" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      микрорайон Водник-3; улица Ақбұлақ; улица Заречная; улица К. Азербаева 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44; улица Речная.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 345:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: поселок Боралдай, улица К. Әзірбаев № 1, государственное коммунальное учреждение "Средняя школа № 15", государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло здания.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: поселок Боралдай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Ақын Сара; улица Әшкеев; улица Белинского; улица Бостанова; улица Космонавтов 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27; улица Курчатова; улица Қажымұқан; улица Қ. Сәтбаев; улица Ленина; улица Лихошерстова; улица М. Шоқай; улица Первомайская; улица Советская; улица Солнечная; улица Чкалова; улица Шоқанов; улица Шпака 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159; переулок Минский; переулок Московский; переулок Омский; переулок Южный; улица Сайполдаев Нашырбек; улица Ұлытау.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: поселок Боралдай, микрорайон Водник-1, здание № 19 Б, товарищество с ограниченной ответственностью "Инновационный колледж города Алматы".</w:t>
+      микрорайон Водник-1; улица К. Байсеиітова; улица Н. Чернышевского; улица Северная; улица С. Есенина; переулок Северный.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 346:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: поселок Боралдай, улица Бостанова № 7 Б, Государственное коммунальное учреждение "Средняя школа № 54" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: поселок Боралдай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      микрорайон Водник-2 1, 2, 3, 4, 5, 17, 18, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 64 А, 67 Б, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 8, 9, 10, 454, 455; улица Заводская.";</w:t>
-[...35 lines deleted...]
-      "Место нахождение избирательного участка: поселок Боралдай, улица Азербаева № 1 А, Государственное коммунальное предприятие на праве хозяйственного ведения "Районная больница" поселка Боралдай Илийского района государственного учреждения "Управления здравоохранения Алматинской области".</w:t>
+      улица Ақын Сара; улица Әшкеев; улица Белинского; улица Бостанова; улица Космонавтов 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27; улица Курчатова; улица Қажымұқан; улица Қ. Сәтбаев; улица Ленина; улица Лихошерстова; улица М. Шоқай; улица Первомайская; улица Советская; улица Солнечная; улица Чкалова; улица Шоқанов; улица Шпака 1, 3, 5, 7, 9, 11, 13, 15, 17, 19, 21, 23, 25, 27, 29, 31, 33, 35, 37, 39, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 65, 67, 69, 71, 73, 75, 77, 79, 81, 83, 85, 87, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 135, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159; переулок Минский; переулок Московский; переулок Омский; переулок Южный; улица Сайполдаев Нашырбек; улица Ұлытау.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 348:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: поселок Боралдай, микрорайон Водник-1 № 19 Б, товарищество с ограниченной ответственностью "Инновационный колледж города Алматы".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: поселок Боралдай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Государственное коммунальное предприятие на праве хозяйственного ведения "Районная больница" поселка Боралдай Илийского района государственного учреждения "Управления здравоохранения Алматинской области.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Отеген батыр, улица Әжімұратов Асқар № 12, Государственное коммунальное учреждение "Средняя школа № 13 имени М.Макатаева" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      микрорайон Водник-2 1, 2, 3, 4, 5, 17, 18, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 64 А, 67 Б, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80; улица Заводская, улица В. Терешковой; улица Д. Бедного.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 967:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: поселок Боралдай, улица Байзакова № 59, государственное коммунальное учреждение "Средняя школа № 40" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло здания, фойе школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: поселок Боралдай:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Астана; улица Ә. Молдағұлова; улица Әліби Жангелдин; улица Бастау; улица Бәйтерек; улица Достық; улица Дінмұхамед Қонаев; улица Жерұйық; улица Жетісу; улица Жұбаныш Бәрібаев; улица Көкжиек; улица Қарасай батыр; улица Мамыр; улица Мәншүк Маметова; улица Нұрғиса Тілендиев; улица Сәбит Мұқанов; улица Сейфуллин; улица Тоқаш Бокин; улица Шымбұлақ; улица Іле; улица Ілияс Жансүгіров; 1 улица; 2 улица; 3 улица; 4 улица; 5 улица, улица Теректі; улица Шұғыла; улица Ынтымақ;.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1015:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: поселок Боралдай, улица Азербаева № 1 А, Государственное коммунальное предприятие на праве хозяйственного ведения "Районная больница" поселка Боралдай Илийского района государственного учреждения "Управления здравоохранения Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: поселок Боралдай:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственное коммунальное предприятие на праве хозяйственного ведения "Районная больница" поселка Боралдай Илийского района государственного учреждения "Управления здравоохранения Алматинской области.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 349:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Отеген батыр, улица А. Әжімұратова № 12, государственное коммунальное учреждение "Средняя школа № 13 имени М. Макатаева" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Отеген батыр:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абая 1, 1 А, 1 В, 1 Б, 2, 3, 4, 5, 6, 7, 7 А, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17;</w:t>
-[...125 lines deleted...]
-      Место нахождение избирательного участка: село Өтеген батыр, улица А. Әжімұратов № 8, Коммунальное государственное учреждение "Детско-юношеская спортивная школа Илийского района".</w:t>
+      улица Абая 1, 1 А, 1 В, 1 Б, 2, 3, 4, 5, 6, 7, 7 А, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17; улица Ғ. Мұратбаева; улица Жамбыла; улица З. Батталханова; улица Спортивная.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 350:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Отеген батыр, улица А. Әжімұратова № 8, коммунальное государственное учреждение "Детско-юношеская спортивная школа Илийского района".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Отеген батыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абая 10, 12, 19, 19 А; улица А. Әжімұратова; улица Михаила Лукина; улица С. Қолдасова; улица Титова 1, 2, 3, 4, 5, 6, 6 А, 7, 8, 8 А, 9, 10, 11, 12, 13, 14, 17.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 351:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Өтеген батыр, улица Титова № 16, Государственное коммунальное учреждение "Средняя школа № 7" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Өтеген батыр:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абая 10, 12, 18, 19, 19 А; улица А. Әжімұратов; улица М. Әуезов; улица Михаила Лукина; улица С. Қолдасов; улица Титова 1, 2, 3, 4, 5, 6, 6 А, 7, 8, 8 А, 9, 10, 11, 12, 13, 14, 17.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Өтеген батыр, улица Титова № 16, Государственное коммунальное учреждение "Средняя школа № 7" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      улица Абая, 21, 23 А, 25, 27; улица С. Сейфуллина 1, 2, 2 Б, 4, 4 В, 6, 7, 7 А, 8, 8 Б, 10, 12, 14, 15, 16, 18, 19, 20, 20 А, 20 Б, 21, 21 А, 22, 23, 25, 26, 27, 28, 29, 31, 32, 33, 34, 34 А, 35, 36, 37, 38, 39, 40, 40 А, 41, 42, 43, 44, 45, 46, 46 А, 46 Б, 46 В, 47, 48, 49, 50, 51, 52, 54, 54 А, 55, 56, 58, 60, 62, 62 А, 62 В, 64, 66, 67; улица Титова 8 А, 23, 25, 27, 29.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 352:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Отеген батыр, улица Титова № 24, государственное учреждение "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка:село Отеген батыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Вильгельма Витковского; улица Титова 30, 31, 32, 33, 34, 36, 38, 40, 42, 44, 46, 48, 48 А, 50, 51, 53, 53 А, 55, 56, 57, 58, 59, 61, 62, 63, 64, 65, 67, 68, 69, 70, 71, 72, 74, 75, 76, 77, 78, 79, 80, 81, 83, 85, 87, 87 А, 89, 89 А, 91, 93, 93 А, 95 (частный сектор); улица Титова № 26, № 26 А, № 28; улица Ю. Гагарина № 1, № 1 А, № 2, № 3.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 353:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Отеген батыр, улица Титова № 16 Д, государственное коммунальное учреждение "Школа-гимназия № 38" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Отеген батыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Баумана; улица Гоголя; улица С. Сейфуллина 68, 70, 72, 74, 74 А, 76, 76 А, 78, 80, 82, 84, 86, 88, 88 А, 90, 92, 92 А, 94, 94 А, 96, 98, 98 А, 100, 100 А, 102, 104, 104 А, 106, 108, 110, 112, 114, 116, 116 Б, 118, 120, 122, 122 А, 124, 126, 126 А, 128, 128 А, 130, 130 А, 132, 134, 136, 138, 142; улица Ю. Гагарина 4, 5,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5 А, 6, 7, 8, 9, 10, 11, 12, 13 А, 13.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 354:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Отеген батыр, улица Титова № 24, государственное учреждение "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Отеген батыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица А. Пушкина; улица В. Терешкова; улица Жерұйық; улица Масанчи; улица М. Лермонтова; улица Н. Некрасова; улица Титова 88; улица Ю. Гагарина 14, 15, 19, 21, 22, 23, 24, 28, 30, 32; потребительский кооператив садоводческих товариществ: Тростинка; потребительский кооператив садоводческих товариществ: Урожай.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 355:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Өтеген батыра, улица Қ. Рысқұлбекова № 38, Государственное коммунальное учреждение "Лицей № 24" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Өтеген батыр:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абая, 21, 23 А, 25, 27; улица С. Сейфуллина 1, 2, 2 Б, 4, 4 В, 6, 7, 7 А, 8, 8 Б, 10, 12, 14, 15, 16, 18, 19, 20, 20 А, 20 Б, 21, 21 А, 22, 23, 25, 26, 27, 28, 29, 31, 32, 33, 34, 34 А, 35, 36, 37, 38, 39, 40, 40 А, 41, 42, 43, 44, 45, 46, 46 А, 46 Б, 46 В, 47, 48, 49, 50, 51, 52, 54, 54 А, 55, 56, 58, 60, 62, 62 А, 62 В, 64, 66, 67; улица Титова 8 А, 23, 25, 27, 29.</w:t>
-[...107 lines deleted...]
-      Место нахождение избирательного участка: село Өтеген батыр, улица Титова № 16 Д, Государственное коммунальное учреждение "Школа-гимназия № 38" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      улица Қ. Рысқұлбекова; улица Рахымбаева; улица Сартай батыр; улица Сәмен батыр.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 356:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Покровка, улица Егемендік № 103 А, Филиал акционерного общества "Волковгеология" "Управление производственно-технического обеспечения и комплектации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка:село Покровка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ақтамберді жырау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алматы 121,121 А,121 Б, 122, 123, 124, 125, 125 А, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 137 А/1, 137 А/2, 137 В, 138, 139, 140, 141, 142, 144, 144 А, 145, 145 А, 147, 148, 148 А, 148 Б, 149, 149 А, 150, 151, 152, 153, 153 А, 154, 155, 156, 157, 158, 159, 160, 160 А, 161, 162, 163, 163 А, 164, 164 А, 164 Б, 165, 166, 167, 168, 169, 169 А, 169 Б, 170, 170 А, 171, 171 А, 172, 172 А, 173, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 186 А, 187, 188, 189, 190, 191, 192, 193, 195, 195 А, 196, 196 А, 197, 198, 199, 200, 200 А, 201, 202, 203, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 219 А, 220, 221, 222, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 246, 247, 248, 250, 250 А, 252, 254, 256, 258, 260, 262, 264, 266, 268, 270, 274, 276, 278, 280, 282, 284, 286, 288; улица Байқоңыр; улица Бейбітшілік көшесі; улица Біржан сал; улица Доспамбет жырау; улица Достық; улица Егемендік 61, 61 А, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72 А, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 90, 92, 93, 94, 94 А, 95, 96, 97, 99, 99 А, 100, 100 А, 101, 102, 103, 104, 105, 105 Б, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 118, 120, 120 А, 122, 124, 126, 128; улица Кенесары хан 96, 97, 98, 99, 100, 101, 102 А, 103, 104, 105, 106, 107, 108, 108 А, 108 Б, 109, 109 А, 110, 110 А, 111, 112, 113, 113 А, 114, 115, 116, 117, 118, 119, 121 А, 122, 123, 123 А, 124, 125, 126, 127, 127 А, 128, 129, 129 А, 130, 131, 132, 132 А, 134, 135, 135 Б, 136, 137, 138, 141, 142, 143, 144, 146, 147, 150, 151, 151 А, 152, 153, 155, 156, 157, 158, 161, 199; улица Қожаберген жырау; улица Тұрғанбек Қатаев; улица Үмбетей жырау көшесі; улица Шұғыла; потребительский кооператив садоводческих товариществ: РВ-90.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 357</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Кенен Әзірбаев, улица Алматинская № 84, государственное учреждение "Отдел строительства Илийского района".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Кенен Әзірбаев:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алматы 1, 2, 3, 4, 5, 6, 8, 9, 10, 11, 12, 13, 14 А, 15, 16, 17, 19, 20, 21, 24, 25, 26, 27, 28, 29, 30, 30 А, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 42 А, 43, 43 Б, 44 А, 45, 46, 47, 49, 50, 51, 51 А, 51 В, 52, 52 А, 53, 53 А, 53 Б, 53 В, 54, 55, 56, 57, 58, 58 А, 59, 59 А, 60, 61, 62, 63, 64, 66, 68, 69, 70, 72 А, 74, 75, 76, 76 А, 77, 77 А, 77 В, 78, 78 А, 79, 80, 80 А, 80 Б, 81, 82, 83, 83 А, 83 В, 83 Д, 85, 86, 86 Б, 87, 88, 89, 90, 91, 92, 93, 94, 95, 95 А, 97, 98, 99, 100, 101, 102, 103, 103 А, 104, 105, 106, 107, 108, 109, 110, 111, 113, 115, 116, 117, 118, 119, 119 В,119 А,120; улица Асанқайғы жырау; улица Бәйтерек; улица Егемендік 1, 1 А, 2, 3, 4, 4 А, 5, 5 А, 6, 7, 8, 8 А, 9, 10, 11, 12, 13 А, 14, 15, 16, 17, 18, 19 В, 20, 21, 22, 23, 24, 25, 27, 28, 29, 29 А, 30, 31, 32, 32 А, 34, 35, 36, 37, 38, 39, 40, 41, 43, 44, 45, 45 А, 46, 47, 48, 49, 49 А, 50, 51, 52, 53, 54, 54 А, 55, 56, 57, 58, 59, 60; улица Кенесары хан 1, 1 В, 1 Б, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 19 А, 20, 22, 22 А, 22 Б, 22 В, 22 Г, 22 К, 23 А, 24, 24 А, 24 Е, 24 Э, 25, 25 Д, 26, 26 А, 27, 28, 29, 30, 31, 32, 33, 34, 35, 37, 38, 39, 39 А, 40, 41, 41 В, 42, 43, 43 А, 43 Б, 45, 45 А, 46, 46 А, 47, 49, 50, 51, 53, 54, 55, 56, 57, 58, 59, 60, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 77 А, 78, 79, 80, 81, 82, 82 А, 83, 85, 87, 87 А, 89, 90, 91, 92, 93, 94, 94 А, 95; улица Құрманғазы; улица Мичурина; улица Сүйінбай жырау.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 358</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Өтеген батыр, улица Қ. Рысқұлбекова № 38, Государственное коммунальное учреждение "Лицей № 24" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", левое крыло.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Өтеген батыр:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Баумана; улица Гоголя; улица С. Сейфуллина 68, 70, 72, 74, 74 А, 76, 76 А, 78, 80, 82, 84, 86, 88, 88 А, 90, 92, 92 А, 94, 94 А, 96, 98, 98 А, 100, 100 А, 102, 104, 104 А, 106, 108, 110, 112, 114, 116, 116 Б, 118, 120, 122, 122 А, 124, 126, 126 А, 128, 128 А, 130, 130 А, 132, 134, 136, 138, 142; улица Титова 18, 20, 22, улица Ю. Гагарина 4, 5, 5 А, 6, 7, 8, 9, 10, 11, 12, 13 А, 13.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Отеген батыр, улица Ю. Гагарина № 12 А н.п. 3, Товарищество с ограниченной ответственностью "Медицинский центр Ару".</w:t>
+      улица Абылай хана; улица Алибек Нұрқожа; улица Байболсын Жұматаев; улица Бекболат Әшекеев; улица Кеңес Алпысбаев; улица Бердібек Соқпақбаев; улица Қапал батыр; улица Нүсіпбек Исахметов; улица Ораз Жандосов; улица Сағат Әшімбаев; улица Төле би.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1045:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Отеген батыра, улица Қ. Рысқұлбекова № 38, государственное коммунальное учреждение "Лицей № 24" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Отеген батыр:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица А. Пушкина;</w:t>
-[...197 lines deleted...]
-      Место нахождение избирательного участка: село Өтеген батыра, улица Қ. Рысқұлбекова № 38, Государственное коммунальное учреждение "Лицей № 24" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области"</w:t>
+      улица Болашақ; улица Ғ. Мұстафин; улица Ғ. Мүсірепов; улица Достық; улица Д. Қонаев; улица Желтоқсан; улица Жетісу; улица Жібек жолы; улица Көкқайнар; улица Молодежная; улица Тәуелсіздік; улица Шұғыла; улица Ынтымақ; потребительский кооператив садоводческих товариществ: Лазурит.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1007 изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Өтеген батыра, улица Қ. Рысқұлбекова № 38, государственное коммунальное учреждение "Лицей № 24" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", кабинет технологии.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Өтеген батыр:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Қ. Рысқұлбекова; улица Рахымбаева; улица Сартай батыр; улица Сәмен батыр.</w:t>
-[...539 lines deleted...]
-      Место нахождение избирательного участка: село Өтеген батыр, улица Қ. Рысқұлбекова № 38, Государственное коммунальное учреждение "Лицей № 24" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", левое крыло.</w:t>
+      улица Тәуелсіздіктің 10 жылдығы; улица І. Жансүгіров; микрорайон Гүлдер; улица Жастар; улица Исатай батыр; улица Конституция; улица Манаса; улица Райымбек батыра; улица Т. Әубәкіров; улица Ш. Құлымбаев; улица Жауғаш Батыр.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1016:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Өтеген батыра, улица Титова № 30, государственное коммунальное предприятие на праве хозяйственного ведения "Илийская центральная районная больница" государственного учреждения "Управления здравоохранения Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Өтеген батыр:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абылай хана; улица Алибек Нұрқожа; улица Байболсын Жұматаев; улица Бекболат Әшекеев; улица Кеңес Алпысбаев; улица Бердібек Соқпақбаев; улица Қапал батыр; улица Нүсіпбек Исахметов; улица Ораз Жандосов; улица Сағат Әшімбаев; улица Төле би.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Байсерке, улица Школьная № 39, Государственное казенное предприятие ясли-сад "Ақбота" государственного учреждения "Отдела образования по Илийскому району управления образования Алматинской области".</w:t>
+      Государственное коммунальное предприятие на праве хозяйственного ведения "Илийская центральная районная больница" государственного учреждения "Управления здравоохранения Алматинской области".";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 985</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Местонахождение избирательного участка: село Отеген батыр, улица З. Баталханова 12, изолятор временного содержания управление полиции Илийского района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: Изолятор временного содержания Управление полиции Илийского района.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1046:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Отеген батыр, улица Титова № 6 Б, Государственное казенное предприятие детский сад "Қуат" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка:село Отеген батыр, мкр Арман:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алтын орда; улица Бейбітшілік; улица Бірлік; улица Есім хан; улица Жанибек хан; улица Жеңістің 60 жылдығы; улица Керей хан; улица Көктөбе; улица Қасым хан; улица Т. Рысқұлов; потребительский кооператив садоводческих товариществ: Энергетический.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1017:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Өтеген батыра, мкирорайон Куат, улица Рахимбаева № 35, государственное коммунальное предприятие на праве хозяйственного ведения "Областная детская клиническая больница" государственного учреждения "Управление здравоохранения Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Өтеген батыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Государственное коммунальное предприятие на праве хозяйственного ведения "Областная детская клиническая больница" государственного учреждения "Управление здравоохранения Алматинской области".";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1061:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Отеген батыр, улица Титова, № 16, Государственное Коммунальное Учреждение "Средняя школа № 7" Государственного Учреждения "Отдел Образования по Илийскому Району Управления Образования Алматинской Области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Отеген батыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Абая 29, 29 А, 31, 31 А; улица М. Әуезов; Титова 18, 19, 20, 21, 22.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1062:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Отеген батыра, микрорайон Куат, улица 10 лет Независимости, № 32/1, государственное коммунальное учреждение "Районный Дом культуры имени Нұрғисы Тілендиева", правое крыло;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Отеген батыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица Астана; улица Т. Рыскулова; безымянные улица в микрорайоне Куат; безымянные улица в селе Карасу.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1063:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Отеген батыра, микрорайон Куат, улица 10 лет Независимости, № 32/1, государственное коммунальное учреждение "Районный Дом культуры имени Нұрғисы Тілендиева", левое крыло;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Отеген батыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Улица квартал 1, улица квартал 2, улица квартал 3, улица квартал 4, улица квартал 5, улица квартал 6, улица квартал 7, улица квартал 8 села Карасу; безымянные улица микрорайона Жана Куат.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 359:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Байсерке, улица Школьная № 39, государственное казенное предприятие ясли-сад "Ақбота" государственного учреждения "Отдела образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Байсерке:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Астана; улица Әбілхайыр хан; улица УМР-2; улица Ұлы дала; товарищество с ограниченной ответственностью Нұрай; Потребительский кооператив садоводческих товариществ: Вагонник; Потребительский кооператив садоводческих товариществ: Гудок; Потребительский кооператив садоводческих товариществ: Радуга.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Байсерке, улица Бейбітшілік № 14 Б, Государственное коммунальное учреждение "Средняя школа № 9" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло.</w:t>
+      улица Астана; улица Әбілхайыр хан; улица Байқоңыр; улица УМР-2; улица Ұлы дала; товарищество с ограниченной ответственностью Нұрай; потребительский кооператив садоводческих товариществ: Вагонник; потребительский кооператив садоводческих товариществ: Заря ветеранов; потребительский кооператив садоводческих товариществ: Гудок; потребительский кооператив садоводческих товариществ: Радуга.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 360:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Байсерке, улица Бейбітшілік № 14 Б, государственное коммунальное учреждение "Средняя школа № 9" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Байсерке:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Алтынсарина; улица Бөгенбай батыр; улица Бөлтірік ақын; улица Бәйтерек; улица Көктем; улица Қазақстан; улица Қалдаяқов; улица Мәншүк Мәметова; улица Дулат Бабатайұлы; улица Дина Нұрпеисова; улица Нұрғиса Тілендиев; улица Наурыз; улица Сырым Датұлы; улица Тәуке хан.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Байсерке, улица Аркабая № 271, Государственное коммунальное учреждение "Средняя школа № 12" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло.</w:t>
+      улица Алтынсарина; улица Бөгенбай батыр; улица Бөлтірік ақын; улица Бәйтерек; улица Көктем; улица Қазақстан; улица Қалдаяқов; улица Мәншүк Мәметова; улица Дулат Бабатайұлы; улица Дина Нұрпеисова; улица Нұрғиса Тілендиев; улица Наурыз; улица Сырым Датұлы; улица Тәуке хан; улица Ш. Айманова.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 361:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Байсерке, улица Аркабая № 271, государственное коммунальное учреждение "Средняя школа № 12" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Байсерке:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Береке; улица Бейімбет Майлин; улица Ескелді би; улица Ғазиза Жұбанова; улица Дәнеш Рақышев; улица Жамбыл Жабаев; улица Кенесары хан; улица Күлтегін; улица Қарасай батыр; улица Махмұд Қашқари; улица Махамбет Өтемісұлы; улица Марғұлан; улица Майқыби; улица Нұрлы жол; улица Саурық батыр; улица Сабит Мұқанов; улица Темірбек Жүргенов; улица Тұрғанбек Қатаев; улица Күйші Дәулеткерей 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251, 253, 255, 257, 259 (не четная сторона); 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260 (четная сторона).</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Байсерке, улица Бейбітшілік № 14 Б, Государственное коммунальное учреждение "Средняя школа № 9" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", левое крыло.</w:t>
+      улица Береке; улица Бейімбет Майлин; улица Ескелді би; улица Ғазиза Жұбанова; улица Жамбыл Жабаев; улица Кенесары хан; улица Күлтегін; улица Қарасай батыр; улица Махмұд Қашқари; улица Махамбет Өтемісұлы; улица Марғұлан; улица Майқыби; улица Нұрлы жол; улица Саурық батыр; улица Сабит Мұқанов; улица Темірбек Жүргенов; улица Тұрғанбек Қатаев; улица Күйші Дәулеткерей 209, 211, 213, 215, 217, 219, 221, 223, 225, 227, 229, 231, 233, 235, 237, 239, 241, 243, 245, 247, 249, 251, 253, 255, 257, 259 (не четная сторона); 208, 210, 212, 214, 216, 218, 220, 222, 224, 226, 228, 230, 232, 234, 236, 238, 240, 242, 244, 246, 248, 250, 252, 254, 256, 258, 260 (четная сторона).";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 362:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Байсерке, улица Бейбітшілік № 14 Б, государственное коммунальное учреждение "Средняя школа № 9" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", левое крыло.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Байсерке:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Ақбұлақ;</w:t>
-[...287 lines deleted...]
-      Место нахождение избирательного участка: село Али, улица Школьная № 2, Государственное коммунальное учреждение "Средняя школа № 22 имени Турганбека Катаева" государственного учреждения "Отдела образования по Илийскому району управления образования Алматинской области".</w:t>
+      улица Ақбұлақ; улица Азаттық; улица Бірлік; улица Бейбітшілік; улица Жанқожа батыр; улица Қадырғали Жалайыри; улица Нұрлы; улица Дінмұхамед Қонаев, улица Ленина; улица Панфилова; улица Тәттімбет; улица Роза Бағланова; улица Іле; улица М. Шолохова..";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 366:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Али, улица Школьная № 2, Государственное коммунальное учреждение "Средняя школа № 22 имени Турганбека Катаева" государственного учреждения "Отдела образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Али:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Аманат; улица Бұхар Жырау; улица Есенберлина; улица Есқара Беделбаев; улица Медиум; улица Шангерей Бөкеев.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Коктерек, улица Шалкиіз Жырау № 11 А, Государственное коммунальное учреждение "Средняя школа № 21" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      улица Аманат; улица Бұхар Жырау; улица Есенберлина; улица Есқара Беделбаев; улица Медиум; улица Шангерей Бөкеев.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 367:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Коктерек, улица Шалкиіз Жырау № 11 А, Государственное коммунальное учреждение "Средняя школа № 21" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Коктерек:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Әміре Қашаубаев; улица Бекен Римова; улица Квартал; улица Шалкиіз жырау; улица Төлеген Тоқтаров; улица Үмбетей жырау.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Байсерке, улица Аркабая № 271, Государственное коммунальное учреждение "Средняя школа № 12" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", левое крыло.</w:t>
+      улица Әміре Қашаубаев; улица Бекен Римова; улица Квартал; улица Шалкиіз жырау; улица Төлеген Тоқтаров; улица Үмбетей жырау.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 369:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Байсерке, улица Аркабая № 271, государственное коммунальное учреждение "Средняя школа № 12" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", левое крыло.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Байсерке:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Есім хан; улица Жетысуйская; улица Карасуйская; улица Қасым хан; улица Алпамыс батыр; улица Аманкелді Иманов; улица Бауыржан Момышұлы; улица Күйші Дина; улица Қабанбай батыр; улица Қажымұқан; улица Қыз Жібек; улица Шұғыла; улица Шәкәрім Құдайбердіұлы.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Байсерке, улица Бейбітшілік № 14 В, Государственное коммунальное учреждение "Школа-гимназия № 28" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло.</w:t>
+      улица Есім хан; улица Жетысуйская; улица Карасуйская; улица Қасым хан; улица Алпамыс батыр; улица Аманкелді Иманов; улица Бауыржан Момышұлы; улица Күйші Дина; улица Қабанбай батыр; улица Қажымұқан; улица Қыз Жібек; улица Шұғыла; улица Шәкәрім Құдайбердіұлы; улица Дәнеш Рақышев.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 370:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Байсерке, улица Бейбітшілік № 14 В, государственное коммунальное учреждение "Школа-гимназия № 28" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Байсерке:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абай; улица Ануар Молдабеков; улица Әсет Бейсеуов; улица Баянды; улица Бұлбұл; улица Ермек Серкебаев; улица Керей хан; улица Кейкі батыр; улица Құрманғазы; улица Қаныш Сәтпаев; улица Сүйінбай Аронұлы; улица Ұлытау; улица Хан жолы; улица Шоқан Уәлиханов; улица Шакен Айманов; Потребительский кооператив садоводческих товариществ: Железнодорожник; Потребительский кооператив садоводческих товариществ: Шығыс.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Байсерке, улица Аркабая № 68 А, отделение почтовой связи села Байсерке Илийского района Алматинской области.</w:t>
+      улица Абай; улица Ануар Молдабеков; улица Әсет Бейсеуов; улица Баянды; улица Бұлбұл; улица Ермек Серкебаев; улица Керей хан; улица Кейкі батыр; улица Құрманғазы; улица Қаныш Сәтпаев; улица Сүйінбай Аронұлы; улица Ұлытау; улица Хан жолы; улица Шоқан Уәлиханов; потребительский кооператив садоводческих товариществ: Шығыс; потребительский кооператив садоводческих товариществ: Железнодоржник.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 372:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Байсерке, улица Аркабая № 68 А, отделение почтовой связи села Байсерке Илийского района Алматинской области.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Байсерке:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абылай хан; улица Арқабай; улица Әлия Молдағұлова; улица Истай Тайманов; улица Күләш Байсеиітова; улица МТФ-1; улица Сәкен Сейфуллин; улица Сабыр Рахимов; улица Ілияс Жансүгіров; улица Аманат; улица Ер Еділ; улица Тоныкөк; улица Күйші Дәулеткерей 1, 3, 5, 9, 9 А, 11, 15, 19, 23, 25, 27, 29, 31, 33, 35, 37, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 63 А , 65, 67, 69, 71, 73, 75, 75 Б, 79, 81, 83, 85 А, 87 Б, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163, 165, 167, 169, 171, 173, 175, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207 (нечетная сторона), 2, 2 А, 2 В, 4, 6, 10, 10 А, 12, 12 А, 14, 16, 18, 20, 22, 22 А, 26, 28, 28 А, 30, 30 Д, 32, 32 А, 32 В, 34, 36, 38, 40, 42, 44, 46, 46 А, 48, 50, 52, 54, 56, 58, 60, 62, 62 Б, 64, 66, 66 А, 68, 70, 72, 72 А, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 122 А, 124, 126, 128, 130, 132, 134, 136, 138, 140, 142, 142 Б, 146, 148, 150, 152, 154, 156, 158, 160, 162, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 202, 204, 206 (четная сторона).</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Қосөзен, улица Абая № 1, Государственное коммунальное учреждение "Средняя школа № 14", государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      улица Арқабай; улица Әлия Молдағұлова; улица Истай Тайманов; улица Күләш Байсеитова; улица МТФ-1; улица Сәкен Сейфуллин; улица Сабыр Рахимов; улица Ілияс Жансүгіров; улица Аманат; улица Ер Еділ; улица Тоныкөк; улица Күйші Дәулеткерей 1, 3, 5, 9, 9 А, 11, 15, 19, 23, 25, 27, 29, 31, 33, 35, 37, 41, 43, 45, 47, 49, 51, 53, 55, 57, 59, 61, 63, 63 А , 65, 67, 69, 71, 73, 75, 75 Б, 79, 81, 83, 85 А, 87 Б, 89, 91, 93, 95, 97, 99, 101, 103, 105, 107, 109, 111, 113, 115, 117, 119, 121, 123, 125, 127, 129, 131, 133, 137, 139, 141, 143, 145, 147, 149, 151, 153, 155, 157, 159, 161, 163,165, 167, 169, 171, 173, 175, 179, 181, 183, 185, 187, 189, 191, 193, 195, 197, 199, 201, 203, 205, 207 (нечетная сторона), 2, 2 А, 2 В, 4, 6, 10, 10 А, 12, 12 А, 14, 16, 18, 20, 22, 22 А, 26, 28, 28 А, 30, 30 Д, 32, 32 А, 32 В, 34, 36, 38, 40, 42, 44, 46, 46 А, 48, 50, 52, 54, 56, 58, 60, 62, 62 Б, 64, 66, 66 А, 68, 70, 72, 72 А, 74, 76, 78, 80, 82, 84, 86, 88, 90, 92, 94, 96, 98, 100, 102, 104, 106, 108, 110, 112, 114, 116, 118, 120, 122, 122 А, 124, 126, 128, 130, 132, 134, 136, 138, 140, 142, 142 Б, 146, 148, 150, 152, 154, 156, 158, 160, 162, 164, 166, 168, 170, 172, 174, 176, 178, 180, 182, 184, 186, 188, 190, 192, 194, 196, 198, 202, 204, 206 (четная сторона).";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1008:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Байсерке, улица Бейбітшілік № 14 В, государственное коммунальное учреждение "Школа-гимназия № 28" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Байсерке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Міржақып Дулатов; улица Салқам Жәңгір; улица Ғабит Мүсірепов; улица Жүсіп Баласағұн; улица Жерұйық; улица Кенжеқұлов; улица Талғат Бигелдинов; улица Райымбек; улица Шырайлы; улица Халифа Алтай; улица Әл-Фараби; улица Бақтыбай Жолбарысұлы; улица Абылай хан.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 384:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Қосөзен, улица Абая № 1, Государственное коммунальное учреждение "Средняя школа № 14", государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Косөзен:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абай;</w:t>
-[...359 lines deleted...]
-      Место нахождение избирательного участка: село Н. Тілендиев, улица Алматы № 32, Государственное коммунальное учреждение "Средняя школа № 26" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      улица Абай; улица Әйгерім;улица Ә. Молдағұлов; улица Әл-Фараби;улица Байқоңыр; улица Б. Майлин; улица Ғ. Мұратбаев; улица Д. Қонаев; улица Жамбыл; улица Жас Ұлан; улица Жильников; улица Кіші Қараой; улица М. Мәметова; улица С. Сейфуллин; улица Таугүл; улица Т. Рысқұлов; улица Төле би; улица Ы. Алтынсарин; улица І. Жансүгіров.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 385:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Н. Тілендиев, улица Алматы № 32, Государственное коммунальное учреждение "Средняя школа № 26" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Н. Тілендиев:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Арман;</w:t>
-[...323 lines deleted...]
-      Место нахождение избирательного участка: село Караой, улица К. Дауылбаев № 1, Государственное коммунальное учреждение "Средняя школа № 18 имени Ы. Ногайбаева" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      улица Арман; улица Алматы; улица Арна; улица А. Иманов; улица Ә. Исаев; улица Бірлік; улица Достық; улица Жетысу; улица Желтоқсан; улица Қапшағай; улица С. Сандықбаев; улица СТФ-2; улица Тәуелсіздік; улица Ш. Уалиханов; потребительский кооператив садоводческих товариществ: Алма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      потребительский кооператив садоводческих товариществ: Простор; потребительский кооператив садоводческих товариществ: Финансист.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 386:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Караой, улица К. Дауылбаев № 1, Государственное коммунальное учреждение "Средняя школа № 18 имени Ы. Ногайбаева" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Караой:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абай;</w:t>
-[...395 lines deleted...]
-      Место нахождение избирательного участка: село Караой, улица Бейбитшилик № 10, "Филиал Государственное коммунальное казенное предприятия "Дом культура села Караой" районный дом культуры акима Илийского района.</w:t>
+      улица Абай; улица Ардагер; улица Ә. Отарбаев; улица Болашақ; улица Гүлдер; улица Жігер; улица Жұлдыз; улица Қазақстан; улица Қамыскөл; улица Қ. Дауылбаев; улица Мамыр; улица М. Әуезов; улица М. Әбішев; улица Наурыз; улица Н. Пашкин; улица Р.Зорге; улица Сұлусай; улица Тамаша; улица Ы. Алтынсарин; улица Іле таңы; подсобное хозяйство Монтажник.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 387:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Караой, улица Бейбитшилик № 10, "Филиал Государственное коммунальное казенное предприятия "Дом культура села Караой" районный дом культуры акима Илийского района.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Караой:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Алмалы;</w:t>
-[...377 lines deleted...]
-      Местонахождение избирательного участка: село Ақсай, улица Достық № 12, Государственное коммунальное учреждение "Средняя школа № 16 имени Ю.А. Гагарина" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", актовый зал здания начальной школы.</w:t>
+      улица Алмалы; улица Алғабас; улица Балауса; улица Бейбітшілік; улица Балдырған; улица Дарын; улица Жеңіс; улица Жаңалық; улица Ж.Уалиев;улица Мереке; улица Нұрлы таң; улица Рахат; улица Тың дала; улица Теректі; улица Үлгілі; улица Шұғыла; улица Ынтымақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 388:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Караой в/ч 2125, актовый зал Границы избирательного участка: село Караой, территория в/ ч № 2125.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 968:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Қосөзен, улица Бірлестік № 1 В, Государственное коммунальное учреждение "Средняя школа № 50" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Қосөзен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ақсай; улица Алтын күн; улица Ақ жол; улица Әділет; улица Бірлестік; улица Б. Момышұлы; улица Жаңақұрылыс; улица Жастар; улица Кең сай; улица Көктем; улица Көктөбе; улица Қарасу; улица Самал; улица Терең сай; улица Шымбұлақ; потребительский кооператив садоводческих товариществ: Алмалы; потребительский кооператив садоводческих товариществ: Ветеран; потребительский кооператив садоводческих товариществ: Алатау; потребительский кооператив садоводческих товариществ: Дорожник; потребительский кооператив садоводческих товариществ: Жеміс; потребительский кооператив садоводческих товариществ: Золотая осень; потребительский кооператив садоводческих товариществ: Или-2007; потребительский кооператив садоводческих товариществ: Малахит; потребительский кооператив садоводческих товариществ: Оптимист; потребительский кооператив садоводческих товариществ: Природа; потребительский кооператив садоводческих товариществ: Связист; потребительский кооператив садоводческих товариществ: Фрунзенец; потребительский кооператив садоводческих товариществ: Целинный.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 969:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Н. Тлендиева, улица Тулпар, государственное коммунальное учреждение "Комфортная школа" государственного учреждения "Отдел образования по Илийскому району".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Н. Тілендиев:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Арал; улица Ақниет; улица Алтай; улица Аманжол; улица Ақ сұңқар; улица Ақ бұлақ; улица Ақ тұма; улица Алтын Орда; улица Ақсай; улица Атамекен; улица Алтын сақа; улица Ақ тас; улица Бәйтерек; улица Бесмойнақ; улица Бағанашыл; улица Баянауыл; улица Егемен; улица Жоламан; улица Жалаңаш; улица Жібек жолы; улица Жылысай; улица Көктөбе; улица Қарасай; улица Керемет; улица Мәтібұлақ; улица Мойынқұм; улица Отан; улица Райымбек; улица Саяжай; улица Тұлпар; улица Талап; улица Таужол; улица Ұлытау; улица Ұлан; улица Шығыс.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 993:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Караой, улица Каратал № 50, Государственное коммунальное учреждение "Средняя школа № 49" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Караой:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алатау; улица Алтын дала; улица Алға; улица Арай; улица Алматы; улица Астана; улица Азаматтық; улица Бастау; улица Достық; улица Кең дала; улица Қаратал; улица Қаскелең; улица Нұр Отан; улица Өркен; улица Сарыарқ; улица Саяхат; улица Сайран; улица Түркістан; улица Шалқар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 389:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Ақсай, улица Достық № 12, Государственное коммунальное учреждение "Средняя школа № 16 имени Ю.А. Гагарина" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", актовый зал здания начальной школы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Ақсай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абая;</w:t>
-[...179 lines deleted...]
-      Местонахождение избирательного участка: село Ақсай, улица Достық № 10, Филиал № 4 "Дом культуры с. Ақсай" государственного коммунального казенного предприятия "Районный дом культуры акима Илийского района", фойе.</w:t>
+      улица Абая; улица Ыбырай Алтынсарина; улица Әлихан Бөкейхана; улица Мағжан Жұмабаева; улица М. Горького; улица Мәңгілік Ел; улица Бауыржан Момышұлы; улица Ұлы дала; улица Целинная.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 390:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Ақсай, улица Достық № 10, Филиал № 4 "Дом культуры с. Ақсай" государственного коммунального казенного предприятия "Районный дом культуры акима Илийского района", фойе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Ақсай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Ақан сері;</w:t>
-[...197 lines deleted...]
-      Местонахождение избирательного участка: село Ақсай, улица Достық № 10, Филиал № 4 "Дом культуры с. Ақсай" государственного коммунального казенного предприятия "Районный дом культуры акима Илийского района", зрительный зал.</w:t>
+      улица Ақан сері; улица Атамұра; улица Байбосын Тамабаев; улица Достық; улица Жібек жолы; улица Западная; улица МТФ-1; улица Тәуелсіздік; улица Шоқан Уәлиханов; потребительский кооператив садоводческих товариществ: Междуречье.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 391:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Ақсай, улица Достық № 10, Филиал № 4 "Дом культуры с. Ақсай" государственного коммунального казенного предприятия "Районный дом культуры акима Илийского района", зрительный зал.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Ақсай:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абылай хан;</w:t>
-[...323 lines deleted...]
-      Местонахождение избирательного участка: село Екпинды, улица Шевченко № 3, Государственное коммунальное учреждение "Средняя школа № 2" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", актовый зал.</w:t>
+      улица Абылай хан; улица Алматы; улица Алпамыс батыр; улица Алатау; улица Астана; улица Арай; улица Атырау; улица Ахмет Байтұрсынұлы; улица Байқоңыр; улица Бейбарыс Сұлтан; улица Береке; улица Дінмұхамед Қонаев; улица Кошельного; улица Құрманғазы; улица Мұқағали Мақатаев; улица Мұхтар Әуезов; улица Нұрғиса Тілендиев.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 392:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Екпинды, улица Шевченко № 3, Государственное коммунальное учреждение "Средняя школа № 2" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", актовый зал.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Екпинды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абай;</w:t>
-[...251 lines deleted...]
-      Местонахождение избирательного участка: село Екпинды, улица Қобыланды батыр № 54, Государственное коммунальное учреждение "Средняя школа № 48 имени Толегена Айбергенова" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло, фойе.</w:t>
+      улица Абай; улица Ақбұлақ; улица Гоголя; улица Горького; улица Жаяу Мұса; улица Жәнібек хан; улица Жетісу; улица Лермонтова; улица Майкот Алғазиев; улица Нұрлы жол; улица Пушкина; улица Сарыарқа; улица Шевченко.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 393:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Екпинды, улица Қобыланды батыр № 54, Государственное коммунальное учреждение "Средняя школа № 48 имени Толегена Айбергенова" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло, фойе.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Екпинды:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Бұқар жырау;</w:t>
-[...143 lines deleted...]
-      Местонахождение избирательного участка: село Жауғашты, улица Абая № 3, Государственное коммунальное учреждение "Средняя школа № 27" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", фойе школы.</w:t>
+      улица Бұқар жырау; лица Бөлек батыр; улица Ескелді би; улица Мұхтар Әуезов; улица Медеу; улица Наурызбай батыр; улица Райымбек батыр.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 394:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Жауғашты, улица Абая № 3, Государственное коммунальное учреждение "Средняя школа № 27" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", фойе школы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абая;</w:t>
-[...755 lines deleted...]
-      Место нахождение избирательного участка: село Аскар Токпанова, улица Асубеков Сәрсенбек № 1, Государственное коммунальное учреждение "Средняя школа № 6 имени А. Молдабекова" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", актовый зал школы.</w:t>
+      улица Абая; улица Ақыртаса; улица Әбу Насыр әл-Фараби; улица Әлия Молдағұлова; улица Бауыржан Момышұлы; улица Баласағұна; улица Бурған; улица Достық; улица Жауғашты батыра; улица Құрманғазы; улица Мұхтар Әуезова; улица Талғат Бигелдинова; улица Тұрар Рысқұлова; улица Төле би; улица Шәмші Қалдаяқова; улица Шоқан Уалиханова; улица Ыбырай Алтынсарина.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 994:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Екпинды, улица Қобыланды батыр № 54, Государственное коммунальное учреждение "Средняя школа № 48 имени Толегена Айбергенова" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", левое крыло, фойе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Екпинды:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Бикен Римова; улица Қобыланды батыр; улица Мәншүк Маметова; улица Шоқан Уәлиханов; потребительский кооператив садоводческих товариществ: Ақсай; потребительский кооператив садоводческих товариществ: Балтакөл; потребительский кооператив садоводческих товариществ: Белес; потребительский кооператив садоводческих товариществ: Вишня; потребительский кооператив садоводческих товариществ: Көк-Жиек; потребительский кооператив садоводческих товариществ: Көк-Жиек-1; потребительский кооператив садоводческих товариществ: Мерей; потребительский кооператив садоводческих товариществ: Мечта ветерана; потребительский кооператив садоводческих товариществ: Самал; потребительский кооператив садоводческих товариществ: Содружество; потребительский кооператив садоводческих товариществ: Сокол; потребительский кооператив садоводческих товариществ: Энтузиаст.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 995:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: микрорайон "Шабыт", улица Ақдала № 84, Государственное коммунальное учреждение "Средняя школа № 55" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", малый спортивный зал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: микрорайон Шабыт:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алматы; улица Алакөл; улица Алтынемел; улица Ақдала; улица Аққорған; улица Ақсай; улица Ақсу; улица Ақсуат; улица Ақсүмбе; улица Ақтөбе; улица Анырақай; улица Ардагерлер; улица Арқарлы; улица Арыс; улица Атбасар; улица Атамекен; улица Аякөз; улица Балтабай; улица Балқаш; улица Баянауыл; улица Бурабай; улица Бұқтырма; улица Кұрметі; улица Күрті; улица Қаскелең.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 395:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Аскар Токпанов, улица Асубеков Сәрсенбек, № 1, Государственное коммунальное учреждение "Средняя школа №6 имени Ә. Молдабекова" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области", фойе школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Аскар Токпанов, улица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Әлия Молдағұлова; улица Бауыржан Момышұлы; улица Бұхар жырау; улица В.Г.Гиль; улица Ғабит Мүсірепов; улица Ғани Мұратбаева; улица Дина Нұрпейісов; улица Жамбыл Жабаев; улица Жылқышы Тасыбеков; улица Қажымұқан Мұнайтпасов; улица Қайрат Рысқұлбеков; улица Мәншүк Мәметова; улица Мұқан Төлебаев; улица Нұрмолда Алдабергенов; улица Сарсембек Асубеков; улица Сәбит Мұқанов; улица Төлеген Тоқтаров.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 396:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Аскар Токпанова, улица Асубеков Сәрсенбек № 1, Государственное коммунальное учреждение "Средняя школа № 6 имени А. Молдабекова" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", актовый зал школы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка:село Аскар Токпанова:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица А. Аитов;</w:t>
-[...287 lines deleted...]
-      Место нахождение избирательного участка: село Жайнак, улица Школьная дом 4, Государственное коммунальное учреждение "Средняя школа № 31" государственного учреждения "Отдел образования по Илийскому району управление образования Алматинской области", фойе школы.</w:t>
+      улица А. Аитов; улица Ақбұлақ; улица Алатау; улица Береке; улица Болашақ; улица Достық; улица Еламан Қабылдаев; улица Желтоқсан; улица Қ. Байқадамқызы;улица Райымбек батыр; улица Нұрлы; улица Шоқан Уәлиханов; улица 7; улица 8; улица 9.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 397:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Жайнак, улица Школьная дом 4, Государственное коммунальное учреждение "Средняя школа № 31" государственного учреждения "Отдел образования по Илийскому району управление образования Алматинской области", фойе школы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Жайнак:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абай Құнанбаев;</w:t>
-[...233 lines deleted...]
-      Место нахождение избирательного участка: село Аскар Токпанова, улица Айтова № 44, детский сад "Балбөбек".</w:t>
+      улица Абай Құнанбаев; улица Жамбыл Жабаев; улица Исмайл Ахмедов; улица Қасым Күшелеков; улица Қаби Үскембаев; улица Луговая; потребительский кооператив садоводческих товариществ: Ақбулақ; потребительский кооператив садоводческих товариществ: Ветеран-13; потребительский кооператив садоводческих товариществ: Жас-асар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 399:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Аскар Токпанов, войсковая часть № 16194, клуб.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Аскар Токпанов, Менделеева № 1, территория войсковых частей: № 03825, № 16194, № 55065.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 400:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Аскар Токпанов, улица Айтова № 44, детский сад "Балбөбек";</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Аскар Токпанов:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абылай хан; улица Атымтай Қисанов; улица Әсет Бейсеуов; улица Балта Сейдалиев; улица Белағаш Ақұлы; улица Бережинский Алексей Федорович; улица Жайнақ; улица Ескелді би; улица Қабанбай батыр; улица Менделеев; улица Ы. Алтынсарин; Промышленная зона; Потребительский кооператив садоводческих товариществ: "Мелиоратор"; Потребительский кооператив садоводческих товариществ: "Оптимист".</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Аскар Токпанова, улица Балта Сейдалиев, № 117, Государственное коммунальное учреждение "Средняя школа № 42" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области", левое крыло, фойе школы.</w:t>
+      улица Абылай хан; улица Атымтай Қисанов; улица Әсет Бейсеуов; улица Балта Сейдалиев; улица Белағаш Ақұлы; улица Бережинский Алексей Федорович; улица Жайнақ; улица Ескельді би; улица Қабанбай батыр; улица Менделеев; улица Ы.Алтынсарин; Промышленная зона.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 401:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Аскар Токпанова, улица Балта Сейдалиев, № 117, Государственное коммунальное учреждение "Средняя школа № 42" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области", левое крыло, фойе школы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Аскар Токпанов:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица 10; улица 11; улица 12; улица 13-квартал; улица 14; улица 4; улица 5; улица 6; улица Астана; улица Бәйтерек; улица Бірлік; улица Жеңіс; улица Жетісу; улица Жібек жолы; улица Тәуелсіздік; Потребительский кооператив садоводческих товариществ: "Ветеран 12"; Потребительский кооператив садоводческих товариществ: "Ветеран"; Потребительский кооператив садоводческих товариществ: "Ветеран-2 Надежда"; Потребительский кооператив садоводческих товариществ: "Водник"; Потребительский кооператив садоводческих товариществ: "Волна"; Потребительский кооператив садоводческих товариществ: "Гранит"; Потребительский кооператив садоводческих товариществ: "Еңбек"; Потребительский кооператив садоводческих товариществ: "Крылья"; Потребительский кооператив садоводческих товариществ: "Приозерная"; Потребительский кооператив садоводческих товариществ: "Су-шар 7"; Потребительский кооператив садоводческих товариществ: "Ягодка".</w:t>
-[...35 lines deleted...]
-      Местонахождение избирательного участка: село Мухаметжан Туймебаев, улица Ә. Молдағұлова здание № 14, Государственное коммунальное учреждение "Средняя школа № 19" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области" фойе.</w:t>
+      улица 10; улица 11; улица 12; улица 13-квартал; улица 14; улица 4;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица 5; улица 6; улица Астана; улица Бәйтерек; улица Бірлік; улица Жеңіс; улица Жетісу; улица Жібек жолы; улица Тәуелсіздік; потребительский кооператив садоводческих товариществ: Ветеран 12; потребительский кооператив садоводческих товариществ: Ветеран; потребительский кооператив садоводческих товариществ: Ветеран-2 Надежда; потребительский кооператив садоводческих товариществ: Водник; потребительский кооператив садоводческих товариществ: Волна; потребительский кооператив садоводческих товариществ: Гранит; потребительский кооператив садоводческих товариществ: Еңбек; потребительский кооператив садоводческих товариществ: Приозерная; потребительский кооператив садоводческих товариществ: Су-шар 7;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 996:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Аскар Токпанова, улица Балта Сейдалиев, № 117, государственное коммунальное учреждение "Средняя школа № 42" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области", правое крыло, фойе школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Аскар Токпанова, улица:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица 1; улица 2; улица 3; улица Атамекен; улица Балпық би; улица Бейбітшілік; улица Бекет Ата; улица Ербол Сыпатаев; улица Күләш Бәйсейітова; улица Наурызбай батыр; улица Новостройка; улица Нүркен Әбдіров; потребительский кооператив садоводческих товариществ: Байтал; потребительский кооператив садоводческих товариществ: Балтакөл; потребительский кооператив садоводческих товариществ: Достық.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 997:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Жайнак, улица Школьная № 4, Государственное коммунальное учреждение "Средняя школа № 31" государственного учреждения "Отдел образования по Илийскому району управление образования Алматинской области", фойе школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка:село Жайнак:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Алтынбек Күлибаев; улица Сүйінбай Аронұлы; улица Школьная; военный городок войсковой части № 97617; 2 квартал; потребительский кооператив садоводческих товариществ: Нұрлы-жол; потребительский кооператив садоводческих товариществ: Таскескен.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1059:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Аскар Токпанова, улица Балта Сейдалиев, № 117, государственное коммунальное учреждение "Средняя школа № 42" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Аскар Токпанов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Потребительский кооператив садоводческих товариществ: "Монтажник"; потребительский кооператив садоводческих товариществ: "Ивушка"; потребительский кооператив садоводческих товариществ: "Кирпичник"; потребительский кооператив садоводческих товариществ: "Кристалл"; "Оптимист"; потребительский кооператив садоводческих товариществ: "Мелиоратор"; потребительский кооператив садоводческих товариществ: "Крылья"; потребительский кооператив садоводческих товариществ: "Ягодка"; потребительский кооператив садоводческих товариществ: "Дружба".";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 402:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село М. Туймебаев, улица Ә. Молдағұлова здание № 14, государственное коммунальное учреждения "Средняя школа № 19" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село М. Туймебаев:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Ә. Молдағұлова; улица Жүсіпбек Аймауытов; улица Клубная; улица Қасенбай Нұрғазиев; улица Мира; улица Совхозная;; улица 50 Лет Победы № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197. 198. 200; улица Ю. Гагарин № 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 403:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Мухаметжан Туймебаев, улица Ә. Молдағұлова здание № 14, Государственное коммунальное учреждение "Средняя школа № 19" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области", спорт зал.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Мухаметжан Туймебаев:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Ә. Молдағұлова;</w:t>
-[...161 lines deleted...]
-      Местонахождение избирательного участка: село Мухаметжан Туймебаев, улица Ә. Молдағұлова здание № 14, Государственное коммунальное учреждение "Средняя школа № 19" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области", спорт зал.</w:t>
+      улица Алматинская 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 132, 134, 135; улица Аптечная; улица Озерная; улица Тәуелсіздік 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 136, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197. 198. 200, 201, 202, 203, 204, 205, 206, 207, 208; улица Прудхозная; тупиковая Больничный.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 404</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село М. Туймебаев, улица Алматинская № 189 А, государственное коммунальное учреждение "Средняя школа № 20" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село М. Туймебаев:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Есім Хан; улица Е. Сыпатаева; улица Жанқожа батыр; улица Жетісу; улица Жуаныш Барибаев; улица Қасым Хан; село Коккайнар, улица: улица Алпамыс батыра; улица Ер Тарғын; улица Қызылқұм; улица Қарақұм; улица Қобыланды батыр; улица О. Жандосов; улица Салқам Жәңгір.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 405:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Мухаметжан Туймебаев, военный городок "Первомайские пруды" № 8 Б/1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: Мухаметжан Туймебаев:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Потребительский кооператив садоводческих товариществ: Ардагер-Ветеран; потребительский кооператив садоводческих товариществ: Мауе; потребительский кооператив садоводческих товариществ: Нур Луч; потребительский кооператив садоводческих товариществ: Шар тас-2; военный городок "Первомайские пруды".";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 406:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Коккайнар, улица Астана № 2, Государственное коммунальное учреждение "Средняя школа № 29" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Коккайнар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абай; улица Астана; улица Алатау; улица Әсет Найманбаев; улица Береке; улица Бөлек батыр; улица Бірлік; улица Восточная; улица М. Әуезов; улица Молодежная; улица Медеу; улица Наурызбай батыр; улица Новобережная; улица Новостройка; улица Садовая; улица Сары Арқа; улица Шымбұлақ; улица Ынтымақ.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 407:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Жапек батыр, улица Абай здание № 17 Г, Государственное коммунальное учреждение "Средняя школа № 4" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", фойе школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Жапек батыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абай; улица Абдуали Шубаев 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77; улица Бауыржан Момышұлы; улица М. Тулебаева 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98; Потребительский кооператив садоводческих товариществ: Жастар; Потребительский кооператив садоводческих товариществ: Нұр-Береке.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 408:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Жапек батыр, улица Абай № 17 Г, Государственное коммунальное учреждение "Средняя школа № 4" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", спорт зал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Жапек батыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Жамбыл; улица Дәнеш Рақышев; улица Қ. Сәтпаев; улица М. Мәметова; улица М. Мақатаев; улица М. Әуезов; улица Оңалбай Әлім; улица Сүйінбай; улица Ш. Уәлиханов.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 409:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Толе би, улица Абдолла Қарсақбаев № 16 А, Государственное коммунальное учреждение "Средняя школа № 37" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Толе би:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улиц Абдолла Қарсақбаев; улиц Ақтамберді Жырау; улиц Әміре Қашаубаев; улиц Ә. Молдағұлова; улиц Бөлек батыр; улиц Дина Нұрпейісова; улиц Ескелді би; улиц Кенен Әзірбаев; улиц Керей Хан; улиц М. Мәметова; улиц Махмұд Қашқари; улиц Набережная; улиц Төлебаев; общежитие кирпичного завода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 410:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село М. Туймебаев, улица 2-линия, № 17, Государственное казенное предприятие Ясли-сад "Куншуак" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село М. Туймебаев:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абая; улица Ақан Сері; улица Алтынсарина; улица Алматинская № 131, 133, 135, 137, 138, 139, 140, 141, 142, 143, 144, 145, 146, 147, 148, 149, 150, 151, 152, 153, 154, 155, 156, 157, 158, 159, 160, 161, 162, 163, 164, 165, 166, 167, 168, 169, 170, 171, 172, 173, 174, 175, 176, 177, 178, 179, 180, 181, 182, 183, 184, 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 265, 266, 267, 268, 269, 270, 271, 273, 275; улица 1-линия; улица Алматы; улица Атамұра; улица Бейбарыс Сұлтан; улица Д. Қонаев; улица Кенесары хан; улица Мәлік Ғабдуллин; улица Нүркен Абдиров; улица Рақымжан Қошқарбаев; улица Сәкен Сейфуллин; улица Сырым Датұлы; улица Төле би; улица Төлеген Айбергенов; улица Төлеген Тоқтаров;; улица Тәуеліздік № 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247, 248, 249, 250, 251, 252, 253, 254, 255, 256, 257, 258, 259, 260, 261, 262, 263, 264, 266, 268, 270; улица 50 Лет Победы 201, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 224, 225, 226, 227, 228, 229, 230, 231, 232, 233, 234, 235, 236, 237, 238, 239, 240, 241, 242, 243, 244, 245, 246, 247; улица Ю. Гагарин 185, 186, 187, 188, 189, 190, 191, 192, 193, 194, 195, 196, 197, 198, 199, 200, 201, 202, 203, 204, 205, 206, 207, 208, 209, 210, 211, 212, 213, 214, 215, 216, 217, 218, 219, 220, 221, 222, 223, 225.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 411:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Мухаметжан Туймебаев, улица Ереванская № 3 Г, Государственное коммунальное учреждение "Средняя школа № 43" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Мухаметжан Туймебаев:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Алматинская 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 132, 134, 135;</w:t>
-[...629 lines deleted...]
-      Местонахождение избирательного участка: село Коккайнар, улица Астана № 2, Государственное коммунальное учреждение "Средняя школа № 29" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      улица Әл-Фараби; улица Бөгенбай батыр; улица Бел Ағаш Ата; улица Ворошилов; улица Ереванская; улица Заводская; улица Заречная; улица Қабанбай батыр; улица Қарасай батыр; улица Құдыс Қожамияров; улица Ләззат Асанова; улица Набережная; улица Өтеген батыр; улица Первомайская; улица Серке Кожамқұлов; улица Шәмші Қалдаяқов; потребительский кооператив садоводческих товариществ: Алмагуль; потребительский кооператив садоводческих товариществ: Жағажай.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 412:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Жапек батыр, улица Қ. Алтаева № 138 А, Государственное коммунальное учреждение "Средняя школа № 36" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", левое крыло.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Жапек батыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абдуали Шубаев 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 137, 139, 141, 143, 145, 147, 149, 151; улица Ахмет Жылқыбеков; улица Қ. Алтаев; улица М. Тулебаева 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 132, 134, 136, 138, 140, 142, 144, 146; улица Оқас Қожанов.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 413:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Коккайнар, улица Байтерек, № 97 А, государственное коммунальное учреждение "Средняя школа № 44" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области", правое крыло.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Коккайнар:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абай;</w:t>
-[...341 lines deleted...]
-      Место нахождение избирательного участка: село Жапек батыр, улица Абай здание № 17 Г, Государственное коммунальное учреждение "Средняя школа № 4" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", фойе школы.</w:t>
+      улица Атырау; улица Бәйтерек; улица Банная; улица Строительная; улица Цветочная; потребительские кооперативы садоводческих товариществ: Батыр.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 970:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Жапек батыр, микрорайон "Школьный", государственное коммунальное учреждение "Средняя школа № 51" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Жапек батыр:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абай; улица Абдуали Шубаев 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77; улица Бауыржан Момышұлы; улица М. Тулебаева 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39, 40, 41, 42, 43, 44, 45, 46, 47, 48, 49, 50, 51, 52, 53, 54, 55, 56, 57, 58, 59, 60, 61, 62, 63, 64, 65, 66, 67, 68, 69, 70, 71, 72, 73, 74, 75, 76, 77, 78, 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98; Потребительский кооператив садоводческих товариществ: Жастар; Потребительский кооператив садоводческих товариществ: Нұр-Береке.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Жапек батыр, улица Абай № 17 Г, Государственное коммунальное учреждение "Средняя школа № 4" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", спорт зал.</w:t>
+      улица 3-линия, 4-линия, 5-линия, 6-линия, 7-линия, 8-линия, 9-линия, 10-линия, 11-линия, 12-линия, 13-линия, 14-линия, 15-линия потребительского кооператива садоводческих товариществ: Жомарт.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 998:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Коккайнар, ПКСТ "Болашак", государственное коммунальное учреждение "Средняя школа № 53" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Коккайнар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Қарқара; улица Көк Төбе; улица Тарази; улица Хан Тәңірі; улица Құлагер; улица Көктем; улица Капшағай; улица Нұрғиса Тілендиев; улица Фариза Оңғарсынова; улица Тұран; улица Күйші Дина; улица Тоқаш Бокин, улица Шәкәрім Құдайбердіұлы; улица Бурабай; потребительский кооператив садоводческих товариществ: Место под солнцем.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1009:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Коккайнар, ПКСТ "Акжол садовод", улица Бөгенбай батыр, № 3156, товарищество с ограниченной ответственностью "Menin Mektebim".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Коккайнар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      потребительский кооператив садоводческих товариществ: Ақжол садовод; потребительский кооператив садоводческих товариществ: Жер ана; потребительский кооператив садоводческих товариществ: Женистау; потребительский кооператив садоводческих товариществ: Нұратакент.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1047:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Жапек батыр, улица Алтаева № 138 А, Государственное коммунальное учреждение "Средняя школа № 36" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", правое крыло.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Жапек батыр:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Жамбыл; улица Дәнеш Рақышев; улица Қ. Сәтпаев; улица М. Мәметова; улица М. Мақатаев; улица М. Әуезов; улица Оңалбай Әлім; улица Сүйінбай; улица Ш. Уәлиханов.</w:t>
-[...1061 lines deleted...]
-      Местонахождение избирательного участка: село Жапек батыр, улица Қ. Алтаева № 138 А, Государственное коммунальное учреждение "Средняя школа № 36" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", левое крыло.</w:t>
+      потребительский кооператив садоводческих товариществ: Алмагуль-Д; потребительский кооператив садоводческих товариществ: Айдын; потребительский кооператив садоводческих товариществ: Береке; потребительский кооператив садоводческих товариществ: Бодрость; потребительский кооператив садоводческих товариществ: Виктория; потребительский кооператив садоводческих товариществ: Металлург; потребительский кооператив садоводческих товариществ: Пруды; потребительский кооператив садоводческих товариществ: Первомайский рай; потребительский кооператив садоводческих товариществ: Южный; потребительский кооператив садоводческих товариществ: Южный-1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1055:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Көкқайнар, улица Бәйтерек № 97 А, Государственное коммунальное учреждение "Средняя школа № 44" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", левое крыло.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Көкқайнар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      потребительский кооператив садоводческих товариществ: Береке-Д; потребительский кооператив садоводческих товариществ: Гулдары; потребительский кооператив садоводческих товариществ: Генофонд; потребительский кооператив садоводческих товариществ: Жаркын жастар; потребительский кооператив садоводческих товариществ: Көкжайлау; потребительский кооператив садоводческих товариществ: Райымбек батыр; потребительский кооператив садоводческих товариществ: Юрист.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1056:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Жапек батыр, микрорайон "Школьный", государственное коммунальное учреждение "Средняя школа № 51" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Жапек батыр:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абдуали Шубаев 79, 80, 81, 82, 83, 84, 85, 86, 87, 88, 89, 90, 91, 92, 93, 94, 95, 96, 97, 98, 99, 100, 101, 102, 103, 104, 105, 106, 107, 108, 109, 110, 111, 112, 113, 114, 115, 116, 117, 118, 119, 120, 121, 122, 123, 124, 125, 126, 127, 128, 129, 130, 131, 132, 133, 134, 135, 137, 139, 141, 143, 145, 147, 149, 151;</w:t>
-[...179 lines deleted...]
-      Место нахождение избирательного участка: село Байкент, микрорайон № 3, здание № 13, Государственное коммунальное казенное предприятие "Районный дом культуры акима Илийского района", фойе дома культуры.</w:t>
+      улица 1-линия, 2 линия потребительского кооператива садоводческих товариществ: Жомарт; потребительский кооператив садоводческих товариществ: Күншуак агро; потребительский кооператив садоводческих товариществ: Нурахын; потребительский кооператив садоводческих товариществ: Мекен жай; микрорайон "Школьный".";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1057:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Коккайнар, потребительский кооператив садоводческих товариществ "Болашак", государственное коммунальное учреждение "Средняя школа № 53" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Коккайнар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      отребительский кооператив садоводческих товариществ: Болашақ; потребительский кооператив садоводческих товариществ: Достық-2030; потребительский кооператив садоводческих товариществ: Тилектес.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1058:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село М.Түймебаев, улица Қадырғали Жалайри, № 24/1, государственное коммунальное учреждение "Средняя школа № 3" государственного учреждения "Отдел образования по Илийскому району Управления образования Алматинской области".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Жапек батыр:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Қадырғали Жалайри; улица Қайрат Рысқұлбеков; улица С.Мұқанов; улица Ақбұлақ; улица Бұқар Жырау; улица Темірбек Жүргенов; улица Жаяу мұса; улица Ақсай; улица Сағадат Нұрмағанбетов; улица Қорқыт Ата; улица Ертіс.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 414:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Байкент, микрорайон № 3, здание № 13, государственное коммунальное казенное предприятие "Районный дом культуры акима Илийского района", фойе дома культуры.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Байкент:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абай № 1/1, 1/2, 1/3, 1/4, 2/1, 2/2, 2/3, 2/4, 3/1, 3/2, 3/3, 3/4, 4, 4/1, 4/2, 4/3, 4/4, 5, 6, 6/2, 7/1, 7/4, 8, 8/2, 9, 9 Б, 10, 10/2, 11/1, 11/2, 11/3, 11/4, 12, 13, 14, 15, 16, 17, 17/1, 18, 18/1, 18/2, 19, 19/2, 20, 21, 21/2, 21/3, 22/1, 22/2, 23, 24, 25, 26, 26/4, 27, 27/1, 27/2, 28/2, 28/4, 29/2, 29/3, 30, 30/1, 30/3, 30/4, 31, 31/1, 31/2, 31/3, 32/1, 32/2, 33/1, 33/2, 34, 34/1, 34/2, 34/3, 34/4, 35/1, 35/2, 35/3, 35/4, 36, 37, 37 А, 37/1, 37/2, 37/3, 37/4, 38, 38/1, 38/2, 39/1, 39/2, 40, 40/1, 40/2, 40 А, 41, 41 А, 41/1, 41 А, 42, 42/2; улица Ақ бұлақ; улица Алатау; улица Алтын Дән; улица Арал; улица Ардагер; улица Достық; улица Жастар; улица Жетісу; улица Жұмбақтас; улица Құлагер; улица Наурыз; улица Өркениет; улица Өркен; улица Рахат; улица Самал; улица Самұрык; улица Тәуелсіздік; улица Тың Дала; улица Шұғыла; улица Ынтымақ; микрорайон № 3.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Байкент, микрорайон № 2, здание № 1, Государственное коммунальное учреждение "Средняя школа № 10" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", фойе школы.</w:t>
+      улица Абай № 1/1, 1/2, 1/3, 1/4, 2/1, 2/2, 2/3, 2/4, 3/1, 3/2, 3/3, 3/4, 4, 4/1, 4/2,4/3, 4/4, 5, 6, 6/2, 7/1, 7/4, 8, 8/2, 9, 9Б, 10, 10/2, 11/1, 11/2, 11/3, 11/4, 12, 13, 14, 15, 16, 17, 17/1, 18, 18/1, 18/2, 19, 19/2, 20, 21, 21/2, 21/3, 22/1, 22/2, 23, 24, 25, 26, 26/4, 27, 27/1, 27/2, 28/2, 28/4, 29/2, 29/3, 30, 30/1, 30/3, 30/4, 31, 31/1, 31/2, 31/3, 32/1, 32/2, 33/1, 33/2, 34, 34/1, 34/2, 34/3, 34/4, 35/1, 35/2, 35/3,35/4, 36, 37, 37 А, 37/1, 37/2, 37/3, 37/4, 38, 38/1, 38/2, 39/1, 39/2, 40, 40/1, 40/2, 40А, 41, 41А, 41/1, 41А, 42, 42/2; улица Алатау; улица Алтын Дән; улица Арал; улица Ардагер; улица Достық; улица Жетісу; улица Құлагер; улица Наурыз; улица Өркен; улица Самұрык; микрорайон № 3.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 415:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Байкент, микрорайон № 2, здание № 1, государственное коммунальное учреждение "Средняя школа № 10" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области", фойе школы.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Байкент:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Абай 44 А, 46, 46 А, 47, 47/1, 47/2, 47/5, 47/6, 48, 50, 52, 54, 56, 58, 62, 66, 68, 72, 74, 76, 78, 80, 82; улица Ақниет; улица Алтай; улица Бәйтерек; улица Бейбітшілік; улица Болашақ; улица Гагарин; улица Ескелді би; улица Жамбыл; улица Жеңіске 30 жыл; улица Жерұйық; улица Қабанбай батыр; улица Құрманғазы; улица Маусым; улица Мәлік Ғабдуллин; улица Сарыарқа; микрорайон № 1; микрорайон № 2.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Байкент, микрорайон Доскеева № 170 Б, товарищество с ограниченной ответсвенностью "NOVA INVEST".</w:t>
+      улица Ақниет; улица Алтай; улица Бәйтерек; улица Болашақ; улица Гагарин; улица Ескелді би; улица Жерұйық; улица Қабанбай батыр; улица Құрманғазы; улица Маусым; улица Мәлік Ғабдуллин; улица Сарыарқа; микрорайон № 1; микрорайон № 2.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 416:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Байкент, микрорайон Доскеева № 170 Б, товарищество с ограниченной ответсвенностью "NOVA INVEST".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Байкент:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      улица Атамекен; микрорайон Доскеева; улица Жібек жолы; улица Жолбарысты; улица К. Цеткин; улица Шоқан Уалиханов; улица Іле; Потребительский кооператив садоводческих товариществ: Виктория; Потребительский кооператив садоводческих товариществ: Дружба; Потребительский кооператив садоводческих товариществ: Коктем; Потребительский кооператив садоводческих товариществ: Черемушки.</w:t>
-[...35 lines deleted...]
-      Место нахождение избирательного участка: село Акши, улица Дінмұхамед Қонаев № 13 А, Государственное коммунальное учреждение "Средняя школа № 8" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      микрорайон Доскеева; улица Жолбарысты; улица К. Цеткин; улица Шоқан Уалиханов; улица Іле; потребительский кооператив садоводческих товариществ: Виктория; потребительский кооператив садоводческих товариществ: Дружба; потребительский кооператив садоводческих товариществ: Коктем; потребительский кооператив садоводческих товариществ: Черемушки.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 1060:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Байкент, микрорайон № 3, здание № 13, государственное коммунальное казенное предприятие "Районный дом культуры акима Илийского района", спортзал дома культуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Границы избирательного участка: село Байкент:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      улица Абай 44 А, 46, 46 А, 47, 47/1, 47/2, 47/5, 47/6, 48, 50, 52, 54, 56, 58, 62, 66, 68, 72, 74, 76, 78, 80, 82; улица Ақ бұлақ; улица Атамекен; улица Бейбітшілік; улица Жастар; улица Жамбыл; улица Жеңіске 30 жыл; улица Жібек жолы; улица Жұмбақтас; улица Қайнар; улица Өркениет; улица Рахат; улица Самал; улица Тәуелсіздік; улица Тың Дала; улица Шұғыла; улица Ынтымақ.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 417:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Акши, улица Дінмұхамед Қонаев № 13 А, государственное коммунальное учреждение "Средняя школа № 8" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Акши:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Бәйтерек;</w:t>
-[...575 lines deleted...]
-      Место нахождение избирательного участка: село Акши, улица Дінмұхамед Қонаев № 11, Государственное коммунальное учреждение "Средняя школа № 41 имени Т. Бокина" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
+      улица Бәйтерек; улица Бәйдібек батыр 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39; улица Береке; улица Бейбітшілік; улица Б. Бекбатырова; улица Бірлік; улица Жетісу; улица Жастар; улица Жеңіс; улица Достық; улица Дінмұхамед Қонаев 1 А, 1 Б, 1 Г/1, 1/2, 3, 3/1, 3/2, 5/1, 5/2, 7, 7/1, 7/2, 9/1, 9/2, 11/1, 11/2, 14, 14/1, 14/2, 18/1, 18/2; улица Желтоқсан; улица Қ. Досанов; улица Қазбек Бек; улица Қ. Рысқұлбеков; улица Қарасай батыр 1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37, 38, 39; улица Сүйінбай; улица С. Датұлы; улица М. Ғабдуллин; улица Наурыз; улица Рысқұлов; улица Төле би; улица Т. Бокин; улица Т. Айбергенов 1, 1/1, 1/2, 2, 2/1, 3/1, 4/1, 4/2, 4 Б, 6/1, 6/2, 8/1, 8/2, 9, 9/1, 9/2, 12, 13, 14, 15, 15 А, 15 Б, 15 В, 15 Г, 15 Д, 15 Ж, 17, 20, 22, 22 А, 24 А/2, 26/1, 26/2, 26/3; улица Райымбек батыр 1, 1 А, 2, 2 А, 3, 4, 5, 6, 7, 8, 9, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24, 25, 26, 27, 28, 29, 30, 31, 32, 33, 34, 35, 36, 37; улица Шәкәрім; Ш. Уәлиханов; улица село Курты: улица Алматы; улица Астана; улица Тәуелсіздік.";</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Избирательный участок № 418:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "Местонахождение избирательного участка: село Акши, улица Дінмұхамед Қонаев № 11, государственное коммунальное учреждение "Средняя школа № 41 имени Т. Бокина" государственного учреждения "Отдел образования по Илийскому району управления образования Алматинской области".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Границы избирательного участка: село Акши:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Б. Ақұлы;</w:t>
-[...5075 lines deleted...]
-      Потребительский кооператив садоводческих товариществ: Акжол садовод; Потребительский кооператив садоводческих товариществ: Ветеран.</w:t>
+      улица Б. Ақұлы; улица Бәйдібек батыр 40, 41, 42, 43, 44, 45, 46, 47, 48, 49; улица Дінмұхамед Қонаев 22/1, 22/2, 24, 24/2, 25 А, 25, 25 Б, 26/1, 26/2, 27, 28, 30, 35/1, 35/2, 35/3, 35/4, 36, 38, 40, 41, 42, 44, 49, 51, 52; улица Жамбыл; улица Ғ. Мұратбаев; улица Ж. Бәрібаев; улица Қарасай батыр 40, 41, 42, 43, 44, 45, 46, 47, 48, 49; улица Құрманғазы; улица К. Әзірбаев; улица Қ. Сәтбаев; улица К. Қасымұлы; улица Райымбек батыр 38, 39, 40, 41, 42, 43, 44, 45, 46, 47; улица Т. Айбергенов № 28/1, 28/2, 28/3, 32/1, 32/2, 34/1, 34/2, 42/1, 42/2, 43/1, 43/2, 44/1, 44/2; улица О. Жандосов; улица О. Әубәкіров; улица Ы. Алтынсарин."</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      .</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
@@ -18194,55 +7448,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>