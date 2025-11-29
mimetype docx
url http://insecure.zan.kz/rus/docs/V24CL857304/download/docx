--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0bc3ada" w14:textId="0bc3ada">
+    <w:p w14:paraId="8906355" w14:textId="8906355">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,60 +93,105 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об определении размера и порядка оказания жилищной помощи в Хромтауском районе</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Решение Хромтауского районного маслихата Актюбинской области от 15 апреля 2024 года № 173. Зарегистрировано Департаментом юстиции Актюбинской области 17 апреля 2024 года № 8573-04</w:t>
-[...8 lines deleted...]
-      <w:bookmarkStart w:name="z2" w:id="0"/>
+        <w:t>Решение Хромтауского районного маслихата Актюбинской области от 15 апреля 2024 года № 173. Зарегистрировано Департаментом юстиции Актюбинской области 17 апреля 2024 года № 8573-04.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок - в редакции решения Хромтауского районного маслихата Актюбинской области от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z2" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -428,50 +473,68 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Э. Болатов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -505,70 +568,147 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 к решению Хромтауского районного маслихата от 15 апреля 2024 года № 173</w:t>
+              <w:t xml:space="preserve">Приложение 1 к решению </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Хромтауского районного </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">маслихата от 15 апреля 2024 </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>года № 173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Размер и порядок оказания жилищной помощи в Хромтауском районе</w:t>
+        <w:t xml:space="preserve"> Правила и размер оказания жилищной помощи в Хромтауском районе</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок - в редакции решения Хромтауского районного маслихата Актюбинской области от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z7" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Жилищная помощь предоставляется за счет средств местного бюджета малообеспеченным семьям (гражданам), постоянно зарегистрированным и проживающим в жилище на территории Хромауского района, которое находится на праве собственности как единственное жилище на территории Республики Казахстан, а также нанимателям (поднанимателям) жилища из государственного жилищного фонда и жилища, арендованного местным исполнительным органом в частном жилищном фонде, на оплату:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
@@ -652,107 +792,231 @@
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жилищная помощь определяется как разница между суммой оплаты расходов на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума, потребление коммунальных услуг и услуг связи в части увеличения абонентской платы за телефон, подключенный к сети телекоммуникаций, пользование жилищем из государственного жилищного фонда и жилищем, арендованным местным исполнительным органом в частном жилищном фонде, и предельно допустимым уровнем расходов малообеспеченных семей (граждан) на эти цели, установленным местным представительным органом.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Доля предельно допустимых расходов к совокупному доходу малообеспеченной семьи (гражданина) устанавливается в размере 2 (двух) процентов.</w:t>
+      Доля предельно допустимых расходов к совокупному доходу малообеспеченной семьи (гражданина) устанавливается в размере 5 (пять) процентов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жилищная помощь оказывается на бесплатной основе малообеспеченным семьям (гражданам). Назначение жилищной помощи оказывается государственным учреждением "Хромтауский районный отдел занятости и социальных программ" (далее – уполномоченный орган).</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 с изменениями, внесенным решением Хромтауского районного маслихата Актюбинской области от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z8" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Жилищная помощь оказывается по предъявленным поставщиками счетам о ежемесячных взносах на управление объектом кондоминиума и содержание общего имущества объекта кондоминиума, в том числе капитальный ремонт общего имущества объекта кондоминиума согласно смете расходов и счетам на оплату коммунальных услуг за счет бюджетных средств малообеспеченным семьям (гражданам).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При назначении жилищной помощи принимается норма площади в размере не менее 15 (пятнадцати) квадратных метров и не более 18 (восемнадцати) квадратных метров полезной площади на человека, но не менее однокомнатной квартиры или комнаты в общежитии.</w:t>
+      При назначении жилищной помощи принимается норма квадратуры на человека восемнадцать квадратных метров полезной площади на человека, но не более фактически занимаемой площади, для одиноко проживающего не более тридцати квадратных метров.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменениями, внесенным решением Хромтауского районного маслихата Актюбинской области от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z9" w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Совокупный доход малообеспеченной семьи (гражданина) исчисляется уполномоченным органом за квартал, предшествовавший кварталу обращения за назначением жилищной помощи, в порядке, определяемым главой 3 приказа Министра промышленности и строительства Республики Казахстан от 8 декабря 2023 года № 117 "Об утверждении Правил предоставления жилищной помощи" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33763) (далее – Правила).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
     <w:bookmarkStart w:name="z10" w:id="7"/>
     <w:p>
       <w:pPr>
@@ -1191,370 +1455,448 @@
         <w:t>
       7. При повторном обращении малообеспеченная семья (гражданин) (либо его представитель по нотариально заверенной доверенности) представляет только подтверждающие документы о доходах семьи и счета на коммунальные расходы за истекший квартал перед обращением, за исключением, предусмотренного пунктом 10 настоящего Размера и порядка оказания жилищной помощи в Хромтауском районе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
     <w:bookmarkStart w:name="z14" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Компенсация повышения тарифов абонентской платы за оказание услуг телекоммуникации социально–защищаемым гражданам, осуществляется в соответствии с приказом Министра цифрового развития, инноваций и аэрокосмической промышленности Республики Казахстан от 28 июля 2023 года № 295/НҚ "Об определении размера и утверждении Правил компенсации повышения тарифов абонентской платы за оказание услуг телекоммуникаций социально защищаемым гражданам" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 33200).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z15" w:id="12"/>
-[...15 lines deleted...]
-      9. Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации либо через веб–портал "электронного правительства" составляет 8 (восемь) рабочих дней.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Срок рассмотрения документов и принятия решения о предоставлении жилищной помощи либо мотивированный ответ об отказе со дня принятия полного комплекта документов от Государственной корпорации, либо через веб-портал "электронного правительства" составляет 6 (шесть) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 - в редакции решения Хромтауского районного маслихата Актюбинской области от 31.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 383</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие со дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Уполномоченный орган отказывает в предоставлении жилищной помощи по следующим основаниям:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z16" w:id="13"/>
-[...15 lines deleted...]
-      10. Уполномоченный орган отказывает в предоставлении жилищной помощи по следующим основаниям:</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) установление недостоверности документов, представленных малообеспеченной семьей (гражданином) для получения жилищной помощи, и (или) данных (сведений), содержащихся в них;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) несоответствие малообеспеченной семьи (гражданина) и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания жилищной помощи, требованиям, установленным в Правилах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в отношении малообеспеченной семьи (гражданина) имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) в отношении малообеспеченной семьи (гражданина) имеется вступившее в законную силу решение суда, на основании которого малообеспеченная семья (гражданин) лишен специального права, связанного с получением жилищной помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Назначение жилищной помощи малообеспеченным семьям (гражданам) осуществляется в пределах средств, предусмотренных в бюджете района на соответствующий финансовый год.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:p>
-[...87 lines deleted...]
-      11. Назначение жилищной помощи малообеспеченным семьям (гражданам) осуществляется в пределах средств, предусмотренных в бюджете района на соответствующий финансовый год.</w:t>
+    <w:bookmarkStart w:name="z18" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Выплата жилищной помощи малообеспеченным семьям (гражданам) осуществляется уполномоченным органом через банки второго уровня путем перечисления начисленных сумм на лицевые счета получателей жилищной помощи.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z18" w:id="15"/>
-[...15 lines deleted...]
-      12. Выплата жилищной помощи малообеспеченным семьям (гражданам) осуществляется уполномоченным органом через банки второго уровня путем перечисления начисленных сумм на лицевые счета получателей жилищной помощи.</w:t>
+    <w:bookmarkStart w:name="z19" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Выплата производится ежеквартально после 20 (двадцатого) числа последнего месяца квартала.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z19" w:id="16"/>
-[...15 lines deleted...]
-      13. Выплата производится ежеквартально после 20 (двадцатого) числа последнего месяца квартала.</w:t>
+    <w:bookmarkStart w:name="z20" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Рассмотрение жалобы по вопросам оказания жилищной помощи производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="16"/>
-    <w:bookmarkStart w:name="z20" w:id="17"/>
-[...15 lines deleted...]
-      14. Рассмотрение жалобы по вопросам оказания жилищной помощи производится вышестоящим административным органом, должностным лицом, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба подается уполномоченному органу и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В соответствии с пунктом 4 статьи 91 Административного процедурно–процессуального кодекса Республики Казахстан, уполномоченный орган, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба уполномоченным органом не направляется в орган, рассматривающий жалобу (вышестоящий административный орган и (или) должностное лицо), в случае принятия в течение 3 (трех) рабочих дней благоприятного акта, совершения административного действия, полностью удовлетворяющие требования, указанные в жалобе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба малообеспеченной семьи (гражданина), поступившая в адрес уполномоченного органа, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Жалоба малообеспеченной семьи (гражданина), поступившая в адрес органа, рассматривающего жалобу подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке. В случае, если законом предусмотрена возможность обращения в суд без необходимости обжалования в вышестоящем органе, административный орган, должностное лицо, административный акт, административное действие (бездействие) которых оспариваются, наряду с отзывом представляют в суд мотивированную позицию руководителя вышестоящего административного органа, должностного лица.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Отношения неурегулированные настоящим размером и порядком оказания жилищной помощи в Хромтауском районе регулируются в соответствии с действующим законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="17"/>
-    <w:p>
-[...126 lines deleted...]
-    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1610,344 +1952,344 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Приложение 2 к решению Хромтауского районного маслихата от 15 апреля 2024 года № 173</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень некоторых решений Хромтауского районного маслихата признанных утратившими силу</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z23" w:id="19"/>
+    <w:bookmarkStart w:name="z23" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Хромтауского районного маслихата Актюбинской области "Об определении размера и порядка оказания жилищной помощи в Хромтауском районе" от 15 мая 2017 года № 120 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 5541);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z24" w:id="20"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z24" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Хромтауского районного маслихата Актюбинской области "О внесении изменений в решение районного маслихата от 15 мая 2017 года № 120 "Об определении размера и порядка оказания жилищной помощи в Хромтауском районе" от 5 декабря 2018 года № 254 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 3-12-191);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z25" w:id="21"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z25" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Хромтауского районного маслихата Актюбинской области "О внесении изменений в решение районного маслихата от 15 мая 2017 года № 120 "Об определении размера и порядка оказания жилищной помощи в Хромтауском районе" от 25 декабря 2019 года №396 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 6623);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z26" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z26" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Хромтауского районного маслихата Актюбинской области "О внесении изменения в решение Хромтауского районного маслихата от 15 мая 2017 года № 120 "Об определении размера и порядка оказания жилищной помощи в Хромтауском районе" от 24 августа 2020 года № 496 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 7365);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z27" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z27" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Хромтауского районного маслихата Актюбинской области "О внесении изменений в решение Хромтауского районного маслихата от 15 мая 2017 года № 120 "Об определении размера и порядка оказания жилищной помощи в Хромтауском районе" от 27 июля 2023 года № 64 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 8391);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z28" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z28" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Решение</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Хромтауского районного маслихата Актюбинской области "О внесении изменения в решение Хромтауского районного маслихата от 15 мая 2017 года № 120 "Об определении размера и порядка оказания жилищной помощи в Хромтауском районе" от 22 декабря 2023 года № 111 (зарегистрировано в Реестре государственной регистрации нормативных правовых актов за № 8478);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>