--- v0 (2025-11-07)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="7ba7672" w14:textId="7ba7672">
+    <w:p w14:paraId="00cb2cd" w14:textId="00cb2cd">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1765,131 +1765,131 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) коммерческое предложение, подтверждающее розничную цену реализации спутникового приемного устройства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
     <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) список покупателей с указанием их контактной информации (фамилия, имя, отчество (при его наличии), полный адрес проживания (область, город (район), село, улиц, дом, квартира), номер мобильного телефона) и данных о реализованных спутниковых приемных устройств (серийные номера, модель и дата продажи);</w:t>
+      3) список покупателей с указанием их контактной информации согласно алфавитному порядку (фамилия, имя, отчество (при его наличии), полный адрес проживания (область, город (район), село, улица, дом, квартира), номер мобильного телефона) и данных о реализованных спутниковых приемных устройствах (серийные номера, модель и дата продажи);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
     <w:bookmarkStart w:name="z50" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) кассовые чеки реализованных абонентам спутниковых приемных устройств на территории распространения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
     <w:bookmarkStart w:name="z51" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) оригиналы договоров купли-продажи;</w:t>
+      5) оригиналы договоров купли-продажи, расположенные в алфавитном порядке по фамилиям абонентов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
     <w:bookmarkStart w:name="z52" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) оригиналы актов приема-передачи;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:bookmarkStart w:name="z53" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7) оригиналы квитанции, подтверждающие оплату абонентами за приобретенные спутниковые приемные устройства;</w:t>
+      7) оригиналы квитанций, подтверждающие оплату абонентами за приобретенные спутниковые приемные устройства, за исключением оплаты абонентами без использования наличных денег (безналичные платежи);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
     <w:bookmarkStart w:name="z54" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) сведения об организации системы контроля за реализацией спутниковых приемных устройств в рамках территории распространения, участвующей в субсидировании, с описанием механизмов контроля;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:bookmarkStart w:name="z55" w:id="49"/>
     <w:p>
@@ -1909,150 +1909,304 @@
         <w:t>
       9) гарантийное письмо о подтверждении соответствия реализованных спутниковых приемных устройств технических параметрам качества телерадиовещания;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:bookmarkStart w:name="z56" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) гарантийное письмо о наличии гарантии на реализованные спутниковые приемные устройства;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z57" w:id="51"/>
-[...15 lines deleted...]
-      11) фотографии (с разрешением не менее 1080p, с указанием даты и время съемки), подтверждающие наличие спутниковых приемных устройств у абонентов;</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) исключен приказом Заместителя Премьер-Министра - Министра культуры и информации РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 673-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования);</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z58" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) обобщенные данные по количеству реализованных спутниковых приемных устройств и суммам, на которые запрашивается субсидирование.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z58" w:id="52"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z59" w:id="53"/>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Абонент дает (отзывает) согласие на сбор, обработку персональных данных письменно, посредством государственного сервиса, негосударственного сервиса либо иным способом, позволяющим подтвердить получение согласия, в соответствии со статьей 8 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О персональных данных и их защите".</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Вышеперечисленные документы прошиваются, пронумеровываются, заверяются печатью и подписью руководителя либо лица его замещающего, либо лица, уполномоченного по доверенности, оформленной в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Гражданским</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кодексом Республики Казахстан оператора спутникового телерадиовещания;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z60" w:id="54"/>
-[...15 lines deleted...]
-      Вышеперечисленные документы прошиваются, пронумеровываются, заверяются печатью и подписью руководителя (или лицом его замещающим) оператора спутникового телерадиовещания.</w:t>
+    <w:bookmarkStart w:name="z108" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) заявление оператора спутникового телерадиовещания в произвольной форме о том, что реализованные в отчетном периоде спутниковые приемные устройства приобретены абонентами для первоначального подключения и не предназначены для замены ранее установленного, исправного оборудования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 с изменением, внесенным приказом Заместителя Премьер-Министра - Министра культуры и информации РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 673-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z61" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Поступившие заявки и прилагаемые к ним документы (далее – пакет документов), указанные в пункте 12 настоящих Правил, регистрируются уполномоченным органом.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="55"/>
     <w:bookmarkStart w:name="z62" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2165,94 +2319,156 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При неприведении в соответствие заявки, а также не представлении в течение 5 (пяти) рабочих дней оператором спутникового телерадиовещания пакета документов, предусмотренных пунктом 12 настоящих Правил, Комиссия отказывает в рассмотрении заявки.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="61"/>
     <w:bookmarkStart w:name="z68" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      15. Комиссия в течение 15 (пятнадцати) рабочих дней со дня поступления полного пакета документов рассматривает их на соответствие настоящим Правилам и принимает одно из следующих решений:</w:t>
+      15. Комиссия в течение 5 (пяти) рабочих дней со дня поступления полного пакета документов рассматривает их на соответствие настоящим Правилам и принимает одно из следующих решений:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z69" w:id="63"/>
+    <w:bookmarkStart w:name="z109" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о субсидировании части затрат операторов спутникового телерадиовещания на реализацию спутниковых приемных устройств, при соответствии настоящим Правилам;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z70" w:id="64"/>
+    <w:bookmarkStart w:name="z110" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) об отказе в субсидировании части затрат операторов спутникового телерадиовещания на реализацию спутниковых приемных устройств, при несоответствии настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 15 – в редакции приказа Заместителя Премьер-Министра - Министра культуры и информации РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 673-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z71" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. Комиссия проводит заседания на ежеквартальной основе по мере поступления заявок в сроки, согласно пункту 14 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="65"/>
     <w:bookmarkStart w:name="z72" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2285,54 +2501,116 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       18. В течение 2 (двух) рабочих дней со дня принятия решения Комиссии выписка из протокола размещается на интернет-ресурсе уполномоченного органа.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="67"/>
     <w:bookmarkStart w:name="z74" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      19. На основании решения Комиссии заключается договор между уполномоченным органом и оператором спутникового телерадиовещания.</w:t>
+      19. На основании решения Комиссии в течение 5 (пяти) рабочих дней после дня принятия решения Комиссией заключается договор между уполномоченным органом и оператором спутникового телерадиовещания.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 – в редакции приказа Заместителя Премьер-Министра - Министра культуры и информации РК от 25.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 673-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z75" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. На основании решения Комиссии о выплате субсидии оператору спутникового телерадиовещания и заключенного договора, уполномоченный орган осуществляет перечисление 100 % от скидки, предоставленной оператором спутникового телерадиовещания абоненту на реализацию спутниковых приемных устройств, но не более 20 000 (двадцати тысяч) тенге за одно реализованное спутниковое приемное устройство, на его расчетный счет, открытый в банке второго уровня, указанный в заявке.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="69"/>
     <w:bookmarkStart w:name="z76" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2349,662 +2627,630 @@
         <w:t xml:space="preserve">
       21. Решение Комиссии обжалуется в порядке, определенном </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z77" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      22. Уполномоченный орган включает расходы по субсидированию в бюджетный запрос на соответствующий финансовый год согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статье 75</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бюджетного кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 22 – в редакции приказа Министра культуры и информации РК от 03.07.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 305-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с 01.01.2026).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...82 lines deleted...]
-    <w:bookmarkStart w:name="z78" w:id="71"/>
+    </w:p>
+    <w:bookmarkStart w:name="z78" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       23. Оператор спутникового телерадиовещания предоставляет абоненту право просмотра платного пакета теле-, радиоканалов, включающего максимальное количество каналов и дополнительного контента, доступного у оператора спутникового телерадиовещания на момент предоставления услуги, на безвозмездной основе не менее 12 (двенадцати) месяцев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z79" w:id="72"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z79" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       24. Право собственности на спутниковое приемное устройство передается абоненту.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z80" w:id="73"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z80" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       25. Реализация спутниковых приемных устройств является единовременным и повторно не поставляется получившим их абонентам, членам их семьи и другим лицам, постоянно проживающим с ними совместно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z81" w:id="74"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z81" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       26. Субсидии выделяются на реализацию не более 50 (пятидесяти) тысяч спутниковых приемных устройств в год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z82" w:id="75"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z82" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       27. Оператор спутникового телерадиовещания обеспечивает предоставление достоверных и обоснованных расчетов и документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z83" w:id="76"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z83" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       28. При получении отказа в субсидировании расходы, понесенные по предоставлению абоненту льготных условий, несут операторы спутникового телерадиовещания и не взыскиваются с абонента.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z84" w:id="77"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z84" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Контроль, мониторинг и оценка эффективности субсидирования части затрат операторов спутникового телерадиовещания</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z85" w:id="78"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z85" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       29. Контроль на территории Республики Казахстан в отношении операторов спутникового телерадиовещания, получивших субсидии, проводится на предмет исполнения обязательств, взятых в рамках заключенного договора между уполномоченным органом и оператором спутникового телерадиовещания согласно пункту 19 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z86" w:id="79"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z86" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       30. Мониторинг субсидирования части затрат операторов спутникового телерадиовещания осуществляется уполномоченным органом ежеквартально, не позднее 20 (двадцатого) числа месяца, следующего за отчетным кварталом.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z87" w:id="80"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z87" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       31. Мониторинг субсидирования части затрат операторов спутникового телерадиовещания включает:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z88" w:id="81"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z88" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сбор, обработку и предоставление операторами спутникового телерадиовещания в уполномоченный орган информации о ходе реализации спутниковых приемных устройств;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z89" w:id="82"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z89" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) составление и предоставление операторами спутникового телерадиовещания в уполномоченный орган сводной информации об использовании спутниковых приемных устройств абонентами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z90" w:id="83"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z90" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Операторы спутникового телерадиовещания ежеквартально, не позднее 25-го числа, следующего за отчетным, предоставляют в уполномоченный орган информацию, которая содержит:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z91" w:id="84"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z91" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сведения о текущем состоянии реализации спутниковых приемных устройств в разрезе городов районного значения, поселков, сел, сельских округов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z92" w:id="85"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z92" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сведения о наличии собственной сети продаж на праве собственности или пользования с указанием месторасположения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z93" w:id="86"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z93" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) сведения о теле-, радиоканалах, распространяемых оператором спутникового телерадиовещания для абонентов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z94" w:id="87"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z94" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Операторы спутникового телерадиовещания, получившие субсидии, ежегодно до 1 ноября календарного года проводят анализ эффективности реализации субсидий и направляют его в уполномоченный орган.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z95" w:id="88"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z95" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган ежегодно до 1 декабря календарного года на основе анализа эффективности реализации субсидий осуществляет оценку эффективности субсидирования части затрат операторов спутникового телерадиовещания с целью выработки предложений по его совершенствованию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z96" w:id="89"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z96" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченный орган направляет уполномоченных лиц по месту реализации спутниковых приемных устройств для подтверждения представляемой операторов спутникового телерадиовещания информации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z97" w:id="90"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z97" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Оценка эффективности субсидирования части затрат операторов спутникового телерадиовещания осуществляется уполномоченным органом исходя из:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z98" w:id="91"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z98" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) соотношения между фактическими затратами операторов спутникового телерадиовещания на реализацию спутниковых приемных устройств и полученным объемом субсидий, с учетом обоснованности заявленных операторами спутникового телерадиовещания расходов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z99" w:id="92"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z99" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) доли населения, охваченного услугами операторов спутникового телерадиовещания в рамках субсидирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z100" w:id="93"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z100" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) динамики роста доступности услуг операторов спутникового телерадиовещания в рамках субсидирования;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z101" w:id="94"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z101" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) уровня удовлетворенности населения качеством предоставляемых операторами спутникового телерадиовещания услуг.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3161,100 +3407,100 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на реализацию спутниковых</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приемных устройств</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="95"/>
+    <w:bookmarkStart w:name="z103" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявка на субсидирование части затрат операторов спутникового</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>телерадиовещания на реализацию спутниковых приемных устройств</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z104" w:id="96"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z104" w:id="97"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В ____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkEnd w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(полное наименование уполномоченного органа)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3336,64 +3582,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приемных устройств.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z105" w:id="97"/>
+      <w:bookmarkStart w:name="z105" w:id="98"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Сведения о заявителе</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Для юридического лица:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3645,101 +3891,101 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>электронный адрес _______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z106" w:id="98"/>
+      <w:bookmarkStart w:name="z106" w:id="99"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Реквизиты расчетного счета, открытого в банке второго уровня:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkEnd w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z107" w:id="99"/>
+      <w:bookmarkStart w:name="z107" w:id="100"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Прилагаемые документы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. _____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4054,55 +4300,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>