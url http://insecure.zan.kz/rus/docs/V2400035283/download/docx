--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="fc7bd1e" w14:textId="fc7bd1e">
+    <w:p w14:paraId="070500c" w14:textId="070500c">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении Правил оказания государственных услуг в области масс-медиа</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ и.о. Министра культуры и информации Республики Казахстан от 17 октября 2024 года № 488-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 22 октября 2024 года № 35283.</w:t>
+        <w:t>Приказ и.о. Министра культуры и информации Республики Казахстан от 17 октября 2024 года № 488-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 22 октября 2024 года № 35283</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -1190,842 +1190,754 @@
         <w:t>
       Канцелярия услугодателя в день поступления документов осуществляет их прием, регистрацию и передает на исполнение ответственному структурному подразделению. При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="21"/>
     <w:bookmarkStart w:name="z28" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сотрудник ответственного структурного подразделения услугодателя в течение 2 (двух) рабочих дней с момента регистрации документов, проверяет полноту представленных документов.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность услугополучателя, о государственной регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя услугодатель получает из Портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия сотрудник ответственного структурного подразделения в течение 2 (двух) рабочих дней готовит мотивированный отказ в дальнейшем рассмотрении заявления в форме электронного документа подписанный электронной цифровой подписью (далее – ЭЦП) руководителя или его заместителей уполномоченного органа и направляет заявителю в личный кабинет Портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменениями, внесенными приказами Министра культуры и информации РК от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 563-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае предоставления услугополучателем полного пакета документов для получения свидетельства о постановке на учет сотрудник структурного подразделения услугодателя в течение 8 (восьми) рабочих дней рассматривает документы на содержание заявления, проверяет на наличие одинакового названия в реестре поставленных на учет отечественных теле-, радиоканалов, по итогам формирует свидетельство о постановке на учет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. При выявлении оснований для отказа в оказании государственной услуги услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также о времени и месте (способе) проведения заслушивания для предоставления услугополучателю возможности выразить позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z33" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Услугодатель уведомляет услугополучателя о заслушивании не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 73 Административного процедурно-процессуального кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z34" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугодатель выдает свидетельство о постановке на учет, переучет, выдача свидетельства отечественного теле-, радиоканала либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z35" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Теле-, радиоканал подлежит переучету в случаях смены собственника либо изменения организационно-правовой формы, наименования, а также названия теле-, радиоканала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. При подаче услугополучателя заявления на переучет свидетельства сотрудник структурного подразделения услугодателя рассматривает документы в течение 8 (восьми) рабочих дней на содержание заявления, проверяет на наличие одинакового названия в реестре поставленных на учет отечественных теле-, радиоканалов, а также в случае изменения собственника проверяет предоставленные данные документов, подтверждающих смену собственника/передачу прав собственности.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При несоответствии услугополучателя вышеуказанным требованиям услугодатель выносит решение об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z38" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучателю направляется уведомление с приложением предварительного решения об отказе в оказании государственной услуги в срок не позднее чем за 3 (три) рабочих дня до его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель вправе предоставить или высказать возражение к предварительному решению об отказе в оказании государственной услуги в срок не позднее 2 (двух) рабочих дней со дня получения уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам рассмотрения возражения, в случае поступления от услугополучателя, услугодатель выдает свидетельство о переучете либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным приказом Министра культуры и информации РК от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 563-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...344 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="33"/>
+    </w:p>
+    <w:bookmarkStart w:name="z41" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Услугодатель отказывает в оказании государственной услуги по основаниям, изложенным в пункте 9 Перечня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z42" w:id="34"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z42" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) центральных государственных органов, услугодателя и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z43" w:id="35"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z43" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Рассмотрение жалобы на решение, действия (бездействия) услугодателя по вопросам оказания государственной услуги, производится должностным лицом, вышестоящим уполномоченным органом в области масс-медиа, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу) в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z44" w:id="36"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z44" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z46" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z47" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z48" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z49" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkEnd w:id="43"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2299,88 +2211,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о постановке на учет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>отечественного теле-, радиоканала)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z53" w:id="42"/>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z54" w:id="43"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z54" w:id="45"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу Вас поставить на учет отечественный теле-, радиоканал</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkEnd w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3007,88 +2919,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о постановке на учет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>отечественного теле-, радиоканала)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z58" w:id="44"/>
+    <w:bookmarkStart w:name="z58" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z59" w:id="45"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z59" w:id="47"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу Вас осуществить переучет отечественного теле-, радиоканала</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkEnd w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3932,88 +3844,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о постановке на учет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>отечественного теле-, радиоканала)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z63" w:id="46"/>
+    <w:bookmarkStart w:name="z63" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> О записи и хранении транслируемых и ретранслируемых теле-, радиопрограмм в течение шести месяцев</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z64" w:id="47"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z64" w:id="49"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование собственника теле-, радиоканала _________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkEnd w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -4209,166 +4121,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Подписано и отправлено в __:__ часов "__" ______ 20__ года</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -4475,50 +4271,108 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>выдача свидетельства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>отечественного теле-, радиоканала"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 - в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -4721,52 +4575,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги </w:t>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -5209,106 +5063,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-              <w:t>Переучет теле-, радиоканала осуществляется бесплатно. Оплата производится в наличной и безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, а также через Портал.</w:t>
+              <w:t>
+Государственная услуга оказывается на бесплатной основе физическим и юридическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5394,51 +5194,52 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) портала – круглосуточно за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем);</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) услугодатель - с понедельника по пятницу, с перерывом на обед с 13:00 часов до 14:30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан и </w:t>
+              <w:t xml:space="preserve">
+2) услугодатель - с понедельника по пятницу, с перерывом на обед с 13:00 часов до 14:30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан". Адреса оказания государственной услуги размещены на интернет-ресурсе Министерства: www.mam.gov.kz, в разделе "Государственные услуги".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -5526,163 +5327,106 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+              <w:t>
+1) для постановки на учет отечественного теле-, радиоканала услугополучатель представляет: заявление (запрос) в форме электронного документа, подписанный ЭЦП услугополучателя, форма сведений о наличии имущественных прав собственника теле-, радиоканала на помещения и площади с отдельным входом или на их аренду согласно приложению 5 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) для переучета отечественного теле-, радиоканала услугополучатель представляет на портал: заявление (запрос) в форме электронного документа, подписанный ЭЦП услугополучателя, форма сведений о наличии имущественных прав собственника теле-, радиоканала на помещения и площади с отдельным входом или на их аренду согласно </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам;</w:t>
+              <w:t>
+2) для переучета отечественного теле-, радиоканала услугополучатель представляет на портал: заявление (запрос) в форме электронного документа, подписанный ЭЦП услугополучателя, форма сведений о наличии имущественных прав собственника теле-, радиоканала на помещения и площади с отдельным входом или на их аренду согласно приложению 5 к настоящим Правилам;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3) о записи и хранении транслируемых и ретранслируемых теле-, радиопрограмм в течение шести месяцев по форме согласно </w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+              <w:t>
+3) о записи и хранении транслируемых и ретранслируемых теле-, радиопрограмм в течение шести месяцев по форме согласно приложению 3 к настоящим Правилам.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сведения о документах, удостоверяющих личность услугополучателя, о государственной регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя, документ подтверждающий оплату услугодатель получает из Портала.</w:t>
+              <w:t>
+Сведения о документах, удостоверяющих личность услугополучателя, о государственной регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя услугодатель получает из Портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -5768,173 +5512,162 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугодателем ранее выдано свидетельство о постановке на учет теле-, радиоканала с тем же названием и распространением на той же территории либо сходным до степени его смешения с названием ранее созданного теле-, радиоканала;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">2) содержание заявления о постановке на учет или переучете теле-, радиоканала не соответствует требованиям </w:t>
+              <w:t xml:space="preserve">
+2) содержание заявления о постановке на учет или переучете теле-, радиоканала не соответствует требованиям </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>пункта 6</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> статьи 22 Закона Республики Казахстан "О масс-медиа";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) не уплачен сбор за постановку на учет теле-, радиоканала;</w:t>
+              <w:t>
+3) в заявлении о переучете теле-, радиоканала ввиду смены собственника не указаны номер и дата договора, подтверждающего передачу прав собственности на теле-, радиоканал другому лицу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4) в заявлении о переучете теле-, радиоканала ввиду смены собственника не указаны номер и дата договора, подтверждающего передачу прав собственности на теле-, радиоканал другому лицу;</w:t>
+              <w:t>
+4) к постановке на учет заявлен теле-, радиоканал с тем же названием (частью названия) и той же тематической направленностью, выпуск которого ранее прекращен судом, либо заявлен теле-, радиоканал, дублирующий название и тематическую направленность, а также в случае подачи заявления собственником или главным редактором (редактором) теле-, радиоканала, выпуск которых был прекращен решением суда, в течение 3 (трех) лет со дня вступления в законную силу решения суда;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5) к постановке на учет заявлен теле-, радиоканал с тем же названием (частью названия) и той же тематической направленностью, выпуск которого ранее прекращен судом, либо заявлен теле-, радиоканал, дублирующий название и тематическую направленность, а также в случае подачи заявления собственником или главным редактором (редактором) теле-, радиоканала, выпуск которых был прекращен решением суда, в течение 3 (трех) лет со дня вступления в законную силу решения суда;</w:t>
+              <w:t>
+5) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+              <w:t>
+6) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">8) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+              <w:t xml:space="preserve">
+7) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьей 8</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
@@ -6177,51 +5910,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>выдача свидетельства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>отечественного теле-, радиоканала"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z67" w:id="48"/>
+    <w:bookmarkStart w:name="z67" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Форма сведений о наличии имущественных прав собственника теле-, радиоканала</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
@@ -6230,51 +5963,51 @@
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(указывается местонахождение помещения и его характеристики)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(площадь в квадратный метр, кадастровый номер, вид имущественного права, данные договора аренды)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -6831,64 +6564,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z68" w:id="49"/>
+      <w:bookmarkStart w:name="z68" w:id="51"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ____________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkEnd w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(фамилия, имя, отчество (при его наличии)/</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -7214,249 +6947,249 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 октября 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 488-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z70" w:id="50"/>
+    <w:bookmarkStart w:name="z70" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания государственной услуги</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Постановка на учет, переучет, выдача свидетельства иностранного теле-, радиоканала,</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>распространяемого на территории Республики Казахстан"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z71" w:id="51"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z71" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z72" w:id="52"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z72" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила оказания государственной услуги "Постановка на учет, переучет, выдача свидетельства иностранного теле-, радиоканала, распространяемого на территории Республики Казахстан" (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" и определяют порядок оказания государственной услуги "Постановка на учет, переучет, выдача свидетельства иностранного теле-, радиоканала, распространяемого на территории Республики Казахстан".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z73" w:id="53"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z73" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственная услуга "Постановка на учет, переучет, выдача свидетельства иностранного теле-, радиоканала, распространяемого на территории Республики Казахстан" (далее – государственная услуга) оказывается Комитетом информации Министерства культуры и информации Республики Казахстан (далее – услугодатель).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z74" w:id="54"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z74" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Услугополучатель – физические и юридические лица, за исключением центральных государственных органов, загранучреждений Республики Казахстан, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов (далее - услугополучатель).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z75" w:id="55"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z75" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Веб-портал "электронного правительства" – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме (далее - Портал).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z76" w:id="56"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z76" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При внесении изменений и (или) дополнений в Правила услугодатель направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства", в Единый контакт-центр и услугодателю информацию о таких изменениях и (или) дополнениях в течение 3 (трех) рабочих дней с даты утверждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z77" w:id="57"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z77" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z78" w:id="58"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z78" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Услугополучатель направляет услугодателю через Портал, заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -7471,883 +7204,795 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, а также документы указанные в Перечне основных требований к оказанию государственной услуги согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z79" w:id="59"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z79" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Канцелярия услугодателя в день поступления документов осуществляет их прием, регистрацию и передает на исполнение ответственному структурному подразделению. При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z80" w:id="60"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z80" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сотрудник ответственного структурного подразделения услугодателя в течение 2 (двух) рабочих дней с момента регистрации документов, проверяет полноту представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z81" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность услугополучателя, о государственной регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя услугодатель получает из Портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z82" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия сотрудник ответственного структурного подразделения в течение 2 (двух) рабочих дней готовит мотивированный отказ в дальнейшем рассмотрении заявления в форме электронного документа подписанный электронной цифровой подписью (далее – ЭЦП) руководителя или его заместителей уполномоченного органа и направляет заявителю в личный кабинет Портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменениями, внесенными приказами Министра культуры и информации РК от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 563-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае предоставления услугополучателем полного пакета документов для получения свидетельства о постановке на учет сотрудник структурного подразделения услугодателя в течение 15 (пятнадцати) календарных дней рассматривает документы на содержание заявления, проводит экспертизу продукции иностранных теле-, радиоканалов на предмет соответствия законодательству Республики Казахстан, по итогам формирует свидетельство о постановке на учет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...31 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z84" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. При выявлении оснований для отказа в оказании государственной услуги услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также о времени и месте (способе) проведения заслушивания для предоставления услугополучателю возможности выразить позицию по предварительному решению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z85" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Услугодатель уведомляет услугополучателя о заслушивании не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 73 Административного процедурно-процессуальном кодекса Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z86" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам заслушивания услугодатель выдает свидетельство о постановке на учет, переучет, выдача иностранного теле-, радиоканала, распространяемого на территории Республики Казахстан либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z87" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Переучет иностранного теле-, радиоканала осуществляется в случаях смены собственника либо изменения организационно-правовой формы юридического лица, названия, основной тематической направленности теле-, радиоканала, создания нового юридического лица или филиала (представительства), прошедшего процедуру государственной регистрации юридических лиц и учетной регистрации филиалов и представительств на территории Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z88" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. При подаче услугополучателя заявления на переучет свидетельства сотрудник структурного подразделения услугодателя рассматривает документы в течение 15 (пятнадцати) календарных дней на содержание заявления и документы прилагающиеся к заявлению.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z89" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При несоответствии услугополучателя вышеуказанным требованиям услугодатель выносит решение об отказе в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z90" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучателю направляется уведомление с приложением предварительного решения об отказе в оказании государственной услуги в срок не позднее чем за 3 (три) рабочих дня до его подписания.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z91" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Услугополучатель вправе предоставить или высказать возражение к предварительному решению об отказе в оказании государственной услуги в срок не позднее 2 (двух) рабочих дней со дня получения уведомления.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z92" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      По результатам рассмотрения возражения, в случае поступления от услугополучателя, услугодатель выдает свидетельство о постановке на переучет либо мотивированный отказ в оказании государственной услуги.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 с изменением, внесенным приказом Министра культуры и информации РК от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 563-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...344 lines deleted...]
-    <w:bookmarkStart w:name="z93" w:id="71"/>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Услугодатель отказывает в оказании государственной услуги по основаниям, изложенным в пункте 9 Перечня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z94" w:id="72"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z94" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) центральных государственных органов, услугодателя и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z95" w:id="73"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z95" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Рассмотрение жалобы на решение, действия (бездействия) услугодателя по вопросам оказания государственной услуги, производится должностным лицом, вышестоящим уполномоченным органом в области масс-медиа, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу) в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z96" w:id="74"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z96" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z97" w:id="75"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z97" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z98" w:id="76"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z98" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z99" w:id="77"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z99" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z100" w:id="78"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z100" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z101" w:id="79"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z101" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8751,126 +8396,126 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о постановке на учет иностранного</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>теле-, радиоканала)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="80"/>
+    <w:bookmarkStart w:name="z105" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkEnd w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 1 – в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 563-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z106" w:id="81"/>
+      <w:bookmarkStart w:name="z106" w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу Вас поставить на учет (осуществить переучет) иностранного теле-,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>радиоканала _____________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -9287,166 +8932,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Место печати</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"__" _________20 ___ года (при его наличии)</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -9521,95 +9050,166 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Постановка на учет, переучет, выдача</w:t>
+              <w:t>"Постановка на учет, переучет,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>свидетельства иностранного теле-, радиоканала,</w:t>
+              <w:t>выдача свидетельства иностранного</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>теле-, радиоканала,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>распространяемого на территории</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 - в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -9812,52 +9412,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Способы предоставления государственной услуги </w:t>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10074,52 +9674,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Электронная (частично автоматизированная) </w:t>
+              <w:t>
+Электронная (частично автоматизированная)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10187,52 +9787,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Результат оказания государственной услуги – свидетельство о постановке на учет, переучет иностранного теле-, радиоканала, распространяемого на территории Республики Казахстан, (далее – Свидетельство) свидетельство либо мотивированный ответ об отказе в предоставлении государственной услуги, в случаях и по основаниям, предусмотренными настоящими правилами. На портале результат оказания государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги направляется в "личный кабинет" в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя. </w:t>
+              <w:t>
+Результат оказания государственной услуги – свидетельство о постановке на учет, переучет иностранного теле-, радиоканала, распространяемого на территории Республики Казахстан, (далее – Свидетельство) свидетельство либо мотивированный ответ об отказе в предоставлении государственной услуги, в случаях и по основаниям, предусмотренными настоящими правилами. На портале результат оказания государственной услуги либо мотивированный ответ об отказе в оказании государственной услуги направляется в "личный кабинет" в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10300,106 +9900,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...54 lines deleted...]
-              <w:t>Переучет теле-, радиоканала осуществляется бесплатно. Оплата производится в наличной и безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций, а также через Портал.</w:t>
+              <w:t>
+Государственная услуга оказывается на бесплатной основе физическим и юридическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10505,51 +10051,52 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан". Прием заявления и выдача результата оказания государственной услуги осуществляется с 9.00 часов до 17.30 часов с перерывом на обед с 13.00 часов до 14.30 часов. Государственная услуга оказывается в порядке очереди, без предварительной записи и ускоренного обслуживания.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>портала – круглосуточно за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем). Адреса оказания государственной услуги размещены на интернет-ресурсе Министерства: www.mam.gov.kz, в разделе "Государственные услуги".</w:t>
+              <w:t>
+портала – круглосуточно за исключением технических перерывов в связи с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан, прием заявления и выдача результата оказания государственной услуги осуществляется следующим рабочим днем). Адреса оказания государственной услуги размещены на интернет-ресурсе Министерства: www.mam.gov.kz, в разделе "Государственные услуги".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10635,68 +10182,70 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) запрос в форме электронного документа с прикреплением сетки вещания иностранного теле-, радиоканала (на последующий месяц), подписанный ЭЦП услугополучателя; для физических лиц – электронную копию документа удостоверяющую личность иностранного физического лица – собственника теле-, радиоканала; электронную копию документа, подтверждающего право на занятие предпринимательской деятельностью; для юридических лиц – электронную копию легализованную выписку из торгового реестра или другой легализованный документ, удостоверяющий, что учредитель – иностранное юридическое лицо является юридическим лицом по законодательству иностранного государства;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) Для переучета: запрос в форме электронного документа, подписанный ЭЦП услугополучателя; для физических лиц – электронную копию документа удостоверяющую личность иностранного физического лица – собственника теле-, радиоканала; электронную копию документа, подтверждающего право на занятие предпринимательской деятельностью; для юридических лиц – электронную копию легализованную выписку из торгового реестра или другой легализованный документ, удостоверяющий, что учредитель – иностранное юридическое лицо является юридическим лицом по законодательству иностранного государства.</w:t>
+              <w:t>
+2) Для переучета: запрос в форме электронного документа, подписанный ЭЦП услугополучателя; для физических лиц – электронную копию документа удостоверяющую личность иностранного физического лица – собственника теле-, радиоканала; электронную копию документа, подтверждающего право на занятие предпринимательской деятельностью; для юридических лиц – электронную копию легализованную выписку из торгового реестра или другой легализованный документ, удостоверяющий, что учредитель – иностранное юридическое лицо является юридическим лицом по законодательству иностранного государства.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Сведения о документах, удостоверяющих личность услугополучателя, о государственной регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя, документ подтверждающий оплату услугодатель получает из Портала.</w:t>
+              <w:t>
+Сведения о документах, удостоверяющих личность услугополучателя, о государственной регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя услугодатель получает из Портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -10782,190 +10331,160 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) заявление не соответствует требованиям, установленным уполномоченным органом;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2) не уплачен сбор за постановку на учет теле-, радиоканала;</w:t>
+              <w:t>
+2) материалы иностранного теле-, радиоканала содержат пропаганду или агитацию насильственного изменения конституционного строя, нарушения целостности Республики Казахстан, подрыва безопасности государства, войны, пропаганду экстремизма или терроризма, культа жестокости и насилия, социального, расового, национального, религиозного, сословного и родового превосходства, информации, направленной на разжигание межнациональной и межконфессиональной вражды, а также кино- и видеопродукцию порнографического и специального сексуально-эротического характера, а также информацию, пропагандирующую суицид;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3) материалы иностранного теле-, радиоканала содержат пропаганду или агитацию насильственного изменения конституционного строя, нарушения целостности Республики Казахстан, подрыва безопасности государства, войны, пропаганду экстремизма или терроризма, культа жестокости и насилия, социального, расового, национального, религиозного, сословного и родового превосходства, информации, направленной на разжигание межнациональной и межконфессиональной вражды, а также кино- и видеопродукцию порнографического и специального сексуально-эротического характера, а также информацию, пропагандирующую суицид;</w:t>
+              <w:t>
+3) по результатам религиоведческой экспертизы имеется отрицательное заключение;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>4) по результатам религиоведческой экспертизы имеется отрицательное заключение;</w:t>
+              <w:t>
+4) в отношении продукции иностранного теле-, радиоканала имеется решение суда о наложении запрета на ее распространение на территории Республики Казахстан;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>5) в отношении продукции иностранного теле-, радиоканала имеется решение суда о наложении запрета на ее распространение на территории Республики Казахстан;</w:t>
+              <w:t>
+5) отсутствуют сведения о государственной регистрации (перерегистрации) юридического лица или учетной регистрации (перерегистрации) филиала (представительства) на Портале;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>6) отсутствуют сведения о государственной регистрации (перерегистрации) юридического лица или учетной регистрации (перерегистрации) филиала (представительства) на Портале;</w:t>
+              <w:t>
+6) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>7) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+              <w:t>
+7) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>8) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
-[...36 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
+              <w:t>
+8) отсутствие согласия услугополучателя, предоставляемого в соответствии со статьей 8 Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -11201,263 +10720,263 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 17 октября 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 488-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z109" w:id="82"/>
+    <w:bookmarkStart w:name="z109" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила оказания государственной услуги "Постановка на учет или переучет периодических печатных изданий, интернет-изданий"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 3 – в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 563-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z110" w:id="83"/>
+    <w:bookmarkStart w:name="z110" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z111" w:id="84"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z111" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие Правила оказания государственной услуги "Постановка на учет или переучет периодических печатных изданий, интернет-изданий" (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 10 Закона Республики Казахстан "О государственных услугах" и определяют порядок оказания государственной услуги "Постановка на учет или переучет периодических печатных изданий, интернет-изданий".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z112" w:id="85"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z112" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Государственная услуга "Постановка на учет или переучет периодических печатных изданий, интернет-изданий" (далее – государственная услуга) оказывается Комитетом информации Министерства культуры и информации Республики Казахстан (далее – услугодатель).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z113" w:id="86"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z113" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Услугополучатель – физические и юридические лица, за исключением центральных государственных органов, загранучреждений Республики Казахстан, местных исполнительных органов областей, городов республиканского значения, столицы, районов, городов областного значения, акимов районов в городе, городов районного значения, поселков, сел, сельских округов (далее – услугополучатель).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z114" w:id="87"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z114" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Веб-портал "электронного правительства" – информационная система, представляющая собой единое окно доступа ко всей консолидированной правительственной информации, включая нормативную правовую базу, и к государственным услугам, услугам по выдаче технических условий на подключение к сетям субъектов естественных монополий и услугам субъектов квазигосударственного сектора, оказываемым в электронной форме (далее – Портал).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z115" w:id="88"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z115" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. При внесении изменений и (или) дополнений в Правила услугодатель направляет оператору информационно-коммуникационной инфраструктуры "электронного правительства", в Единый контакт-центр информацию о таких изменениях и (или) дополнениях в течение 3 (трех) рабочих дней с даты утверждения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z116" w:id="89"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z116" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Порядок оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z117" w:id="90"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z117" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. Услугополучатель направляет услугодателю через Портал, заявление по форме согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -11492,777 +11011,713 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">, а также документы, указанные в Перечне основных требований к оказанию государственной услуги согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z118" w:id="91"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z118" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Канцелярия услугодателя в день поступления документов осуществляет их прием, регистрацию и передает на исполнение ответственному структурному подразделению. При обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству, прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z119" w:id="92"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z119" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сотрудник ответственного структурного подразделения услугодателя в течение 2 (двух) рабочих дней с момента регистрации документов, проверяет полноту представленных документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z120" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о документах, удостоверяющих личность услугополучателя, о государственной регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя услугодатель получает из Портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z121" w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При представлении услугополучателем неполного пакета документов и (или) документов с истекшим сроком действия сотрудник ответственного структурного подразделения в течение 2 (двух) рабочих дней готовит мотивированный отказ в дальнейшем рассмотрении заявления в форме электронного документа подписанный электронной цифровой подписью (далее – ЭЦП) руководителя или его заместителей уполномоченного органа и направляет заявителю в личный кабинет Портала.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 с изменением, внесенным приказом Министра культуры и информации РК от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...51 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В случае предоставления услугополучателем полного пакета документов для получения свидетельства о постановке на учет сотрудник структурного подразделения услугодателя в течение 8 (восьми) рабочих дней рассматривает документы на содержание заявления, проверяет на наличие одинакового названия в реестре поставленных на учет периодических печатных изданий, интернет-изданий, по итогам формирует свидетельство о постановке на учет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-    </w:p>
-[...43 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 - в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...116 lines deleted...]
-    <w:bookmarkStart w:name="z123" w:id="94"/>
+    </w:p>
+    <w:bookmarkStart w:name="z123" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. При выявлении оснований для отказа в оказании государственной услуги услугодатель уведомляет услугополучателя о предварительном решении об отказе в оказании государственной услуги, а также о времени и месте (способе) проведения заслушивания для предоставления услугополучателю возможности выразить позицию по предварительному решению.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z124" w:id="95"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z124" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Услугодатель уведомляет услугополучателя о заслушивании не менее чем за 3 (три) рабочих дня до завершения срока оказания государственной услуги. Заслушивание проводится не позднее 2 (двух) рабочих дней со дня уведомления в соответствии с пунктом 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 73</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Административного процедурно-процессуальном кодекса Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z125" w:id="96"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z125" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам заслушивания услугодатель выдает свидетельство о постановке на учет или переучет периодических печатных изданий, интернет-изданий либо мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z126" w:id="97"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z126" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Периодическое печатное издание, интернет-издание подлежат переучету в случаях смены собственника или изменения его наименования, а также названия, языка издания либо материалов и сообщений, территории распространения, основной тематической направленности и периодичности выпуска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z127" w:id="98"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z127" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. При подаче услугополучателя заявления на переучет свидетельства сотрудник структурного подразделения услугодателя рассматривает 8 (восемь) рабочих дней документы на содержание заявления, проверяет на наличие одинакового названия в реестре поставленных на учет периодических печатных изданий, интернет-изданий, а также в случае изменения собственника проверяет предоставленные данные документов, подтверждающих смену собственника/передачу прав собственности.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z128" w:id="99"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z128" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При несоответствии услугополучателя вышеуказанным требованиям услугодатель выносит решение об отказе в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z129" w:id="100"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z129" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучателю направляется уведомление с приложением предварительного решения об отказе в оказании государственной услуги в срок не позднее чем за 3 (три) рабочих дня до его подписания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z130" w:id="101"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z130" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугополучатель вправе предоставить или высказать возражение к предварительному решению об отказе в оказании государственной услуги в срок не позднее 2 (двух) рабочих дней со дня получения уведомления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z131" w:id="102"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z131" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По результатам рассмотрения возражения, в случае поступления от услугополучателя, услугодатель выдает свидетельство о постановке на переучет либо мотивированный отказ в оказании государственной услуги.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z132" w:id="103"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z132" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. Услугодатель отказывает в оказании государственной услуги по основаниям, изложенным в пункте 9 Перечня.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z133" w:id="104"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z133" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Порядок обжалования решений, действий (бездействия) центральных государственных органов, услугодателя и (или) их должностных лиц по вопросам оказания государственных услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z134" w:id="105"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkStart w:name="z134" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Рассмотрение жалобы на решение, действия (бездействия) услугодателя по вопросам оказания государственной услуги, производится должностным лицом, вышестоящим уполномоченным органом, осуществляющим государственное регулирование в области масс-медиа, уполномоченным органом по оценке и контролю за качеством оказания государственных услуг (далее – орган, рассматривающий жалобу) в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z135" w:id="106"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z135" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба подается услугодателю и (или) должностному лицу, чье решение, действие (бездействие) обжалуются.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z136" w:id="107"/>
+    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkStart w:name="z136" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z137" w:id="108"/>
+    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkStart w:name="z137" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z138" w:id="109"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z138" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуются, не позднее 3 (трех) рабочих дней со дня поступления жалобы направляют ее и административное дело в орган, рассматривающий жалобу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z139" w:id="110"/>
+    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkStart w:name="z139" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом услугодатель, должностное лицо, чье решение, действие (бездействие) обжалуется, вправе не направлять жалобу в орган, рассматривающий жалобу, если он в течение 3 (трех) рабочих дней примет благоприятный административный акт, совершит административное действие, полностью удовлетворяющее требованиям, указанным в жалобе.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z140" w:id="111"/>
+    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkStart w:name="z140" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Если иное не предусмотрено законом, обращение в суд допускается после обжалования в досудебном порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="117"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12549,88 +12004,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>периодических печатных изданий,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>интернет-изданий)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z143" w:id="112"/>
+    <w:bookmarkStart w:name="z143" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z144" w:id="113"/>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z144" w:id="119"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу Вас поставить на учет периодическое печатное издание, интернет-издание</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>______________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13312,88 +12767,88 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>на учет или переучет периодических</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>печатных изданий, интернет-изданий)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="114"/>
+    <w:bookmarkStart w:name="z147" w:id="120"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z148" w:id="115"/>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z148" w:id="121"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Прошу Вас произвести переучет периодического печатного издания, интернет-</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="121"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>издания ____________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -13790,166 +13245,50 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"___" ____________ 20 _ года</w:t>
-      </w:r>
-[...114 lines deleted...]
-</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -14024,82 +13363,153 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственной услуги</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Постановка на учет или переучет</w:t>
+              <w:t>"Постановка на учет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>периодических печатных изданий,</w:t>
+              <w:t>или переучет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>интернет-изданий"</w:t>
+              <w:t>периодических печатных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>изданий, интернет-изданий"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 - в редакции приказа Министра культуры и информации РК от 15.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 562-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>01.01.2026</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
         <w:gridCol w:w="4100"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
@@ -14302,52 +13712,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
- Способы предоставления государственной услуги </w:t>
+              <w:t>
+Способы предоставления государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14790,108 +14200,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...36 lines deleted...]
-              </w:rPr>
               <w:t>
-за выдачу свидетельства о постановке на учет периодического печатного издания, интернет-издания: для услугополучателей, создающих периодическое печатное издание, интернет- издание детской и научной тематики – два месячных расчетных показателя, действующих на дату оплаты сбора; для услугополучателей, создающих периодическое печатное издание, интернет- издание иной тематики – пять месячных расчетных показателя, действующих на дату оплаты сбора;</w:t>
-[...17 lines deleted...]
-переучет периодического печатного издания, интернет- издания осуществляется бесплатно. Оплата производится в наличной и безналичной форме через банки второго уровня и организации, осуществляющие отдельные виды банковских операций.</w:t>
+Государственная услуга оказывается на бесплатной основе физическим и юридическим лицам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -14998,51 +14352,51 @@
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 2) услугодатель - с понедельника по пятницу, с перерывом на обед с 13:00 часов до 14:30 часов, кроме выходных и праздничных дней, согласно трудовому законодательству Республики Казахстан и </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>статьи 5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан". Адреса оказания государственной услуги размещены на интернет-ресурсе Министерства: www.mam.gov.kz, в разделе "Государственные услуги" государственной услуги осуществляется следующим рабочим днем). Адреса оказания государственной услуги размещены на интернет-ресурсе Министерства: www.mam.gov.kz, в разделе "Государственные услуги".</w:t>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О праздниках в Республике Казахстан". Адреса оказания государственной услуги размещены на интернет-ресурсе Министерства: www.mam.gov.kz, в разделе "Государственные услуги". государственной услуги осуществляется следующим рабочим днем). Адреса оказания государственной услуги размещены на интернет-ресурсе Министерства: www.mam.gov.kz, в разделе "Государственные услуги".</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15165,51 +14519,51 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 электронная копия документа выписки из договора, подтверждающая передачу прав собственности на периодическое печатное издание, интернет - издание другому лицу.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Сведения о документах, удостоверяющих личность услугополучателя, о государственной регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя, документ подтверждающий оплату услугодатель получает из Портала.</w:t>
+Сведения о документах, удостоверяющих личность услугополучателя, о государственной регистрации (перерегистрации) юридического лица, о регистрации в качестве индивидуального предпринимателя услугодатель получает из Портала.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15295,180 +14649,310 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1) услугодателем ранее выдано свидетельство о постановке на учет периодическому печатному изданию, интернет-изданию с тем же названием и распространением на той же территории либо сходным до степени его смешения с названием ранее созданного периодического печатного издания, интернет-издания;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-2) содержание заявления о постановке на учет или переучете периодического печатного издания, интернет-издания не соответствует требованиям пункта 5 статьи 22 Закона Республики Казахстан "О масс-медиа";</w:t>
+              <w:t xml:space="preserve">
+2) содержание заявления о постановке на учет или переучете периодического печатного издания, интернет-издания не соответствует требованиям </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пункта 5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> статьи 22 Закона Республики Казахстан "О масс-медиа";</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3) не уплачен сбор за постановку на учет периодического печатного издания, интернет-издания;</w:t>
+3) в заявлении о переучете периодического печатного издания, интернет-издания ввиду смены собственника не указаны номер и дата договора, подтверждающего передачу прав собственности на периодическое печатное издание, интернет-издание другому лицу;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4) в заявлении о переучете периодического печатного издания, интернет-издания ввиду смены собственника не указаны номер и дата договора, подтверждающего передачу прав собственности на периодическое печатное издание, интернет-издание другому лицу;</w:t>
+4) при постановке на учет заявлены периодическое печатное издание, интернет- издание с тем же названием (частью названия) и той же тематической направленностью, выпуск которых ранее прекращен судом, или заявлены периодическое печатное издание, интернет-издание дублирующие название и тематическую направленность, а также в случае подачи заявления собственником или главным редактором (редактором) периодического печатного издания, интернет- издания, выпуск которых был прекращен решением суда, в течение трех лет со дня вступления в законную силу решения суда;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5) при постановке на учет заявлены периодическое печатное издание, интернет- издание с тем же названием (частью названия) и той же тематической направленностью, выпуск которых ранее прекращен судом, или заявлены периодическое печатное издание, интернет-издание дублирующие название и тематическую направленность, а также в случае подачи заявления собственником или главным редактором (редактором) периодического печатного издания, интернет- издания, выпуск которых был прекращен решением суда, в течение трех лет со дня вступления в законную силу решения суда;</w:t>
+5) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-6) в отношении услугополучателя имеется вступившее в законную силу решение (приговор) суда о запрещении деятельности или отдельных видов деятельности, требующих получения определенной государственной услуги;</w:t>
+              <w:t xml:space="preserve">
+6) отсутствие согласия услугополучателя, предоставляемого в соответствии со </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статьей 8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...20 lines deleted...]
-              <w:t xml:space="preserve"> Закона Республики Казахстан "О персональных данных и их защите", на доступ к персональным данным ограниченного доступа, которые требуются для оказания государственной услуги;</w:t>
+              <w:t>
+7) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t xml:space="preserve">
+8) если главным редактором является гражданин Республики Казахстан, признанный судом недееспособным; </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>статья 18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> О масс медиа</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>
-8) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них.</w:t>
+9) если главным редактором является гражданин Республики Казахстан, имеющий на момент назначения не погашенную или не снятую в установленном законом порядке судимость;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10) если главным редактором является иностранец либо лицо без гражданства;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11) если главным редактором является гражданин Республики Казахстан, являющееся главным редактором (редакторами) средств массовой информации, по вине которых выпуск и распространение средства массовой информации были прекращены решением суда, в течение трех лет со дня вступления в законную силу решения суда;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12) Запрещается иностранцам и иностранным юридическим лицам, лицам без гражданства прямо и (или) косвенно владеть, пользоваться, распоряжаться и (или) управлять более 20 процентами акций (долей участия в уставном капитале, паев) юридического лица – собственника средства массовой информации в Республике Казахстан или юридического лица, осуществляющего деятельность в этой области;</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13) если в составе юридического лица являющееся собственником средства массовой информации имеется более 20 процентов акций (долей участия в уставном капитале, паев) иностранного участия.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4100" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -15613,55 +15097,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>