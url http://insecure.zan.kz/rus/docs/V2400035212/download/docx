--- v0 (2025-11-14)
+++ v1 (2026-03-15)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="6ff7253" w14:textId="6ff7253">
+    <w:p w14:paraId="98c2cf6" w14:textId="98c2cf6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -94,1064 +94,1135 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений в приказ Министра национальной экономики Республики Казахстан от 1 февраля 2016 года № 49 "Об утверждении проверочного листа за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности" и изменений и дополнений в совместный приказ Министра торговли и интеграции Республики Казахстан от 30 июня 2021 года № 439-НҚ и Министра национальной экономики Республики Казахстан от 1 июля 2021 года № 68 "Об утверждении критериев оценки степени риска и проверочного листа за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности в части соблюдения размера торговой надбавки на социально значимые продовольственные товары и вознаграждения"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Совместный приказ и.о. Министра торговли и интеграции Республики Казахстан от 30 сентября 2024 года № 344-НҚ и Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 4 октября 2024 года № 86. Зарегистрирован в Министерстве юстиции Республики Казахстан 7 октября 2024 года № 35212</w:t>
+        <w:t>Совместный приказ и.о. Министра торговли и интеграции Республики Казахстан от 30 сентября 2024 года № 344-НҚ и Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 4 октября 2024 года № 86. Зарегистрирован в Министерстве юстиции Республики Казахстан 7 октября 2024 года № 35212.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЕМ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 утрачивает силу совместным приказом и.о. Министра торговли и интеграции РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 327-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и Заместителя Премьер-Министра – Министра национальной экономики РК от 25.11.2025 № 124.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Внести в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 1 февраля 2016 года № 49 "Об утверждении проверочного листа за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 13417) следующие изменения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>заголовок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z7" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Об утверждении проверочного листа за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности в части размера предельно допустимых розничных цен на социально значимые продовольственные товары"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>заголовок</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z7" w:id="2"/>
+    <w:bookmarkStart w:name="z9" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      "Об утверждении проверочного листа за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности в части размера предельно допустимых розничных цен на социально значимые продовольственные товары"; </w:t>
+        <w:t>
+      "1. Утвердить прилагаемый проверочный лист за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности, в части размера предельно допустимых розничных цен на социально значимые продовольственные товары.";</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 1</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
+        <w:t>проверочный лист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности, утвержденный указанным приказом, изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему совместному приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z9" w:id="3"/>
+    <w:bookmarkStart w:name="z11" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "1. Утвердить прилагаемый проверочный лист за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности, в части размера предельно допустимых розничных цен на социально значимые продовольственные товары.";</w:t>
+        <w:t xml:space="preserve">
+      2. Внести в </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>совместный приказ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра торговли и интеграции Республики Казахстан от 30 июня 2021 года № 439-НҚ и Министра национальной экономики Республики Казахстан от 1 июля 2021 года № 68 "Об утверждении критериев оценки степени риска и проверочного листа за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности в части соблюдения размера торговой надбавки на социально значимые продовольственные товары и вознаграждения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 23431) следующие изменения и дополнения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>проверочный лист</w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему совместному приказу.</w:t>
+        <w:t>заголовок</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z11" w:id="4"/>
+    <w:bookmarkStart w:name="z13" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. Внести в </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Министра торговли и интеграции Республики Казахстан от 30 июня 2021 года № 439-НҚ и Министра национальной экономики Республики Казахстан от 1 июля 2021 года № 68 "Об утверждении критериев оценки степени риска и проверочного листа за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности в части соблюдения размера торговой надбавки на социально значимые продовольственные товары и вознаграждения" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 23431) следующие изменения и дополнения:</w:t>
+      "Об утверждении критериев оценки степени риска и проверочного листа за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности"; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>заголовок</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+        <w:t>пункт 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z13" w:id="5"/>
+    <w:bookmarkStart w:name="z15" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      "Об утверждении критериев оценки степени риска и проверочного листа за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности"; </w:t>
+        <w:t>
+      "1. Утвердить:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) критерии оценки степени риска за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z17" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) проверочный лист за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности в отношении субъектов внутренней торговли в части ценообразования согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z18" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) проверочный лист за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности в отношении торговых рынков, торговых сетей и крупных торговых объектов согласно приложению 3 к настоящему совместному приказу;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkStart w:name="z19" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) проверочный лист за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности в отношении оптово-распределительных центров согласно приложению 4 к настоящему совместному приказу.";</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 1</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> изложить в следующей редакции: </w:t>
+        <w:t>приложения 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к указанному совместному приказу изложить в новой редакции согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z15" w:id="6"/>
+    <w:bookmarkStart w:name="z21" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      "1. Утвердить:</w:t>
+        <w:t xml:space="preserve">
+      дополнить приложениями 3 и 4, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему совместному приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z16" w:id="7"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z22" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
+        <w:t>
+      3. Комитету торговли Министерства торговли и интеграции Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z17" w:id="8"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z23" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему совместному приказу;</w:t>
+        <w:t>
+      1) государственную регистрацию настоящего совместного приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z18" w:id="9"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z24" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) проверочный лист за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности в отношении торговых рынков, торговых сетей и крупных торговых объектов согласно приложению 3 к настоящему совместному приказу;</w:t>
+      2) размещение настоящего совместного приказа на интернет-ресурсе Министерства торговли и интеграции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z19" w:id="10"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z25" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) проверочный лист за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности в отношении оптово-распределительных центров согласно приложению 4 к настоящему совместному приказу.";</w:t>
+      4. Контроль за исполнением настоящего совместного приказа возложить на курирующего вице-министра торговли и интеграции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
-[...17 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z26" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...157 lines deleted...]
-        </w:rPr>
         <w:t>
-      3. Комитету торговли Министерства торговли и интеграции Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
-[...59 lines deleted...]
-      4. Контроль за исполнением настоящего совместного приказа возложить на курирующего вице-министра торговли и интеграции Республики Казахстан.</w:t>
+      5. Настоящий совместный приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z26" w:id="16"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7765"/>
+        <w:gridCol w:w="4235"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7765" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Заместитель Премьер-Министра</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>– Министр национальной экономики</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4235" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -1164,300 +1235,262 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__________ Н. Байбазаров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7765" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>исполняющий обязанности</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Министра торговли и интеграции</w:t>
             </w:r>
-          </w:p>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4235" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
-          </w:p>
-[...46 lines deleted...]
-            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>__________ А. Бижанова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z29" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z29" w:id="17"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комитет по правовой статистике</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и специальным учетам</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Генеральной прокуратуры</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="17"/>
-[...67 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="16"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -1744,1264 +1777,1163 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 1 февраля 2016 года № 49</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z32" w:id="18"/>
+    <w:bookmarkStart w:name="z32" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проверочный лист за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности в части размера предельно допустимых розничных цен на социально значимые продовольственные товары</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z33" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z33" w:id="19"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 138</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Предпринимательского кодекса Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в отношении торговых объектов _________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование однородной группы субъектов (объектов) контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственный орган, назначивший проверку/профилактический контроль</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с посещением субъекта (объекта) контроля ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акт о назначении проверки/профилактического контроля с посещением</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субъекта (объекта) контроля ____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________ №, дата</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Наименование субъекта (объекта) контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Индивидуальный идентификационный номер), бизнес-идентификационный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер субъекта (объекта) контроля _______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес места нахождения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-[...383 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="18"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="1412"/>
+        <w:gridCol w:w="8678"/>
+        <w:gridCol w:w="1105"/>
+        <w:gridCol w:w="1105"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень требований</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствует требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не соответствует требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1105" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение установленного размера предельно допустимых розничных цен на социально значимые продовольственные товары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="1412" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="8678" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Доведение до сведения субъектов внутренней торговли (реализующих социально значимые продовольственные товары) размера предельно допустимых розничных цен на социально значимые продовольственные товары на торговых объектах.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1105" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z34" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z34" w:id="20"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а)</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________ _____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________ ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель субъекта (объекта) контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________ ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...169 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="19"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3366,87 +3298,87 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 июня 2021 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 439-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z37" w:id="21"/>
+    <w:bookmarkStart w:name="z37" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Критерии оценки степени риска за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z38" w:id="22"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z38" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z39" w:id="23"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z39" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие критерии оценки степени риска за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности (далее – Критерии) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -3481,1347 +3413,1347 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра национальной экономики Республики Казахстан от 31 июля 2018 года № 3 "Об утверждении формы проверочных листов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 17371) и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Министра национальной экономики Республики Казахстан от 22 июня 2022 года № 48 "Об утверждении Правил формирования регулирующими государственными органами системы оценки и управления рисками и о внесении изменений в приказ исполняющего обязанности Министра национальной экономики Республики Казахстан от 31 июля 2018 года № 3 "Об утверждении Правил формирования государственными органами системы оценки рисков и формы проверочных листов" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 28577).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z40" w:id="24"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z40" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящих Критериях используются следующие понятия:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="24"/>
-    <w:bookmarkStart w:name="z41" w:id="25"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z41" w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) субъекты (объекты) контроля – индивидуальные предприниматели и юридические лица за деятельностью которых осуществляется контроль за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z42" w:id="26"/>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z42" w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) балл – количественная мера исчисления риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="26"/>
-    <w:bookmarkStart w:name="z43" w:id="27"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z43" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) незначительные нарушения – нарушение, связанное с отсутствием товарно-сопроводительных документов на продовольственные товары, оформленных изготовителем или поставщиком (продавцом);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="27"/>
-    <w:bookmarkStart w:name="z44" w:id="28"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z44" w:id="27"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) нормализация данных – статистическая процедура, предусматривающая приведение значений, измеренных в различных шкалах, к условно общей шкале;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-    <w:bookmarkStart w:name="z45" w:id="29"/>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z45" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) значительные нарушения – нарушения, связанные с реализацией на территории Республики Казахстан с указанием цены в тенге товара, оформленного ярлыком цен, выставленного во внутренних и (или) внешних витринах торгового объекта, либо реализация на территории Республики Казахстан товара, стоимость которого не должна превышать оформленную ярлыком цену, выставленного во внутренних и (или) внешних витринах торгового объекта, либо указание цены товара в тенге при его реализации на территории Республики Казахстан на условиях публичного договора, четко оформленными ценниками на реализуемые товары с указанием наименования товара, его сорта, цены за вес или единицу товара, осуществлением электронной торговли, оборудования торговыми рынками торговых мест в соответствии со схемой их размещения, административно-бытовых, складских помещений и мест общего пользования, оборудованием доступных для обозрения мест, наличием в стационарных торговых объектах, наличием в оптово-распределительных центрах соответствия требованиям технического оснащения оптово-распределительных центров, обеспечением администрацией оптово-распределительных центров утвержденного регламента работы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z46" w:id="30"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z46" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6) грубые нарушения – нарушения, связанные с не установлением размера предельной торговой надбавки не более пятнадцати процентов от отпускной цены производителя или закупочной цены оптового поставщика, указанной в договоре поставки социально значимого продовольственного товара, а также наличие товарно-сопроводительных документов и договоров поставки на продовольственные товары, оформленных изготовителем или поставщиком (продавцом), превышение субъектом внутренней торговли размера предельной торговой надбавки более пятнадцати процентов от отпускной цены производителя или закупочной цены оптового поставщика, указанной в договоре поставки социально значимого продовольственного товара, превышением субъектом внутренней торговли, осуществляющим деятельность по продаже товаров посредством организации торговой сети или крупных торговых объектов, пятипроцентного размера вознаграждения от цены приобретенных продовольственных товаров при заключении договора поставки продовольственных товаров с поставщиком продовольственных товаров, незаконным требованием вознаграждения в связи с приобретением социально значимых продовольственных товаров, превышение установленных минимальных оптовых цен на производимые, ввозимые и (или) реализуемые в Республике Казахстан социально значимые продовольственные товары, ограничением доступа товаров, выражающийся в необоснованном отказе от заключения договора о поставке товаров либо в заключении договора, не соблюдение индивидуальными предпринимателями и (или) юридическими лицами, основным видом деятельности которых является предоставление в аренду (пользование) торговых мест в крупных торговых объектах, а также на торговых рынках, обеспечения функционирования таких объектов и организация их работы, не заключением письменных договоров аренды (пользования) при предоставлении в аренду (пользование) на срок более трех календарных дней в пределах календарного месяца торговых объектов, торговых мест в торговых объектах, в том числе на торговых рынках, коммунальных рынках;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z47" w:id="31"/>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z47" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7) риск – вероятность причинения вреда в результате деятельности субъекта (объекта) контроля, законным интересам физических и юридических лиц, имущественным интересам государства с учетом степени тяжести его последствий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z48" w:id="32"/>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z48" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8) система оценки и управления рисками – процесс принятия управленческих решений, направленных на снижение вероятности наступления неблагоприятных факторов путем распределения субъектов (объектов) контроля по степеням риска для последующего осуществления профилактического контроля с посещением субъекта (объекта) контроля с целью минимально возможной степени ограничения свободы предпринимательства, обеспечивая при этом допустимый уровень риска в соответствующих сферах деятельности, а также направленных на изменение уровня риска для конкретного субъекта (объекта) контроля и (или) освобождения такого субъекта (объекта) контроля от профилактического контроля с посещением субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z49" w:id="33"/>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z49" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9) объективные критерии оценки степени риска (далее - объективные критерии) – критерии оценки степени риска, используемые для отбора субъектов (объектов) контроля в зависимости от степени риска за соблюдением законодательства Республики Казахстан о регулировании торговой деятельности и не зависящие непосредственно от отдельного субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z50" w:id="34"/>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z50" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10) субъективные критерии оценки степени риска (далее - субъективные критерии) – критерии оценки степени риска, используемые для отбора субъектов (объектов) контроля в зависимости от результатов деятельности конкретного субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="34"/>
-    <w:bookmarkStart w:name="z51" w:id="35"/>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z51" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11) проверочный лист – перечень требований, включающий в себя требования, предъявляемые к деятельности субъектов (объектов) контроля, несоблюдение которых влечет за собой угрозу законным интересам физических и юридических лиц, государства; </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="35"/>
-    <w:bookmarkStart w:name="z52" w:id="36"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z52" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       12) выборочная совокупность (выборка) – перечень оцениваемых субъектов (объектов), относимых к однородной группе субъектов (объектов) контроля в конкретной сфере государственного контроля, в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 143 Кодекса.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z53" w:id="37"/>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z53" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Критерии оценки степени риска для профилактического контроля с посещением субъекта (объекта) контроля формируются посредством объективных и субъективных критериев. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z54" w:id="38"/>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z54" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Профилактический контроль с посещением субъекта (объекта) контроля применяется в отношении субъекта (объекта) контроля, отнесенного к высокой степени риска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z55" w:id="39"/>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z55" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. Профилактический контроль с посещением субъектов (объектов) контроля проводится на основании списков проведения профилактического контроля с посещением субъектов (объектов) контроля, формируемых на полугодие, по результатам проводимого анализа и оценки. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z56" w:id="40"/>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z56" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Списки проведения профилактического контроля с посещением субъекта (объекта) контроля составляются с учетом приоритетности субъекта (объекта) контроля с наибольшим показателем степени риска по субъективным критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z57" w:id="41"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z57" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Объективные критерии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z58" w:id="42"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z58" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. В регулировании торговой деятельности к высокой степени риска относятся риски вероятности причинения вреда законным интересам физических и юридических лиц, имущественным интересам государства субъектами контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z59" w:id="43"/>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z59" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По объективным критериям к высокой степени риска относятся субъекты внутренней торговли, осуществляющие деятельность на торговых объектах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z60" w:id="44"/>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z60" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       В отношении субъектов (объектов) контроля, отнесенных по объективным критериям к высокой степени риска, применяются субъективные критерии с целью проведения профилактического контроля с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z61" w:id="45"/>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z61" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъекты внутренней торговли, осуществляющие деятельность на коммунальных рынках, относятся к низкой степени риска. В отношении таких субъектов проводятся внеплановые проверки.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z62" w:id="46"/>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z62" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Субъективные критерии</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z63" w:id="47"/>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z63" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Определение субъективных критериев осуществляется с применением следующих этапов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z64" w:id="48"/>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z64" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) формирование базы данных и сбор информации;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z65" w:id="49"/>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z65" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) анализ информации и оценка рисков.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z66" w:id="50"/>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z66" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Для оценки степени риска используются следующие источники информации:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z67" w:id="51"/>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z67" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) результаты предыдущих проверок и профилактического контроля с посещением субъектов (объектов) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="51"/>
-    <w:bookmarkStart w:name="z68" w:id="52"/>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z68" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) наличие неблагоприятных происшествий, возникших по вине субъекта контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z69" w:id="53"/>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z69" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Субъективные критерии разработаны на основании требований проверочных листов, несоблюдение которых в соответствии с субъективными критериями оценки степени рисков субъектов в сферах о регулировании торговой деятельности соответствуют определенной степени нарушения. В отношении каждого требования из проверочных листов определяется степень нарушения – грубое, значительное и незначительное.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z70" w:id="54"/>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z70" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Субъективные критерии к оценке степени риска деятельности субъектов контроля изложены в приложении 1 к настоящим Критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z71" w:id="55"/>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z71" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Исходя из приоритетности применяемых источников информации в соответствии с порядком расчета общего показателя степени риска по субъективным критериям рассчитывается общий показатель степени риска по субъективным критериям по шкале от 0 до 100.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z72" w:id="56"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z72" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       По показателям степени риска субъект (объект) контроля относится:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z73" w:id="57"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z73" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) к высокой степени риска – при показателе степени риска от 71 до 100 включительно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z74" w:id="58"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z74" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) к средней степени риска – при показателе степени риска от 31 до 70 включительно;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z75" w:id="59"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z75" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) к низкой степени риска – при показателе степени риска от 0 до 30 включительно.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z76" w:id="60"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z76" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Приоритетность применяемых источников информации и значимость показателей субъективных критериев устанавливаются в критериях согласно перечню субъективных критериев для определения степени риска по субъективным критериям в сфере регулирования торговой деятельности согласно приложению 2 к настоящим Критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z77" w:id="61"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z77" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11. Для отнесения субъекта (объекта) контроля к степени риска в соответствии с пунктом 5 настоящих Критериев применяется следующий порядок расчета показателя степени риска.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-    <w:bookmarkStart w:name="z78" w:id="62"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z78" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Государственный орган собирает информацию и формирует базу данных по субъективным критериям из источников согласно пункту 8 настоящих Критериев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="62"/>
-    <w:bookmarkStart w:name="z79" w:id="63"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z79" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет показателя степени риска по субъективным критериям (R) осуществляется в автоматизированном режиме путем суммирования показателя степени риска по нарушениям по результатам предыдущих проверок и профилактического контроля с посещением субъектов (объектов) контроля (SP) и показателя степени риска по субъективным критериям, в соответствии с пунктом 11 настоящих Критериев (SC), с последующей нормализацией значений данных в диапазон от 0 до 100 баллов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="63"/>
-    <w:bookmarkStart w:name="z80" w:id="64"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z80" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Rпром = SP + SC, где</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="64"/>
-    <w:bookmarkStart w:name="z81" w:id="65"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z81" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Rпром – промежуточный показатель степени риска по субъективным критериям,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="65"/>
-    <w:bookmarkStart w:name="z82" w:id="66"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z82" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР – показатель степени риска по нарушениям,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-    <w:bookmarkStart w:name="z83" w:id="67"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z83" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SC – показатель степени риска по субъективным критериям, определенным в соответствии с пунктом 11 настоящих Критериев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="67"/>
-    <w:bookmarkStart w:name="z84" w:id="68"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z84" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет производится по каждому субъекту (объекту) контроля однородной группы субъектов (объектов) контроля каждой сферы государственного контроля. При этом, перечень оцениваемых субъектов (объектов) контроля, относимых к однородной группе субъектов (объектов) контроля одной сферы государственного контроля, образует выборочную совокупность (выборку) для последующей нормализации данных.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z85" w:id="69"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z85" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12. При выявлении одного грубого нарушения субъекту (объекту) контроля приравнивается показатель степени риска 100 и в отношении него проводится профилактический контроль с посещением субъекта (объекта) контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z86" w:id="70"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z86" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При невыявлении грубых нарушений определение показателя степени риска рассчитывается суммарным показателем по нарушениям значительной и незначительной степени.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-    <w:bookmarkStart w:name="z87" w:id="71"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z87" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При определении показателя значительных нарушений применяется коэффициент 0,7 и данный показатель рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="71"/>
-    <w:bookmarkStart w:name="z88" w:id="72"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z88" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРз = (SР2 х 100/SР1) х 0,7, где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z89" w:id="73"/>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z89" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРз – показатель значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z90" w:id="74"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z90" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР1 – требуемое количество значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z91" w:id="75"/>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z91" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР2 – количество выявленных значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z92" w:id="76"/>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z92" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При определении показателя незначительных нарушений применяется коэффициент 0,3 и данный показатель рассчитывается по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z93" w:id="77"/>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z93" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн = (SР2 х 100/SР1) х 0,3, где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z94" w:id="78"/>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z94" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн – показатель незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z95" w:id="79"/>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z95" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР1 – требуемое количество незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z96" w:id="80"/>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z96" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР2 – количество выявленных незначительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z97" w:id="81"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z97" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Общий показатель степени риска (SР) рассчитывается по шкале от 0 до 100 и определяется путем суммирования показателей значительных и незначительных нарушений по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z98" w:id="82"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z98" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР = SРз + SРн,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z99" w:id="83"/>
+    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkStart w:name="z99" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       где:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z100" w:id="84"/>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z100" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SР – общий показатель степени риска;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z101" w:id="85"/>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z101" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРз – показатель значительных нарушений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z102" w:id="86"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z102" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       SРн – показатель незначительных нарушений.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z103" w:id="87"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z103" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расчет показателя степени риска по субъективным критериям, определенным в соответствии с пунктом 10 настоящих Критерии, производится по шкале от 0 до 100 баллов и осуществляется по следующей формуле:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkEnd w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -4864,190 +4796,190 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z105" w:id="88"/>
+    <w:bookmarkStart w:name="z105" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       x</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – показатель субъективного критерия,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z106" w:id="89"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z106" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – удельный вес показателя субъективного критерия xi,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z107" w:id="90"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z107" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       n – количество показателей.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z108" w:id="91"/>
+    <w:bookmarkEnd w:id="89"/>
+    <w:bookmarkStart w:name="z108" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Полученное значение показателя степени риска по субъективным критериям, определенным в соответствии с пунктом 10 настоящих Критериев, включается в расчет показателя степени риска по субъективным критериям.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z109" w:id="92"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:bookmarkStart w:name="z109" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Рассчитанные по субъектам (объектам) значения по показателю R нормализуются в диапазон от 0 до 100 баллов. Нормализация данных осуществляется по каждой выборочной совокупности (выборке) с использованием следующей формулы:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkEnd w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -5090,466 +5022,466 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z111" w:id="93"/>
+    <w:bookmarkStart w:name="z111" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R – показатель степени риска (итоговый) по субъективным критериям отдельного субъекта (объекта) контроля,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z112" w:id="94"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z112" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>max</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – максимально возможное значение по шкале степени риска по субъективным критериям по субъектам (объектам), входящим в одну выборочную совокупность (выборку) (верхняя граница шкалы),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z113" w:id="95"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z113" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>min</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – минимально возможное значение по шкале степени риска по субъективным критериям по субъектам (объектам), входящим в одну выборочную совокупность (выборку) (нижняя граница шкалы),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z114" w:id="96"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z114" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       R</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>пром</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> – промежуточный показатель степени риска по субъективным критериям, рассчитанный в соответствии с пунктом 11 настоящих Критериев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z115" w:id="97"/>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z115" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13. Кратность проведения профилактического контроля с посещением субъекта (объекта) контроля определяется критериями оценки степени риска, не чаще двух раз в год.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z116" w:id="98"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z116" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 4. Управление рисками</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z117" w:id="99"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z117" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14. В целях реализации принципа поощрения добросовестных субъектов (объектов) контроля и концентрации контроля на нарушителях субъекты (объекты) контроля освобождаются от проведения профилактического контроля с посещением субъекта (объекта) контроля на период, определяемый критериями оценки степени риска регулирующего государственного органа, посредством применения субъективных критериев.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
-    <w:bookmarkStart w:name="z118" w:id="100"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z118" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15. Субъекты (объекты) контроля переводятся с применением информационной системы с высокой степени риска в среднюю степень риска или со средней степени риска в низкую степень риска в соответствующих сферах деятельности субъектов контроля в случаях:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-    <w:bookmarkStart w:name="z119" w:id="101"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z119" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) если такие субъекты (объекты) заключили договоры страхования гражданско-правовой ответственности перед третьими лицами в случаях и порядке, установленных законами Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
-    <w:bookmarkStart w:name="z120" w:id="102"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z120" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) если в законах Республики Казахстан и критериях оценки степени риска регулирующего государственного органа определены случаи освобождения от профилактического контроля с посещением субъекта (объекта) контроля;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
-    <w:bookmarkStart w:name="z121" w:id="103"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkStart w:name="z121" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) если субъекты (объекты) являются членами саморегулируемой организации, основанной на добровольном членстве (участии) в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О саморегулировании", с которой заключено соглашение о признании результатов деятельности саморегулируемой организации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-    <w:bookmarkStart w:name="z122" w:id="104"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z122" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16. В целях освобождения от профилактического контроля с посещением субъекта (объекта) контроля, регулирующим государственным органом учитываются смягчающие индикаторы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z123" w:id="105"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z123" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       К смягчающим индикаторам относится наличие аудио и (или) видео фиксации, с передачей данных в онлайн-режиме.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z124" w:id="106"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z124" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, освобождение от профилактического контроля с посещением субъекта (объекта) контроля регулирующим государственным органом осуществляется в части требований, данные по которым получены указанными в смягчающих индикаторах способами.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z125" w:id="107"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z125" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 5. Особенности формирования системы оценки и управления рисками для государственных органов, использующих информационные системы с учетом специфики, в соответствии с законодательными актами Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z126" w:id="108"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z126" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17. Система оценки и управления рисками государственными органами ведется с использованием информационных систем, относящих субъекты (объекты) контроля к конкретным степеням риска и формирующих списки проведения контрольных мероприятий, а также основывается на государственной статистике, итогах ведомственного статистического наблюдения, а также информационных инструментах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z127" w:id="109"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z127" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При отсутствии информационной системы оценки и управления рисками минимально допустимый порог количества субъектов (объектов) контроля, в отношении которых осуществляются профилактический контроль с посещением субъекта (объекта) контроля, не должен превышать пяти процентов от общего количества таких субъектов (объектов) контроля в определенной сфере государственного контроля.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkEnd w:id="108"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5667,167 +5599,166 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в сфере регулирования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>торговой деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z129" w:id="110"/>
+    <w:bookmarkStart w:name="z129" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Степень нарушений требований в сфере регулирования торговой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4100"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="803"/>
+        <w:gridCol w:w="11179"/>
+        <w:gridCol w:w="318"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Критерии</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -5866,965 +5797,953 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1. В отношении субъектов внутренней торговли в части ценообразования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Установление размера предельной торговой надбавки не более пятнадцати процентов от отпускной цены производителя или закупочной цены оптового поставщика, указанной в договоре поставки социально значимого продовольственного товара, а также наличие товарно-сопроводительных документов и договоров поставки на продовольственные товары, оформленных изготовителем или поставщиком (продавцом).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Превышение субъектом внутренней торговли, осуществляющим деятельность по продаже товаров посредством организации торговой сети или крупных торговых объектов, пятипроцентного размера вознаграждения от цены приобретенных продовольственных товаров при заключении договора поставки продовольственных товаров с поставщиком продовольственных товаров.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Незаконное требование субъектом внутренней торговли, осуществляющим деятельность по продаже товаров посредством организации торговой сети или крупных торговых объектов вознаграждения в связи с приобретением социально значимых продовольственных товаров.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Превышение субъектом внутренней торговли размера предельной торговой надбавки более пятнадцати процентов от отпускной цены производителя или закупочной цены оптового поставщика, указанной в договоре поставки социально значимого продовольственного товара.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие четко оформленных ценников на реализуемые товары с указанием наименования товара, его сорта, цены за вес или единицу товара.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение установленных минимальных оптовых цен на производимые, ввозимые и (или) реализуемые в Республике Казахстан социально значимые продовольственные товары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение продавцом при осуществлении электронной торговли требований:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) по включению в оферту существенных условий договора или указанию порядка их определения;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) по предоставлению информации о порядке заключения договора;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) по выписке счетов-фактур.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализация на территории Республики Казахстан с указанием цены в тенге товара, оформленного ярлыком цен, выставленного во внутренних и (или) внешних витринах торгового объекта, либо реализация на территории Республики Казахстан товара, стоимость которого не должна превышать оформленную ярлыком цену, выставленного во внутренних и (или) внешних витринах торгового объекта, либо указание цены товара в тенге при его реализации на территории Республики Казахстан на условиях публичного договора.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -6863,2402 +6782,2238 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2. В отношении торговых рынков, торговых сетей и крупных торговых объектов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение торговыми рынками оборудования торговых мест в соответствии со схемой их размещения, административно-бытовых, складских помещений и мест общего пользования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение торговыми рынками оборудования доступных для обозрения мест, на которых размещаются:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- информация, содержащая схему размещения на торговом рынке торговых мест;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- схема эвакуации при возникновении аварийных или чрезвычайных ситуаций;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- информация о порядке и об условиях предоставления торговых мест в аренду (пользование);</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- информация о наличии свободных торговых мест;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- контактные данные (номер телефона и (или) электронный адрес) лица, уполномоченного вести переговоры по предоставлению торговых мест в аренду (пользование); -номера телефонов администрации торгового рынка, территориальных подразделений государственных органов в сферах защиты прав потребителей, санитарно-эпидемиологического благополучия населения, органов по ветеринарии и карантину растений, отдела внутренних дел, куда необходимо обращаться в случае возникновения вопросов относительно работы торгового рынка;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- оснащения указателями направлений к торговым рядам (плодоовощным, мясным, молочным, бытовых товаров, одежды, обуви и другим), объектам общественного питания, контрольным средствам измерения, автобусным остановкам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение индивидуальными предпринимателями и (или) юридическими лицами, основным видом деятельности которых является предоставление в аренду (пользование) торговых мест в крупных торговых объектах, а также на торговых рынках, обеспечения функционирования таких объектов и организация их работы:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) утверждение и соблюдение регламента работы крупного торгового объекта, торгового рынка, включающего режим его работы для субъектов внутренней торговли и работников их администрации;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) регистрация и осуществление деятельности в информационной системе и соблюдение требований;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) осуществление модернизации торговой инфраструктуры;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) разграничение зоны продаж оптовой и розничной торговли на территории крупного торгового объекта, торгового рынка.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение индивидуальными предпринимателями и юридическими лицами заключения письменных договоров аренды (пользования) при предоставлении в аренду (пользование) на срок более трех календарных дней в пределах календарного месяца торговых объектов, торговых мест в торговых объектах, в том числе на торговых рынках.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение коммунальным рынком:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) деятельности в соответствии с регламентом работы торгового рынка, утвержденным местным исполнительным органом, по решению которого создан данный коммунальный рынок;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) выполнения социально значимых задач по вопросам поддержки местных товаропроизводителей, оказания социальной поддержки социально уязвимым слоям населения путем:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- предоставления услуг отдельным категориям граждан, которым законодательно предоставлено право внеочередного обслуживания или других льгот согласно регламенту работы торгового рынка;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- предоставления без взимания платы торговых мест гражданам, реализующим продукцию с собственного подсобного хозяйства;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) на коммунальном рынке для реализации продовольственных товаров отведения не менее 70 % торговых мест, из них не менее 10 % торговых мест предоставляется непосредственно сельскохозяйственным товаропроизводителям для реализации собственной продукции.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение администрацией коммунального рынка:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) установления рекомендуемых розничных цен на продовольственные товары, реализуемые на коммунальном рынке по согласованию с местными исполнительными органами области, города, района на еженедельной основе;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) установления фиксированных тарифов по всем видам предоставляемых услуг (аренда торговых площадей, хранение, складирование, сортировка и расфасовка товаров, а также въезд и стоянка грузового и легкового автотранспорта) с возможностью корректировки не чаще одного раза в год по согласованию с местными исполнительными органами области, города, района на ежегодной основе;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) расположения на входе в торговый рынок информационного стенда о текущих розничных ценах на социально значимые продовольственные товары, в том числе в информационной системе. Информационный стенд может содержать информацию о текущих розничных ценах на иные продовольственные товары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение субъектом внутренней торговли при осуществлении продажи товаров посредством организации торговой сети и торговых рынков:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) обозначения мест выкладки товаров отечественного производства специальной вывеской или надписью "Сделано в Казахстане", которую допускается устанавливать на несколько расположенных рядом товаров отечественного производства;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) размещения товаров отечественного производства в визуально и физически доступных местах (на уровне глаз).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие в стационарных торговых объектах:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) оснащения удобными подъездными путями и пешеходными доступами ко входу, а также доступом для лиц с ограниченными возможностями;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) благоустройства и освещения в темное время суток территории, прилегающей к стационарным торговым объектам;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) площадок для стоянки, погрузочно-разгрузочными площадками для разгрузки автотранспорта, а также площадкой для лиц с ограниченными возможностями;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) аварийных выходов, лестниц, инструкций о действиях в аварийной ситуации, системы оповещения и средств защиты от пожара, информационных указателей, обеспечивающих свободную ориентацию покупателей как в обычной, так и в чрезвычайной ситуациях;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) информационных указателей, обеспечивающих возможность перемещения по лестницам, лифтам или пандусам и пользования торговыми залами и помещениями для оказания услуг торговли лицам с ограниченными возможностями;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) вывесок с указанием информации о наименовании и роде деятельности субъекта торговли (выполнения работ и оказания услуг), включая эмблемы, товарные знаки, бренды, размещаемые на недвижимых объектах, в местах реализации товаров, оказания услуг и выполнения работ таким субъектом;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7) оборудованных общественных туалетных комнат для покупателей в крупных торговых объектах, с наличием специальных туалетов для лиц с инвалидностью и других групп населения с ограниченными возможностями передвижения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Предоставление равного доступа субъектам внутренней торговли к торговым объектам и торговой инфраструктуре, в том числе субъектам внутренней торговли, осуществляющим деятельность по продаже товаров посредством организации торговой сети или крупных торговых объектов, ограничение доступа товаров, выражающийся в необоснованном отказе от заключения договора о поставке товаров либо в заключении договора.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 грубое</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Утверждение перечня дополнительных услуг, предоставляемых крупными торговыми объектами, торговыми рынками субъектам внутренней торговли (при наличии).</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В перечень дополнительных услуг входит:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) наименование услуг;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) стоимость услуг;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) описание характера оказываемых услуг и их количественные показатели.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение требований, предусмотренных в регламенте работы крупного торгового объекта, торгового рынка и модернизации торговой инфраструктуры который включает в себя:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) полное и сокращенное (при его наличии), в том числе фирменное наименование, организационно-правовую форму юридического лица, место его нахождения, государственный регистрационный номер;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) идентификационный номер налогоплательщика;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) специализацию торгового рынка, крупного торгового объекта;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) схему торгового рынка, крупного торгового объекта;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) схему эвакуации при возникновении аварийных или чрезвычайных ситуаций;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) перечень отдельных категорий граждан, которым предоставлено право внеочередного обслуживания или других льгот на торговом рынке, крупном торговом объекте;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7) порядок и условия предоставления торговых мест, оказания услуг, их характеристики, размеры стоимости за их предоставление;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8) условия договора аренды (пользования), в том числе порядок и основания для его расторжения;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9) порядок тарифообразования на услуги по предоставлению в аренду торговых мест, содержащий описание основных затрат, включаемых в данный тариф, сроки и порядок внесения изменений в тариф.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация на торговых рынках торговли с автолавок при наличии технических условий на их территории.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заключение и (или) внесение изменения в договоры аренды (пользования) торговых мест в крупных торговых объектах, а также на торговых рынках в информационной системе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
 Обеспечение приема платежа за аренду (пользование) торгового места в крупных торговых объектах, а также на торговых рынках через информационную систему безналичным способом, либо путем выписки счета на оплату через банки второго уровня. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размещение продовольственных товаров отечественного производства на торговой площади и (или) полочном пространстве не менее тридцати процентов от общей торговой площади и (или) полочного пространства занятого продовольственными товарами.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае отсутствия в данном объеме продовольственных товаров отечественного производства, оставшиеся места и (или) полочное пространство заполняются другими товарами по усмотрению субъекта внутренней торговли.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -9297,1045 +9052,961 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3. В отношении оптово-распределительных центров</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие в оптово-распределительных центрах складских помещений, павильонов и (или) других помещений со специальным оборудованием, предназначенных для соответствующего хранения и (или) выполнения закупочных, подготовительных, распределительных и (или) иных операций с продовольственными товарами, доля которых составляет не менее шестидесяти процентов от общего ассортимента товаров, и непродовольственными товарами, перечень которых определяется требованиями к оптово-распределительным центрам, для их последующей оптовой и (или) розничной торговли на внутреннем и (или) внешнем рынках.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие в оптово-распределительных центрах следующих основных зон:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) терминальная;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) контрольная;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) складская;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) технологическая;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) административная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие в оптово-распределительных центрах специализирующихся на торговле дополнительных зон:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) кросс-докинг;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) температурный бокс;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) торгово-выставочная зона;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) торговая зона.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие в оптово-распределительных центрах специализирующихся на распределении, дополнительных зон:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) кросс-докинг;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) торгово-выставочная зона.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 28.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствие технического оснащения оптово-распределительных центров следующим требованиям:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) регулируемый температурный режим в складской зоне и павильонах;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) наличие мест для досмотра товаров, в том числе пункта углубленного досмотра для транспортных средств, оснащенных искусственным освещением и оборудованных средствами видеонаблюдения, функционирующих в круглосуточном режиме, позволяющих осуществлять просмотр видеоинформации о происшедших событиях в течение последних тридцати календарных дней;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) наличие погрузочно-разгрузочной техники, сертифицированного весоизмерительного оборудования;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) наличие современных средств механизации погрузочно-разгрузочных работ;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) наличие рампы-навеса для грузового автотранспорта;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) наличие системы видеонаблюдения, обеспечивающей возможность ведения наблюдения за объектами (территорией) в режиме реального времени с сохранением данных в течение последних тридцати календарных дней, размещаемой в зданиях, на площадках, а также по всему периметру;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7) наличие подъездных дорог для транспорта, при этом, входная группа (ворота) для осуществления погрузо-разгрузочных работ имеет оснащенную уравнительными платформами для плотного примыкания транспортного средства к зданию с целью предотвращения нарушения температурной цепи при погрузке или разгрузке транспортного средства;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8) наличие площадок для отстоя и маневрирования большегрузного транспорта;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9) наличие территории с твердым покрытием по всему периметру, закрытым от прилегающей территории ограждением с удобными входами (выходами) и подъездными путями;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10) наличие автоматизированной системы учета товаров.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 значительное</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="803" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 29.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="11179" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение администрацией оптово-распределительных центров утверждения регламента работы, в котором указывается режим работы, порядок доступа, перечень предоставляемых услуг, условия и порядок предоставления в аренду помещений (торговых мест), их характеристика, тарифы на все виды предоставляемых услуг и его размещение на территории оптово-распределительных центров в доступном месте и на интернет-ресурсе (при наличии).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcW w:w="318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -10488,210 +10159,209 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в сфере регулирования</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>торговой деятельности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="111"/>
+    <w:bookmarkStart w:name="z132" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень субъективных критериев для определения степени риска по субъективным критериям в сфере регулирования торговой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="400"/>
+        <w:gridCol w:w="6025"/>
+        <w:gridCol w:w="836"/>
+        <w:gridCol w:w="2445"/>
+        <w:gridCol w:w="691"/>
+        <w:gridCol w:w="864"/>
+        <w:gridCol w:w="1039"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="400" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 № п/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="6025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Показатель субъективного критерия, SC</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Источник информации по показателю субъективного критерия</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2445" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -10798,272 +10468,272 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 условие 1/значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 условие 2/значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 условие 3/значение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="400" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="6025" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2445" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11097,88 +10767,88 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="400" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="6025" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -11271,197 +10941,197 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>204-4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Кодекса об административных нарушениях Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="836" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие неблагоприятных происшествий, возникших по вине субъекта контроля</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2445" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -11510,123 +11180,123 @@
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="691" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 0 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="864" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 50 %</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1039" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
@@ -12026,2052 +11696,2051 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 июня 2021 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 439-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="112"/>
+    <w:bookmarkStart w:name="z135" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проверочный лист за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="111"/>
+    <w:bookmarkStart w:name="z136" w:id="112"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z136" w:id="113"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В отношении субъектов внутренней торговли в части ценообразования</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование однородной группы субъектов (объектов) контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственный орган, назначивший проверку/профилактический контроль</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с посещением субъекта (объекта) контроля ____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акт о назначении проверки/профилактического контроля с посещением</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субъекта (объекта) контроля _________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№, дата, наименование субъекта (объекта) контроля _____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Индивидуальный идентификационный номер), бизнес-идентификационный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер субъекта (объекта) контроля ___________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес места нахождения ____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-[...271 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="112"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="637"/>
+        <w:gridCol w:w="10665"/>
+        <w:gridCol w:w="499"/>
+        <w:gridCol w:w="499"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень требований</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствует требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не соответствует требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="499" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Установление размера предельной торговой надбавки не более пятнадцати процентов от отпускной цены производителя или закупочной цены оптового поставщика, указанной в договоре поставки социально значимого продовольственного товара, а также наличие товарно-сопроводительных документов и договоров поставки на продовольственные товары, оформленных изготовителем или поставщиком (продавцом).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Превышение субъектом внутренней торговли, осуществляющим деятельность по продаже товаров посредством организации торговой сети или крупных торговых объектов, пятипроцентного размера вознаграждения от цены приобретенных продовольственных товаров при заключении договора поставки продовольственных товаров с поставщиком продовольственных товаров.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Незаконное требование субъектом внутренней торговли, осуществляющим деятельность по продаже товаров посредством организации торговой сети или крупных торговых объектов вознаграждения в связи с приобретением социально значимых продовольственных товаров.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Превышение субъектом внутренней торговли размера предельной торговой надбавки более пятнадцати процентов от отпускной цены производителя или закупочной цены оптового поставщика, указанной в договоре поставки социально значимого продовольственного товара.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие четко оформленных ценников на реализуемые товары с указанием наименования товара, его сорта, цены за вес или единицу товара.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение установленных минимальных оптовых цен на производимые, ввозимые и (или) реализуемые в Республике Казахстан социально значимые продовольственные товары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение продавцом при осуществлении электронной торговли требований:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) по включению в оферту существенных условий договора или указанию порядка их определения;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) по предоставлению информации о порядке заключения договора;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) по выписке счетов-фактур.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="637" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10665" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реализация на территории Республики Казахстан с указанием цены в тенге товара, оформленного ярлыком цен, выставленного во внутренних и (или) внешних витринах торгового объекта, либо реализация на территории Республики Казахстан товара, стоимость которого не должна превышать оформленную ярлыком цену, выставленного во внутренних и (или) внешних витринах торгового объекта, либо указание цены товара в тенге при его реализации на территории Республики Казахстан на условиях публичного договора.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="499" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z137" w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z137" w:id="114"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а) __________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________ ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель субъекта (объекта) контроля _____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________ ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-[...152 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="113"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -14436,3719 +14105,3656 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 июня 2021 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 439-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z140" w:id="115"/>
+    <w:bookmarkStart w:name="z140" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проверочный лист за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkStart w:name="z141" w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z141" w:id="116"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В отношении торговых рынков, торговых сетей и крупных торговых объектов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование однородной группы субъектов (объектов) контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственный орган, назначивший проверку/профилактического контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с посещением субъекта (объекта) контроля ______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акт о назначении проверки/профилактического контроля с посещением</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субъекта (объекта) контроля ___________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№, дата, наименование субъекта (объекта) контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Индивидуальный идентификационный номер), бизнес-идентификационный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер субъекта (объекта) контроля _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес места нахождения ______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-[...305 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="115"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="884"/>
+        <w:gridCol w:w="10449"/>
+        <w:gridCol w:w="483"/>
+        <w:gridCol w:w="484"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень требований</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствует требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="484" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не соответствует требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="483" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="484" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение торговыми рынками оборудования торговых мест в соответствии со схемой их размещения, административно-бытовых, складских помещений и мест общего пользования.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение торговыми рынками оборудования доступных для обозрения мест, на которых размещаются:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- информация, содержащая схему размещения на торговом рынке торговых мест;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- схема эвакуации при возникновении аварийных или чрезвычайных ситуаций;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- информация о порядке и об условиях предоставления торговых мест в аренду (пользование);</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- информация о наличии свободных торговых мест;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- контактные данные (номер телефона и (или) электронный адрес) лица, уполномоченного вести переговоры по предоставлению торговых мест в аренду (пользование); -номера телефонов администрации торгового рынка, территориальных подразделений государственных органов в сферах защиты прав потребителей, санитарно-эпидемиологического благополучия населения, органов по ветеринарии и карантину растений, отдела внутренних дел, куда необходимо обращаться в случае возникновения вопросов относительно работы торгового рынка;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- оснащения указателями направлений к торговым рядам (плодоовощным, мясным, молочным, бытовых товаров, одежды, обуви и другим), объектам общественного питания, контрольным средствам измерения, автобусным остановкам.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение индивидуальными предпринимателями и (или) юридическими лицами, основным видом деятельности которых является предоставление в аренду (пользование) торговых мест в крупных торговых объектах, а также на торговых рынках, обеспечения функционирования таких объектов и организация их работы:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) утверждение и соблюдение регламента работы крупного торгового объекта, торгового рынка, включающего режим его работы для субъектов внутренней торговли и работников их администрации;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) регистрация и осуществление деятельности в информационной системе и соблюдение требований;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) осуществление модернизации торговой инфраструктуры;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) разграничение зоны продаж оптовой и розничной торговли на территории крупного торгового объекта, торгового рынка.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение индивидуальными предпринимателями и юридическими лицами заключения письменных договоров аренды (пользования) при предоставлении в аренду (пользование) на срок более трех календарных дней в пределах календарного месяца торговых объектов, торговых мест в торговых объектах, в том числе на торговых рынках.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение коммунальным рынком:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) деятельности в соответствии с регламентом работы торгового рынка, утвержденным местным исполнительным органом, по решению которого создан данный коммунальный рынок;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) выполнения социально значимых задач по вопросам поддержки местных товаропроизводителей, оказания социальной поддержки социально уязвимым слоям населения путем:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- предоставления услуг отдельным категориям граждан, которым законодательно предоставлено право внеочередного обслуживания или других льгот согласно регламенту работы торгового рынка;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>- предоставления без взимания платы торговых мест гражданам, реализующим продукцию с собственного подсобного хозяйства;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) на коммунальном рынке для реализации продовольственных товаров отведения не менее 70 % торговых мест, из них не менее 10 % торговых мест предоставляется непосредственно сельскохозяйственным товаропроизводителям для реализации собственной продукции.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение администрацией коммунального рынка:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) установления рекомендуемых розничных цен на продовольственные товары, реализуемые на коммунальном рынке по согласованию с местными исполнительными органами области, города, района на еженедельной основе;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) установления фиксированных тарифов по всем видам предоставляемых услуг (аренда торговых площадей, хранение, складирование, сортировка и расфасовка товаров, а также въезд и стоянка грузового и легкового автотранспорта) с возможностью корректировки не чаще одного раза в год по согласованию с местными исполнительными органами области, города, района на ежегодной основе;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) расположения на входе в торговый рынок информационного стенда о текущих розничных ценах на социально значимые продовольственные товары, в том числе в информационной системе. Информационный стенд может содержать информацию о текущих розничных ценах на иные продовольственные товары.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение субъектом внутренней торговли при осуществлении продажи товаров посредством организации торговой сети и торговых рынков:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) обозначения мест выкладки товаров отечественного производства специальной вывеской или надписью "Сделано в Казахстане", которую допускается устанавливать на несколько расположенных рядом товаров отечественного производства;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) размещения товаров отечественного производства в визуально и физически доступных местах (на уровне глаз).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие в стационарных торговых объектах:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) оснащения удобными подъездными путями и пешеходными доступами ко входу, а также доступом для лиц с ограниченными возможностями;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) благоустройства и освещения в темное время суток территории, прилегающей к стационарным торговым объектам;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) площадок для стоянки, погрузочно-разгрузочными площадками для разгрузки автотранспорта, а также площадкой для лиц с ограниченными возможностями;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) аварийных выходов, лестниц, инструкций о действиях в аварийной ситуации, системы оповещения и средств защиты от пожара, информационных указателей, обеспечивающих свободную ориентацию покупателей как в обычной, так и в чрезвычайной ситуациях;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) информационных указателей, обеспечивающих возможность перемещения по лестницам, лифтам или пандусам и пользования торговыми залами и помещениями для оказания услуг торговли лицам с ограниченными возможностями;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) вывесок с указанием информации о наименовании и роде деятельности субъекта торговли (выполнения работ и оказания услуг), включая эмблемы, товарные знаки, бренды, размещаемые на недвижимых объектах, в местах реализации товаров, оказания услуг и выполнения работ таким субъектом;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7) оборудованных общественных туалетных комнат для покупателей в крупных торговых объектах, с наличием специальных туалетов для лиц с инвалидностью и других групп населения с ограниченными возможностями передвижения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Предоставление равного доступа субъектам внутренней торговли к торговым объектам и торговой инфраструктуре, в том числе субъектам внутренней торговли, осуществляющим деятельность по продаже товаров посредством организации торговой сети или крупных торговых объектов, ограничение доступа товаров, выражающийся в необоснованном отказе от заключения договора о поставке товаров либо в заключении договора.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Утверждение перечня дополнительных услуг, предоставляемых крупными торговыми объектами, торговыми рынками субъектам внутренней торговли (при наличии).</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В перечень дополнительных услуг входит:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) наименование услуг;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) стоимость услуг;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) описание характера оказываемых услуг и их количественные показатели.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соблюдение требований, предусмотренных в регламенте работы крупного торгового объекта, торгового рынка и модернизации торговой инфраструктуры который включает в себя:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) полное и сокращенное (при его наличии), в том числе фирменное наименование, организационно-правовую форму юридического лица, место его нахождения, государственный регистрационный номер;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) идентификационный номер налогоплательщика;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) специализацию торгового рынка, крупного торгового объекта;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) схему торгового рынка, крупного торгового объекта;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) схему эвакуации при возникновении аварийных или чрезвычайных ситуаций;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) перечень отдельных категорий граждан, которым предоставлено право внеочередного обслуживания или других льгот на торговом рынке, крупном торговом объекте;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7) порядок и условия предоставления торговых мест, оказания услуг, их характеристики, размеры стоимости за их предоставление;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8) условия договора аренды (пользования), в том числе порядок и основания для его расторжения;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9) порядок тарифообразования на услуги по предоставлению в аренду торговых мест, содержащий описание основных затрат, включаемых в данный тариф, сроки и порядок внесения изменений в тариф.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Организация на торговых рынках торговлю с автолавок при наличии технических условий на их территории.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Заключение и (или) внесение изменения в договоры аренды (пользования) торговых мест в крупных торговых объектах, а также на торговых рынках в информационной системе.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение приема платежа за аренду (пользование) торгового места в крупных торговых объектах, а также на торговых рынках через информационную систему безналичным способом, либо путем выписки счета на оплату через банки второго уровня.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="884" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10449" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Размещение продовольственных товаров отечественного производства на торговой площади и (или) полочном пространстве не менее тридцати процентов от общей торговой площади и (или) полочного пространства занятого продовольственными товарами.</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>В случае отсутствия в данном объеме продовольственных товаров отечественного производства, оставшиеся места и (или) полочное пространство заполняются другими товарами по усмотрению субъекта внутренней торговли.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="483" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="484" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z142" w:id="116"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z142" w:id="117"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а) _________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________ _____________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель субъекта (объекта) контроля ____________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________ ______________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-[...152 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="116"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -18513,2076 +18119,1975 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 30 июня 2021 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 439-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="118"/>
+    <w:bookmarkStart w:name="z145" w:id="117"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Проверочный лист за соблюдением законодательства Республики Казахстан в сфере регулирования торговой деятельности</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkStart w:name="z146" w:id="118"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z146" w:id="119"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 138</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Предпринимательского кодекса Республики Казахстан</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В отношении оптово-распределительных центров __________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наименование однородной группы субъектов (объектов) контроля</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Государственный орган, назначивший проверку/профилактический контроль</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с посещением субъекта (объекта) контроля ________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Акт о назначении проверки/профилактического контроля с посещением</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>субъекта (объекта) контроля ____________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№, дата, наименование субъекта (объекта) контроля ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(Индивидуальный идентификационный номер), бизнес-идентификационный</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>номер субъекта (объекта) контроля ______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес места нахождения _______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-[...271 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="118"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3075"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="547"/>
+        <w:gridCol w:w="10896"/>
+        <w:gridCol w:w="428"/>
+        <w:gridCol w:w="429"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Перечень требований</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствует требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Не соответствует требованиям</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="428" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="429" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие в оптово-распределительных центрах складских помещений, павильонов и (или) других помещений со специальным оборудованием, предназначенных для соответствующего хранения и (или) выполнения закупочных, подготовительных, распределительных и (или) иных операций с продовольственными товарами, доля которых составляет не менее шестидесяти процентов от общего ассортимента товаров, и непродовольственными товарами, перечень которых определяется требованиями к оптово-распределительным центрам, для их последующей оптовой и (или) розничной торговли на внутреннем и (или) внешнем рынках.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие в оптово-распределительных центрах следующих основных зон:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) терминальная;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) контрольная;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) складская;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) технологическая;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) административная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие в оптово-распределительных центрах специализирующихся на торговле дополнительных зон:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) кросс-докинг;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) температурный бокс;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) торгово-выставочная зона;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) торговая зона.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие в оптово-распределительных центрах специализирующихся на распределении, дополнительных зон:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) кросс-докинг;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) торгово-выставочная зона.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Соответствие технического оснащения оптово-распределительных центров следующим требованиям:</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1) регулируемый температурный режим в складской зоне и павильонах;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2) наличие мест для досмотра товаров, в том числе пункта углубленного досмотра для транспортных средств, оснащенных искусственным освещением и оборудованных средствами видеонаблюдения, функционирующих в круглосуточном режиме, позволяющих осуществлять просмотр видеоинформации о происшедших событиях в течение последних тридцати календарных дней;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3) наличие погрузочно-разгрузочной техники, сертифицированного весоизмерительного оборудования;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4) наличие современных средств механизации погрузочно-разгрузочных работ;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5) наличие рампы-навеса для грузового автотранспорта;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6) наличие системы видеонаблюдения, обеспечивающей возможность ведения наблюдения за объектами (территорией) в режиме реального времени с сохранением данных в течение последних тридцати календарных дней, размещаемой в зданиях, на площадках, а также по всему периметру;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7) наличие подъездных дорог для транспорта, при этом, входная группа (ворота) для осуществления погрузо-разгрузочных работ имеет оснащенную уравнительными платформами для плотного примыкания транспортного средства к зданию с целью предотвращения нарушения температурной цепи при погрузке или разгрузке транспортного средства;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8) наличие площадок для отстоя и маневрирования большегрузного транспорта;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9) наличие территории с твердым покрытием по всему периметру, закрытым от прилегающей территории ограждением с удобными входами (выходами) и подъездными путями;</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10) наличие автоматизированной системы учета товаров.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="547" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcW w:w="10896" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Обеспечение администрацией оптово-распределительных центров утверждения регламента работы, в котором указывается режим работы, порядок доступа, перечень предоставляемых услуг, условия и порядок предоставления в аренду помещений (торговых мест), их характеристика, тарифы на все виды предоставляемых услуг и его размещение на территории оптово-распределительных центров в доступном месте и на интернет-ресурсе (при наличии).</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3075" w:type="dxa"/>
-[...58 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="428" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="429" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:bookmarkStart w:name="z147" w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z147" w:id="120"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Должностное (ые) лицо (а) ________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________ ________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Руководитель субъекта (объекта) контроля ___________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________ ________________</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность подпись</w:t>
+      </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
-[...152 lines deleted...]
-    </w:p>
+    <w:bookmarkEnd w:id="119"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>