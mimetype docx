--- v0 (2025-11-13)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="ed2e144" w14:textId="ed2e144">
+    <w:p w14:paraId="88f4055" w14:textId="88f4055">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -5170,86 +5170,110 @@
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>45. Заявки потенциальных поставщиков о внесении в Реестр опыта работы сведений и документов, подтверждающих опыт работы по строительно-монтажным работам (нового строительства зданий и сооружений) объектов, отнесенных к технически и (или) технологически сложным, а также, их комплексов, инженерных и транспортных коммуникаций за последние 10 (десять) лет, предшествующих текущему году, а также за текущий год, по объектам, где заказчиками являются негосударственные юридические лица, рассматриваются с учетом следующих условий:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="177"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) сведения и документы, подтверждающие опыт работы потенциального поставщика, подтверждаются:</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkStart w:name="z494" w:id="178"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       органом, осуществляющим государственный архитектурно-строительный контроль на основании обращений потенциальных поставщиков, представленных посредством веб-портала с использованием электронной цифровой подписи;</w:t>
       </w:r>
     </w:p>
+    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkStart w:name="z495" w:id="179"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      посредством единого портала комплексной вневедомственной экспертизы проектов в части положительного заключения государственной комплексной вневедомственной экспертизы проектов;</w:t>
-[...1 lines deleted...]
-    </w:p>
+      посредством единого портала комплексной вневедомственной экспертизы проектов в части положительного заключения государственной комплексной вневедомственной экспертизы проектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkStart w:name="z496" w:id="180"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае выдачи положительного заключения государственной комплексной вневедомственной экспертизы проектов до 1 апреля 2015 года, допускается подтверждение такой экспертизы путем направления посредством веб-портала запроса потенциального поставщика и получения положительного ответа государственной комплексной вневедомственной экспертизы проектов;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="180"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) соответствие документов, подтверждающих опыт работы потенциального поставщика требованиям согласно пункту 46 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5269,97 +5293,117 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      Сноска. Пункт 45 - в редакции приказа и.о. Министра финансов РК от 06.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 425</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования); с изменением, внесенным приказом Министра финансов РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z191" w:id="178"/>
+    <w:bookmarkStart w:name="z191" w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>46. Документами, подтверждающим опыт работы по строительно-монтажным работам, являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="178"/>
+    <w:bookmarkEnd w:id="181"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) электронная копия акта приемки объекта строительства в эксплуатацию, по форме утвержденной в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -5602,70 +5646,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z493" w:id="179"/>
+    <w:bookmarkStart w:name="z493" w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       46-1. Документами, подтверждающими опыт работы потенциального поставщика по строительству, реконструкции, капитальному и среднему ремонту автомобильных дорог международного и республиканского значений являются электронные копии актов приемки выполненных работ (сертификаты, акты приемки выполненных работ согласно ведомости договорной цены, промежуточные сертификаты оплаты) и приемки объектов в эксплуатацию.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="179"/>
+    <w:bookmarkEnd w:id="182"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Достоверность сведений и документов, подтверждающих такой опыт работы за последние 10 (десять) лет, предшествующих текущему году, а также за текущий год, подтверждаются на основе данных уполномоченного государственного органа по автомобильным дорогам.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5702,80 +5746,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z197" w:id="180"/>
+    <w:bookmarkStart w:name="z197" w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>47. Достоверность сведений и документов, подтверждающих опыт работы потенциального поставщика по разработке проектной (проектно-сметной) документации за последние 10 (десять) лет, предшествующих текущему году, а также за текущий год, подтверждаются положительными экспертными заключениями комплексной вневедомственной экспертизы по проекту строительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="180"/>
+    <w:bookmarkEnd w:id="183"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Достоверность положительного заключения комплексной вневедомственной экспертизы проекта подтверждается посредством единого портала комплексной вневедомственной экспертизы проектов.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5812,70 +5856,70 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z200" w:id="181"/>
+    <w:bookmarkStart w:name="z200" w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       48. Достоверность сведений и документов, подтверждающих опыт работы потенциального поставщика по инжиниринговым услугам по техническому надзору за строительно-монтажными работами за последние 5 (пять) лет, предшествующих текущему году, а также за текущий год, подтверждаются документами, предусмотренными пунктом 49 настоящих Правил, а также в порядке, предусмотренном пунктами 44, 44-1 и 45 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="181"/>
+    <w:bookmarkEnd w:id="184"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Достоверность сведений и документов, подтверждающих опыт работы потенциального поставщика по инжиниринговым услугам по техническому надзору за строительно-монтажными работами, реконструкции, капитальному и среднему ремонту автомобильных дорог международного и республиканского значений подтверждается документами, и в порядке, предусмотренном пунктом 46-1 настоящих Правил.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
@@ -5912,80 +5956,80 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z201" w:id="182"/>
+    <w:bookmarkStart w:name="z201" w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>49. Документами, подтверждающими опыт работы инжиниринговых услуг по техническому надзору за строительно-монтажными работами, являются:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="182"/>
+    <w:bookmarkEnd w:id="185"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) электронная копия акта приемки объекта строительства в эксплуатацию, по форме утвержденной в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -6190,330 +6234,596 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z205" w:id="183"/>
+    <w:bookmarkStart w:name="z205" w:id="186"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      50. В случае, если в акте приемки объектов в эксплуатацию, предусматривается несколько видов функционального назначения, то такой опыт работы потенциального поставщика по строительно-монтажным работам вносится в реестр опыта работы отдельно по каждому виду функционального назначения.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z206" w:id="184"/>
+      50. В случае, если в акте приемки объектов в эксплуатацию, предусматривается несколько видов функционального назначения, за исключением объектов жилищно-гражданского назначения, то такой опыт работы потенциального поставщика по строительно-монтажным работам вносится в реестр опыта работы отдельно по каждому виду функционального назначения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="186"/>
+    <w:bookmarkStart w:name="z497" w:id="187"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Опыт работы потенциального поставщика по разработке проектной (проектно-сметной) документации вносится в реестр опыта работы отдельно по каждому виду функционального назначения в случае, если в положительном заключении комплексной вневедомственной экспертизы, предусматривается несколько видов функционального назначения.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z207" w:id="185"/>
+      Опыт работы потенциального поставщика по разработке проектной (проектно-сметной) документации вносится в реестр опыта работы отдельно по каждому виду функционального назначения, за исключением объектов жилищно-гражданского назначения, в случае, если в положительном заключении комплексной вневедомственной экспертизы, предусматривается несколько видов функционального назначения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="187"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 50 - в редакции приказа Министра финансов РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z207" w:id="188"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       51. Заявка потенциального поставщика о внесении в Реестр опыта работы сведений и документов, подтверждающих опыт работы, полученный в результате реорганизации путем слияния, присоединения и преобразования рассматривается после обновления (объединения) на веб-портале показателей финансовой устойчивости реорганизуемых юридических лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="185"/>
-    <w:bookmarkStart w:name="z208" w:id="186"/>
+    <w:bookmarkEnd w:id="188"/>
+    <w:bookmarkStart w:name="z208" w:id="189"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, в Реестр опыта работы вносится наибольший опыт работы одного из реорганизуемых юридических лиц.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="186"/>
-    <w:bookmarkStart w:name="z209" w:id="187"/>
+    <w:bookmarkEnd w:id="189"/>
+    <w:bookmarkStart w:name="z209" w:id="190"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Опыт работы реорганизованного юридического лица не вносится в Реестр опыта работы, при наличии одного из следующих случаев:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="187"/>
-    <w:bookmarkStart w:name="z210" w:id="188"/>
+    <w:bookmarkEnd w:id="190"/>
+    <w:bookmarkStart w:name="z210" w:id="191"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) если заявленный опыт работы потенциального поставщика получен в результате реорганизации путем разделения или выделения из другого юридического лица;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="188"/>
-    <w:bookmarkStart w:name="z211" w:id="189"/>
+    <w:bookmarkEnd w:id="191"/>
+    <w:bookmarkStart w:name="z211" w:id="192"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) если заявленный опыт работы потенциального поставщика получен в результате нескольких последовательных видов реорганизации (разделение, выделение, слияние, присоединение, преобразование);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="189"/>
-    <w:bookmarkStart w:name="z212" w:id="190"/>
+    <w:bookmarkEnd w:id="192"/>
+    <w:bookmarkStart w:name="z212" w:id="193"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3) если заявленный опыт работы потенциального поставщика получен в результате реорганизации юридических лиц (слияние, присоединение, преобразование), где одно из реорганизуемых юридических лиц имеет ограничения, предусмотренные подпунктами 3), 5), 6) и 7) пункта 1 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="190"/>
-    <w:bookmarkStart w:name="z213" w:id="191"/>
+    <w:bookmarkEnd w:id="193"/>
+    <w:bookmarkStart w:name="z213" w:id="194"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) если заявленный опыт работы потенциального поставщика получен в результате реорганизации юридических лиц (слияние, присоединение, преобразование), где одно из реорганизуемых юридических лиц лишено лицензии (разрешения) на осуществление видов деятельности, соответствующей предмету государственных закупок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="191"/>
-    <w:bookmarkStart w:name="z214" w:id="192"/>
+    <w:bookmarkEnd w:id="194"/>
+    <w:bookmarkStart w:name="z498" w:id="195"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      51-1. В случае внесения в Реестр опыта работы сведений и документов, подтверждающих опыт работы временными объединениями юридических лиц (консорциум), принимаются сведения и документы в отношении основного участника консорциума, определенного консорциальным соглашением.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkStart w:name="z499" w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При этом, не допускается внесение в Реестр опыта работы сведений и документов в качестве основного участника консорциума от нескольких юридических лиц.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="196"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Глава 8 дополнена пунктом 51-1 в соответствии с приказом Министра финансов РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z214" w:id="197"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       52. Ведомство уполномоченного органа и его территориальные подразделения рассматривают заявки потенциальных поставщиков с учетом соответствия заполненных сведений подтверждающим документам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="192"/>
-    <w:bookmarkStart w:name="z215" w:id="193"/>
+    <w:bookmarkEnd w:id="197"/>
+    <w:bookmarkStart w:name="z500" w:id="198"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      При рассмотрении заявок потенциальных поставщиков, ведомство уполномоченного органа и его территориальные подразделения проверяют сведения и документы в том числе на предмет наличия разрешения, направления уведомления, выданных в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Законом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о разрешениях и уведомлениях не позднее заявленного опыта работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="198"/>
+    <w:bookmarkStart w:name="z501" w:id="199"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Ведомство уполномоченного органа и его территориальные подразделения в целях уточнения сведений и документов, содержащихся в заявках потенциальных поставщиков запрашивают необходимую информацию у соответствующих физических или юридических лиц, государственных органов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="193"/>
-    <w:bookmarkStart w:name="z216" w:id="194"/>
+    <w:bookmarkEnd w:id="199"/>
+    <w:bookmarkStart w:name="z502" w:id="200"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      В случае, предусмотренном частью второй настоящего пункта, срок рассмотрения заявки потенциального поставщика продлевается, о чем сообщается такому потенциальному поставщику.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z217" w:id="195"/>
+      В случае, предусмотренном частью третьей настоящего пункта, срок рассмотрения заявки потенциального поставщика продлевается, о чем сообщается такому потенциальному поставщику.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="200"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 52 - в редакции приказа Министра финансов РК от 04.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 749</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z217" w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       53. По результатам рассмотрения заявок потенциальных поставщиков о подтверждении достоверности сведений и документов, подтверждающих его опыт работы, вносимых в Реестр опыта работы, посредством веб-портала принимается одно из следующих решений в разрезе каждого опыта работы потенциального поставщика:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="195"/>
+    <w:bookmarkEnd w:id="201"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) о подтверждении, которое принимается в случаях соответствия сведений и документов требованиям, предусмотренным в пунктах 44, 44-1, 45, 46, 46-1, 47, 48 и 49 настоящих Правил;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
@@ -6604,870 +6914,870 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z222" w:id="196"/>
+    <w:bookmarkStart w:name="z222" w:id="202"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       54. Сведения и документы, подтверждающие опыт работы потенциального поставщика, вносятся в Реестр опыта работы со статусом "Подтверждено" в случае принятия решения, предусмотренного подпунктом 1) пункта 53 настоящих Правил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="196"/>
-    <w:bookmarkStart w:name="z223" w:id="197"/>
+    <w:bookmarkEnd w:id="202"/>
+    <w:bookmarkStart w:name="z223" w:id="203"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       55. В случае предоставления потенциальными поставщиками недостоверной информации по документам, подтверждающим опыт работы потенциального поставщика, установленной при формировании и ведении Реестра опыта работы ведомство уполномоченного органа не позднее 30 (тридцати) календарных дней со дня, когда им стало известно о таком факте, обращается с иском в суд о признании такого потенциального поставщика недобросовестным участником государственных закупок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="197"/>
-    <w:bookmarkStart w:name="z224" w:id="198"/>
+    <w:bookmarkEnd w:id="203"/>
+    <w:bookmarkStart w:name="z224" w:id="204"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       56. Корректировка сведений, внесенных в Реестр опыта работы, в том числе сведений со статусом "Подтверждено" осуществляется при несоответствии заполненных в Реестре опыта работы сведений к представленным документам, подтверждающих опыт работы в части:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="198"/>
-    <w:bookmarkStart w:name="z225" w:id="199"/>
+    <w:bookmarkEnd w:id="204"/>
+    <w:bookmarkStart w:name="z225" w:id="205"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       вида строительства;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="199"/>
-    <w:bookmarkStart w:name="z226" w:id="200"/>
+    <w:bookmarkEnd w:id="205"/>
+    <w:bookmarkStart w:name="z226" w:id="206"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       года завершения работ согласно дате акта приемки объекта в эксплуатацию;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="200"/>
-    <w:bookmarkStart w:name="z227" w:id="201"/>
+    <w:bookmarkEnd w:id="206"/>
+    <w:bookmarkStart w:name="z227" w:id="207"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       статуса поставщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="201"/>
-    <w:bookmarkStart w:name="z228" w:id="202"/>
+    <w:bookmarkEnd w:id="207"/>
+    <w:bookmarkStart w:name="z228" w:id="208"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       уровня ответственности зданий и сооружений;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="202"/>
-    <w:bookmarkStart w:name="z229" w:id="203"/>
+    <w:bookmarkEnd w:id="208"/>
+    <w:bookmarkStart w:name="z229" w:id="209"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       технической сложности объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="203"/>
-    <w:bookmarkStart w:name="z230" w:id="204"/>
+    <w:bookmarkEnd w:id="209"/>
+    <w:bookmarkStart w:name="z230" w:id="210"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       функционального назначения объектов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="204"/>
-    <w:bookmarkStart w:name="z231" w:id="205"/>
+    <w:bookmarkEnd w:id="210"/>
+    <w:bookmarkStart w:name="z231" w:id="211"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       подвидов лицензируемых видов деятельности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="205"/>
-    <w:bookmarkStart w:name="z232" w:id="206"/>
+    <w:bookmarkEnd w:id="211"/>
+    <w:bookmarkStart w:name="z232" w:id="212"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Такая корректировка осуществляется на основе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="206"/>
-    <w:bookmarkStart w:name="z233" w:id="207"/>
+    <w:bookmarkEnd w:id="212"/>
+    <w:bookmarkStart w:name="z233" w:id="213"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       самостоятельно выявленных ведомством уполномоченного органа и его территориальных подразделений указанных несоответствий;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="207"/>
-    <w:bookmarkStart w:name="z234" w:id="208"/>
+    <w:bookmarkEnd w:id="213"/>
+    <w:bookmarkStart w:name="z234" w:id="214"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заявок организаторов, единых организаторов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="208"/>
-    <w:bookmarkStart w:name="z235" w:id="209"/>
+    <w:bookmarkEnd w:id="214"/>
+    <w:bookmarkStart w:name="z235" w:id="215"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жалоб потенциальных поставщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="209"/>
-    <w:bookmarkStart w:name="z236" w:id="210"/>
+    <w:bookmarkEnd w:id="215"/>
+    <w:bookmarkStart w:name="z236" w:id="216"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заявок органов внутреннего государственного аудита, в том числе на основе сведений и документов, представленных заказчиком, организатором, единым организатором, потенциальным поставщиком;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="210"/>
-    <w:bookmarkStart w:name="z237" w:id="211"/>
+    <w:bookmarkEnd w:id="216"/>
+    <w:bookmarkStart w:name="z237" w:id="217"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       судебных актов, вступивших в законную силу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="211"/>
-    <w:bookmarkStart w:name="z238" w:id="212"/>
+    <w:bookmarkEnd w:id="217"/>
+    <w:bookmarkStart w:name="z238" w:id="218"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При этом, веб-портал автоматически уведомляет потенциального поставщика, сведения которого подлежат корректировке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="212"/>
-    <w:bookmarkStart w:name="z239" w:id="213"/>
+    <w:bookmarkEnd w:id="218"/>
+    <w:bookmarkStart w:name="z239" w:id="219"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При несогласии с заявкой органов внутреннего государственного аудита о корректировке, потенциальный поставщик посредством веб-портала дает аргументированные обоснования с приложением подтверждающих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="213"/>
-    <w:bookmarkStart w:name="z240" w:id="214"/>
+    <w:bookmarkEnd w:id="219"/>
+    <w:bookmarkStart w:name="z240" w:id="220"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       При несогласии с заявкой или жалобой о корректировке, а также выявленными ведомством уполномоченного органа и его территориальными подразделениями несоответствий, потенциальный поставщик посредством веб-портала дает аргументированные обоснования с приложением подтверждающих документов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="214"/>
-    <w:bookmarkStart w:name="z241" w:id="215"/>
+    <w:bookmarkEnd w:id="220"/>
+    <w:bookmarkStart w:name="z241" w:id="221"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Аргументированные обоснования с приложением подтверждающих документов подаются в течение 5 (пяти) рабочих дней со дня поступления уведомления потенциальному поставщику на веб-портале.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="215"/>
-    <w:bookmarkStart w:name="z242" w:id="216"/>
+    <w:bookmarkEnd w:id="221"/>
+    <w:bookmarkStart w:name="z242" w:id="222"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Корректировка осуществляется ведомством уполномоченного в течение 10 (десяти) рабочих дней со дня поступления заявок (жалоб), поданных посредством веб-портала.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="216"/>
-    <w:bookmarkStart w:name="z243" w:id="217"/>
+    <w:bookmarkEnd w:id="222"/>
+    <w:bookmarkStart w:name="z243" w:id="223"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       57. Ведомство уполномоченного органа рассматривает заявки потенциальных поставщиков о корректировке сведений, внесенных в Реестр опыта работы в пределах заявленных корректировок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="217"/>
-    <w:bookmarkStart w:name="z244" w:id="218"/>
+    <w:bookmarkEnd w:id="223"/>
+    <w:bookmarkStart w:name="z244" w:id="224"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       58. По результатам рассмотрения заявок потенциальных поставщиков о корректировки сведений, внесенных в Реестр опыта работы, посредством веб-портала принимается одно из следующих решений в разрезе каждого опыта работы потенциального поставщика:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="218"/>
-    <w:bookmarkStart w:name="z245" w:id="219"/>
+    <w:bookmarkEnd w:id="224"/>
+    <w:bookmarkStart w:name="z245" w:id="225"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1) о подтверждении корректировки, которое принимается в случае соответствия предлагаемых корректировок, указанных в заявке потенциального поставщика требованиям Правил определения общего порядка отнесения зданий и сооружений к технически и (или) технологически сложным объектам, утвержденных </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 28 февраля 2015 года № 165 (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 10666) (далее – Правила определения общего порядка отнесения зданий и сооружений к технически и (или) технологически сложным объектам);</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="219"/>
-    <w:bookmarkStart w:name="z246" w:id="220"/>
+    <w:bookmarkEnd w:id="225"/>
+    <w:bookmarkStart w:name="z246" w:id="226"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) об отказе в подтверждении корректировки, которое принимается в случае несоответствия предлагаемых корректировок, указанных в заявке потенциального поставщика требованиям Правил определения общего порядка отнесения зданий и сооружений к технически и (или) технологически сложным объектам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="220"/>
-    <w:bookmarkStart w:name="z247" w:id="221"/>
+    <w:bookmarkEnd w:id="226"/>
+    <w:bookmarkStart w:name="z247" w:id="227"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       59. Решения, предусмотренные в пунктах 53 и 58 настоящих Правил, обжалуются в судебном порядке в соответствии с законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="221"/>
-    <w:bookmarkStart w:name="z248" w:id="222"/>
+    <w:bookmarkEnd w:id="227"/>
+    <w:bookmarkStart w:name="z248" w:id="228"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       60. Блокировка сведений и документов, подтверждающих опыт работы потенциального поставщика, содержащиеся в реестре опыта работы, в том числе сведений со статусом "Подтверждено" осуществляется ведомством уполномоченного органа в случаях установления:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="222"/>
-    <w:bookmarkStart w:name="z249" w:id="223"/>
+    <w:bookmarkEnd w:id="228"/>
+    <w:bookmarkStart w:name="z249" w:id="229"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) факта предоставления недостоверной информации по документам, подтверждающим опыт работы потенциального поставщика;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="223"/>
-    <w:bookmarkStart w:name="z250" w:id="224"/>
+    <w:bookmarkEnd w:id="229"/>
+    <w:bookmarkStart w:name="z250" w:id="230"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) факта дублирований сведений и документов по объекту, подтверждающих опыт работы потенциального поставщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="224"/>
-    <w:bookmarkStart w:name="z251" w:id="225"/>
+    <w:bookmarkEnd w:id="230"/>
+    <w:bookmarkStart w:name="z251" w:id="231"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) отсутствия сведений и документов, подтверждающих опыт работы потенциального поставщика.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="225"/>
-    <w:bookmarkStart w:name="z252" w:id="226"/>
+    <w:bookmarkEnd w:id="231"/>
+    <w:bookmarkStart w:name="z252" w:id="232"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       61. Блокировка сведений и документов, подтверждающих опыт работы потенциального поставщика, содержащиеся в Реестре опыта работы, в том числе сведений со статусом "Подтверждено" осуществляется ведомством уполномоченного органа в течение 5 (пяти) рабочих дней со дня поступления заявок на блокировку, направленных посредством веб-портала, с приложением подтверждающих документов:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="226"/>
-    <w:bookmarkStart w:name="z253" w:id="227"/>
+    <w:bookmarkEnd w:id="232"/>
+    <w:bookmarkStart w:name="z253" w:id="233"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) в случаях, предусмотренных подпунктом 1) и 3) пункта 60 настоящих Правил, в том числе на основе сведений и документов, представленных заказчиком, организатором, единым организатором, потенциальным поставщиком на любой стадии осуществления государственных закупок;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="227"/>
-    <w:bookmarkStart w:name="z254" w:id="228"/>
+    <w:bookmarkEnd w:id="233"/>
+    <w:bookmarkStart w:name="z254" w:id="234"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) в случаях, предусмотренных подпунктом 2) и 3) пункта 60 настоящих Правил ведомством уполномоченного органа, в том числе на основе:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="228"/>
-    <w:bookmarkStart w:name="z255" w:id="229"/>
+    <w:bookmarkEnd w:id="234"/>
+    <w:bookmarkStart w:name="z255" w:id="235"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заявок организаторов, единых организаторов;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="229"/>
-    <w:bookmarkStart w:name="z256" w:id="230"/>
+    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkStart w:name="z256" w:id="236"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       жалоб потенциальных поставщиков;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="230"/>
-    <w:bookmarkStart w:name="z257" w:id="231"/>
+    <w:bookmarkEnd w:id="236"/>
+    <w:bookmarkStart w:name="z257" w:id="237"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       заявок органов внутреннего государственного аудита.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="231"/>
-    <w:bookmarkStart w:name="z258" w:id="232"/>
+    <w:bookmarkEnd w:id="237"/>
+    <w:bookmarkStart w:name="z258" w:id="238"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       62. Заявки на блокировку сведений и документов, подтверждающих опыт работы потенциального поставщика, содержащиеся в Реестре опыта работы без документов, подтверждающих факты недостоверной информации и дублирования сведений по объекту, отклоняются ведомством уполномоченного органа с указанием аргументированных обоснований.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="232"/>
-    <w:bookmarkStart w:name="z259" w:id="233"/>
+    <w:bookmarkEnd w:id="238"/>
+    <w:bookmarkStart w:name="z259" w:id="239"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       63. Разблокировка сведений и документов, подтверждающих опыт работы потенциального поставщика, содержащиеся в Реестре опыта работы осуществляется ведомством уполномоченного органа на основании вступивших в законную силу решений суда о признании заблокированных сведений и документов достоверными.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="233"/>
-    <w:bookmarkStart w:name="z260" w:id="234"/>
+    <w:bookmarkEnd w:id="239"/>
+    <w:bookmarkStart w:name="z260" w:id="240"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Разблокировка сведений и документов, подтверждающих опыт работы потенциального поставщика, содержащиеся в Реестре опыта работы осуществляется в течение 5 (пяти) рабочих дней со дня получения ведомством уполномоченного органа копии соответствующего судебного акта.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="234"/>
-    <w:bookmarkStart w:name="z261" w:id="235"/>
+    <w:bookmarkEnd w:id="240"/>
+    <w:bookmarkStart w:name="z261" w:id="241"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       64. Ведомство уполномоченного органа в течение 5 (пяти) рабочих дней со дня включения потенциального поставщика или поставщика в Реестр недобросовестных участников государственных закупок по причине установления факта предоставления им недостоверной информации по сведениям и документам, находящимся в Реестре опыта работы, исключает такие сведения и документы из Реестра опыта работы.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="235"/>
+    <w:bookmarkEnd w:id="241"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -7611,6041 +7921,65 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z264" w:id="236"/>
+    <w:bookmarkStart w:name="z264" w:id="242"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр потенциальных поставщиков</w:t>
-      </w:r>
-[...5974 lines deleted...]
-        <w:t xml:space="preserve"> Реестр договоров о государственных закупках</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="242"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
         <w:gridCol w:w="1118"/>
@@ -13670,347 +8004,272 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Номер записи в реестре</w:t>
+№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Дата последнего изменения записи</w:t>
+Номер записи в реестре</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Заказчик</w:t>
+Наименование потенциального поставщика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Источник финансирования договора</w:t>
+Дата регистрации (перерегистрации) потенциального поставщика</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Способ осуществления государственных закупок</w:t>
-[...110 lines deleted...]
-Реквизиты документа, подтверждающего основание заключения договора</w:t>
+БИН</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="2"/>
-[...29 lines deleted...]
-Договор</w:t>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о территориальной принадлежности потенциального поставщика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование администратора отчетности</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
@@ -14033,225 +8292,290 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-наименование</w:t>
+На казахском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-БИН</w:t>
+На русском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...34 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КАТО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+регион</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+юридический адрес</w:t>
+            </w:r>
+          </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-номер</w:t>
+фактический адрес</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1119" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1118" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
@@ -14970,70 +9294,6056 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z275" w:id="243"/>
+    <w:bookmarkStart w:name="z265" w:id="243"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="243"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КОПФ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КФС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория субъекта предпринимательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код сектора экономики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о руководителе потенциального поставщика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Источник данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+телефон (рабочий)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+телефон (мобильный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z266" w:id="244"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расшифровка аббревиатур:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="244"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КАТО – классификатор административно-территориальных объединений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БИН – бизнес-идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КФС – классификатор форм собственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. – фамилия, имя, отчество (при его наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КОПФ – код организационно-правовой формы хозяйствования.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам формирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и ведения реестров в сфере</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных закупок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z269" w:id="245"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Реестр заказчиков</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="245"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+№ п/п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер записи в реестре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование заказчика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата регистрации (перерегистрации) заказчика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о территориальной принадлежности заказчика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Наименование администратора отчетности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На казахском языке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На русском языке</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КАТО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+регион</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+юридический адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+фактический адрес</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z270" w:id="246"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="246"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КОПФ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+КФС</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Категория субъекта предпринимательства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Код сектора экономики</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Сведения о руководителе заказчика</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+ИИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Ф.И.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Должность</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Источник данных</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронная почта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+телефон (рабочий)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+телефон (мобильный)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z271" w:id="247"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Расшифровка аббревиатур:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="247"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КАТО – классификатор административно-территориальных объединений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>БИН – бизнес-идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ИИН – индивидуальный идентификационный номер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КФС – классификатор форм собственности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Ф.И.О. – фамилия, имя, отчество (при его наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КОПФ – код организационно-правовой формы хозяйствования.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам формирования</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и ведения реестров в сфере</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>государственных закупок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z274" w:id="248"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Реестр договоров о государственных закупках</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="248"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1118"/>
+        <w:gridCol w:w="1119"/>
+        <w:gridCol w:w="1119"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер записи в реестре</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата последнего изменения записи</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Заказчик</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Источник финансирования договора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Способ осуществления государственных закупок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Номер извещения о проведении государственных закупок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Дата подведения итогов государственных закупок</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Реквизиты документа, подтверждающего основание заключения договора</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Договор</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+наименование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+БИН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+номер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+дата</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1118" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1119" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z275" w:id="249"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="249"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
         <w:gridCol w:w="1025"/>
@@ -16579,70 +16889,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z276" w:id="244"/>
+    <w:bookmarkStart w:name="z276" w:id="250"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="244"/>
+    <w:bookmarkEnd w:id="250"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -17409,70 +17719,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z277" w:id="245"/>
+    <w:bookmarkStart w:name="z277" w:id="251"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="245"/>
+    <w:bookmarkEnd w:id="251"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1366"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
         <w:gridCol w:w="1367"/>
@@ -18449,70 +18759,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z278" w:id="246"/>
+    <w:bookmarkStart w:name="z278" w:id="252"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="246"/>
+    <w:bookmarkEnd w:id="252"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -19174,70 +19484,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z279" w:id="247"/>
+    <w:bookmarkStart w:name="z279" w:id="253"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="247"/>
+    <w:bookmarkEnd w:id="253"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -20043,64 +20353,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z280" w:id="248"/>
+      <w:bookmarkStart w:name="z280" w:id="254"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="248"/>
+    <w:bookmarkEnd w:id="254"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -20312,68 +20622,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z283" w:id="249"/>
+    <w:bookmarkStart w:name="z283" w:id="255"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о недобросовестных участниках государственных закупок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="249"/>
+    <w:bookmarkEnd w:id="255"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -21234,70 +21544,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z284" w:id="250"/>
+    <w:bookmarkStart w:name="z284" w:id="256"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="250"/>
+    <w:bookmarkEnd w:id="256"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -21854,70 +22164,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z285" w:id="251"/>
+    <w:bookmarkStart w:name="z285" w:id="257"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="251"/>
+    <w:bookmarkEnd w:id="257"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -22537,70 +22847,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z286" w:id="252"/>
+    <w:bookmarkStart w:name="z286" w:id="258"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="252"/>
+    <w:bookmarkEnd w:id="258"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -23296,64 +23606,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z287" w:id="253"/>
+      <w:bookmarkStart w:name="z287" w:id="259"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *В случае уклонения потенциального поставщика от заключения договора путем не подписания договора о государственных закупках заказчиком заполняются пункты 1-14, 19.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="253"/>
+    <w:bookmarkEnd w:id="259"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">*В случае уклонения потенциального поставщика путем не внесения обеспечения исполнения договора о государственных закупках, обеспечения аванса (в случае, если договором предусмотрен аванс) и (или) суммы, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 13</w:t>
@@ -23370,64 +23680,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>** В случае внесения поставщика в реестр недобросовестных участников государственных закупок по решению суда не заполняются пункты 14, 15, 16, 17 и 18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z288" w:id="254"/>
+      <w:bookmarkStart w:name="z288" w:id="260"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="254"/>
+    <w:bookmarkEnd w:id="260"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -24177,69 +24487,69 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Место издания на русском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z291" w:id="255"/>
+    <w:bookmarkStart w:name="z291" w:id="261"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> О включении в реестр недобросовестных участников государственных закупок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="255"/>
-    <w:bookmarkStart w:name="z292" w:id="256"/>
+    <w:bookmarkEnd w:id="261"/>
+    <w:bookmarkStart w:name="z292" w:id="262"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24254,502 +24564,502 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4 статьи 8, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 17 Закона Республики Казахстан "О государственных закупках" (далее – Закон), по итогам государственных закупок:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="256"/>
-    <w:bookmarkStart w:name="z293" w:id="257"/>
+    <w:bookmarkEnd w:id="262"/>
+    <w:bookmarkStart w:name="z293" w:id="263"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Номер объявления о закупке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="257"/>
-    <w:bookmarkStart w:name="z294" w:id="258"/>
+    <w:bookmarkEnd w:id="263"/>
+    <w:bookmarkStart w:name="z294" w:id="264"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Способ закупки:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="258"/>
-    <w:bookmarkStart w:name="z295" w:id="259"/>
+    <w:bookmarkEnd w:id="264"/>
+    <w:bookmarkStart w:name="z295" w:id="265"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата направления подписанного заказчиком договора о государственных закупках на подписание потенциальному поставщику: день/месяц/год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="259"/>
-    <w:bookmarkStart w:name="z296" w:id="260"/>
+    <w:bookmarkEnd w:id="265"/>
+    <w:bookmarkStart w:name="z296" w:id="266"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата направления уведомления о необходимости подписания проекта договора о государственных закупках: день/месяц/год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="260"/>
-    <w:bookmarkStart w:name="z297" w:id="261"/>
+    <w:bookmarkEnd w:id="266"/>
+    <w:bookmarkStart w:name="z297" w:id="267"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Дата истечения срока для подписания договора о государственных закупках поставщиком, установленного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>: день/месяц/год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="261"/>
-    <w:bookmarkStart w:name="z298" w:id="262"/>
+    <w:bookmarkEnd w:id="267"/>
+    <w:bookmarkStart w:name="z298" w:id="268"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Либо:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="262"/>
-    <w:bookmarkStart w:name="z299" w:id="263"/>
+    <w:bookmarkEnd w:id="268"/>
+    <w:bookmarkStart w:name="z299" w:id="269"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата заключения договора: день/месяц/год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="263"/>
-    <w:bookmarkStart w:name="z300" w:id="264"/>
+    <w:bookmarkEnd w:id="269"/>
+    <w:bookmarkStart w:name="z300" w:id="270"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Дата истечения срока внесения обеспечения исполнения договора о государственных закупках, обеспечения аванса (в случае, если договором предусмотрен аванс) и (или) суммы, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона потенциальным поставщиком: день/месяц/год</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="264"/>
-    <w:bookmarkStart w:name="z301" w:id="265"/>
+    <w:bookmarkEnd w:id="270"/>
+    <w:bookmarkStart w:name="z301" w:id="271"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Заказчик:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="265"/>
-    <w:bookmarkStart w:name="z302" w:id="266"/>
+    <w:bookmarkEnd w:id="271"/>
+    <w:bookmarkStart w:name="z302" w:id="272"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Наименование:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="266"/>
-    <w:bookmarkStart w:name="z303" w:id="267"/>
+    <w:bookmarkEnd w:id="272"/>
+    <w:bookmarkStart w:name="z303" w:id="273"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       БИН:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="267"/>
-    <w:bookmarkStart w:name="z304" w:id="268"/>
+    <w:bookmarkEnd w:id="273"/>
+    <w:bookmarkStart w:name="z304" w:id="274"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Адрес:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="268"/>
-    <w:bookmarkStart w:name="z305" w:id="269"/>
+    <w:bookmarkEnd w:id="274"/>
+    <w:bookmarkStart w:name="z305" w:id="275"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Телефон:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="269"/>
-    <w:bookmarkStart w:name="z306" w:id="270"/>
+    <w:bookmarkEnd w:id="275"/>
+    <w:bookmarkStart w:name="z306" w:id="276"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="270"/>
-    <w:bookmarkStart w:name="z307" w:id="271"/>
+    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkStart w:name="z307" w:id="277"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 17 Закона признать _________ уклонившимся от заключения договора о государственных закупках в связи с:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="271"/>
-    <w:bookmarkStart w:name="z308" w:id="272"/>
+    <w:bookmarkEnd w:id="277"/>
+    <w:bookmarkStart w:name="z308" w:id="278"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       не подписанием договора о государственных закупках № ___ по закупке № ______, проведенного способом ______ в установленный Законом срок/</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="272"/>
-    <w:bookmarkStart w:name="z309" w:id="273"/>
+    <w:bookmarkEnd w:id="278"/>
+    <w:bookmarkStart w:name="z309" w:id="279"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       либо:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="273"/>
-    <w:bookmarkStart w:name="z310" w:id="274"/>
+    <w:bookmarkEnd w:id="279"/>
+    <w:bookmarkStart w:name="z310" w:id="280"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       не внесением обеспечения исполнения договора о государственных закупках, обеспечения аванса (в случае, если договором предусмотрен аванс) и (или) суммы, предусмотренной </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона по договору № ____ от день/месяц/год по лоту ____, проведенного способом _______.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="274"/>
-    <w:bookmarkStart w:name="z311" w:id="275"/>
+    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkStart w:name="z311" w:id="281"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -24764,71 +25074,71 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 4, части второй </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 8 Закона признать недобросовестным участником государственных закупок.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="275"/>
-    <w:bookmarkStart w:name="z312" w:id="276"/>
+    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkStart w:name="z312" w:id="282"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Включить в реестр недобросовестных участников государственных закупок следующие сведения о потенциальном поставщике:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="276"/>
+    <w:bookmarkEnd w:id="282"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -25389,130 +25699,130 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z313" w:id="277"/>
+    <w:bookmarkStart w:name="z313" w:id="283"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Период нахождения в реестре определить 24 месяца с даты утверждения приказа.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="277"/>
-    <w:bookmarkStart w:name="z314" w:id="278"/>
+    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkStart w:name="z314" w:id="284"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Приказ вступает в силу с момента подписания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="278"/>
-    <w:bookmarkStart w:name="z315" w:id="279"/>
+    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkStart w:name="z315" w:id="285"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченное лицо Ф.И.О. (электронная цифровая подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="279"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z316" w:id="280"/>
+    <w:bookmarkEnd w:id="285"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z316" w:id="286"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="280"/>
+    <w:bookmarkEnd w:id="286"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -26284,68 +26594,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Место издания на русском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z424" w:id="281"/>
+    <w:bookmarkStart w:name="z424" w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> О признании поставщика недобросовестным участником государственных закупок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="281"/>
+    <w:bookmarkEnd w:id="287"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 6 - в редакции приказа и.о. Министра финансов РК от 06.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -27701,68 +28011,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z346" w:id="282"/>
+    <w:bookmarkStart w:name="z346" w:id="288"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Реестр недобросовестных участников государственных закупок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="282"/>
+    <w:bookmarkEnd w:id="288"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
         <w:gridCol w:w="1230"/>
@@ -28918,70 +29228,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z347" w:id="283"/>
+    <w:bookmarkStart w:name="z347" w:id="289"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="283"/>
+    <w:bookmarkEnd w:id="289"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -29496,70 +29806,70 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z348" w:id="284"/>
+    <w:bookmarkStart w:name="z348" w:id="290"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       продолжение таблицы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="284"/>
+    <w:bookmarkEnd w:id="290"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
@@ -30136,64 +30446,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z349" w:id="285"/>
+      <w:bookmarkStart w:name="z349" w:id="291"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="285"/>
+    <w:bookmarkEnd w:id="291"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -30980,178 +31290,178 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Место издания на русском языке</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z352" w:id="286"/>
+    <w:bookmarkStart w:name="z352" w:id="292"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Об исключении из реестра недобросовестных участников государственных закупок</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="286"/>
-    <w:bookmarkStart w:name="z353" w:id="287"/>
+    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkStart w:name="z353" w:id="293"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 8 статьи 8 Закона Республики Казахстан "О государственных закупках" (далее – Закон), по итогам рассмотрения согласительной комиссии обращения от ____ № ____ "Об исключении потенциального поставщика из реестра недобросовестных участников государственных закупок" </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="287"/>
-    <w:bookmarkStart w:name="z354" w:id="288"/>
+    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkStart w:name="z354" w:id="294"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Отменить приказ "Наименование уполномоченного органа" от "___"___ года № _____ "О включении в реестр недобросовестных участников государственных закупок".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="288"/>
-    <w:bookmarkStart w:name="z355" w:id="289"/>
+    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkStart w:name="z355" w:id="295"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. В соответствии с частью четвертой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункта 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 8 Закона исключить из реестра недобросовестных участников государственных закупок потенциального поставщика:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="289"/>
+    <w:bookmarkEnd w:id="295"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -31712,110 +32022,110 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z356" w:id="290"/>
+    <w:bookmarkStart w:name="z356" w:id="296"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Приказ вступает в силу с момента подписания.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="290"/>
-    <w:bookmarkStart w:name="z357" w:id="291"/>
+    <w:bookmarkEnd w:id="296"/>
+    <w:bookmarkStart w:name="z357" w:id="297"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Уполномоченное лицо Ф.И.О. (электронная цифровая подпись)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="291"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z358" w:id="292"/>
+    <w:bookmarkEnd w:id="297"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z358" w:id="298"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Расшифровка аббревиатур:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="292"/>
+    <w:bookmarkEnd w:id="298"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>БИН – бизнес-идентификационный номер;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -31945,68 +32255,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и ведения реестров в сфере</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственных закупок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z360" w:id="293"/>
+    <w:bookmarkStart w:name="z360" w:id="299"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень работ, услуг, по которым формируется реестр опыта работы потенциальных поставщиков</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="293"/>
+    <w:bookmarkEnd w:id="299"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6150"/>
         <w:gridCol w:w="6150"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -32413,68 +32723,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и ведения реестров в сфере</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>государственных закупок</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z362" w:id="294"/>
+    <w:bookmarkStart w:name="z362" w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень сведений и документов, подтверждающих опыт работы потенциального поставщика</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="294"/>
+    <w:bookmarkEnd w:id="300"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Сноска. Приложение 10 - в редакции приказа и.о. Министра финансов РК от 06.08.2025 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -36039,402 +36349,402 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 26 сентября 2024 года № 646</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z366" w:id="295"/>
+    <w:bookmarkStart w:name="z366" w:id="301"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов Министерства финансов Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="295"/>
-    <w:bookmarkStart w:name="z367" w:id="296"/>
+    <w:bookmarkEnd w:id="301"/>
+    <w:bookmarkStart w:name="z367" w:id="302"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 28 декабря 2015 года № 694 "Об утверждении Правил формирования и ведения реестров в сфере государственных закупок" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 12618).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="296"/>
-    <w:bookmarkStart w:name="z368" w:id="297"/>
+    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkStart w:name="z368" w:id="303"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 2 февраля 2016 года № 46 "О внесении изменения в приказ Министра финансов Республики Казахстан от 28 декабря 2015 года № 694 "Об утверждении Правил формирования и ведения реестров в сфере государственных закупок" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13393).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="297"/>
-    <w:bookmarkStart w:name="z369" w:id="298"/>
+    <w:bookmarkEnd w:id="303"/>
+    <w:bookmarkStart w:name="z369" w:id="304"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 29 февраля 2016 года № 91 "Об утверждении перечня товаров, работ, услуг, по которым государственные закупки осуществляются способом конкурса с предварительным квалификационным отбором и внесении изменений и дополнений в приказ Министра финансов Республики Казахстан от 28 декабря 2015 года № 694 "Об утверждении Правил формирования и ведения реестров в сфере государственных закупок" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 13553).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="298"/>
-    <w:bookmarkStart w:name="z370" w:id="299"/>
+    <w:bookmarkEnd w:id="304"/>
+    <w:bookmarkStart w:name="z370" w:id="305"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Первого заместителя Премьер-Министра Республики Казахстан – Министра финансов Республики Казахстан от 1 марта 2019 года № 160 "О внесении изменений и дополнения в приказ Министра финансов Республики Казахстан от 28 декабря 2015 года № 694 "Об утверждении Правил формирования и ведения реестров в сфере государственных закупок" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 18363).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="299"/>
-    <w:bookmarkStart w:name="z371" w:id="300"/>
+    <w:bookmarkEnd w:id="305"/>
+    <w:bookmarkStart w:name="z371" w:id="306"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       5. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра финансов Республики Казахстан от 13 января 2022 года № 28 "О внесении изменения в приказ Министра финансов Республики Казахстан от 28 декабря 2015 года № 694 "Об утверждении Правил формирования и ведения реестров в сфере государственных закупок" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 26557).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="300"/>
-    <w:bookmarkStart w:name="z372" w:id="301"/>
+    <w:bookmarkEnd w:id="306"/>
+    <w:bookmarkStart w:name="z372" w:id="307"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       6. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заместителя Премьер-Министра – Министра финансов Республики Казахстан от 20 июня 2022 года № 601 "О внесении изменений и дополнения в приказ Министра финансов Республики Казахстан от 28 декабря 2015 года № 694 "Об утверждении Правил формирования и ведения реестров в сфере государственных закупок" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 28579).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="301"/>
-    <w:bookmarkStart w:name="z373" w:id="302"/>
+    <w:bookmarkEnd w:id="307"/>
+    <w:bookmarkStart w:name="z373" w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       7. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня некоторых приказов Министра финансов Республики Казахстан, в которые вносятся изменения, утвержденного приказом Министра финансов Республики Казахстан от 21 июня 2024 года № 385 "О внесении изменений в некоторые приказы Министра финансов Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 34544).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="302"/>
+    <w:bookmarkEnd w:id="308"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>