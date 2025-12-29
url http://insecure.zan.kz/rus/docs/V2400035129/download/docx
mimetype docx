--- v0 (2025-11-13)
+++ v1 (2025-12-29)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="11449c3" w14:textId="11449c3">
+    <w:p w14:paraId="0951239" w14:textId="0951239">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,233 +93,403 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об определении перечня товаров, подлежащих маркировке</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ и.о. Министра торговли и интеграции Республики Казахстан от 27 сентября 2024 года № 343-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 сентября 2024 года № 35129</w:t>
+        <w:t>Приказ и.о. Министра торговли и интеграции Республики Казахстан от 27 сентября 2024 года № 343-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 сентября 2024 года № 35129.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Заголовок приказа предусматривается в редакции приказа Министра торговли и интеграции РК от 22.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с подпунктом 2-4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О регулировании торговой деятельности" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции приказа Министра торговли и интеграции РК от 22.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Определить перечень товаров, подлежащих маркировке согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящему приказу.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z6" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Комитету технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="2"/>
-    <w:bookmarkStart w:name="z7" w:id="3"/>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z7" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z8" w:id="4"/>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z8" w:id="3"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) размещение настоящего приказа на интернет-ресурсе Министерства торговли и интеграции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z9" w:id="5"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z9" w:id="4"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра торговли и интеграции Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z10" w:id="6"/>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z10" w:id="5"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkEnd w:id="5"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -468,172 +638,172 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Бижанова</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z12" w:id="7"/>
+      <w:bookmarkStart w:name="z12" w:id="6"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkEnd w:id="6"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство здравоохранения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z13" w:id="8"/>
+      <w:bookmarkStart w:name="z13" w:id="7"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="8"/>
+    <w:bookmarkEnd w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z14" w:id="9"/>
+      <w:bookmarkStart w:name="z14" w:id="8"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="8"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство промышленности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -647,64 +817,64 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z15" w:id="10"/>
+      <w:bookmarkStart w:name="z15" w:id="9"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство национальной экономики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -856,68 +1026,182 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 сентября 2024 года</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№ 343-НҚ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Примечание ИЗПИ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Приложение предусматривается в редакции приказа Министра торговли и интеграции РК от 22.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z17" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень товаров, подлежащих маркировке</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение с изменением, внесенным приказом Министра торговли и интеграции РК от 22.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330-НҚ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие с 01.12.2025).</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -6408,111 +6692,296 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1 июля 2024 года***</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+36.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+0507 90 000 0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Прочие</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+панцири черепах, ус китовый и щетина из китового уса, рога, оленьи рога, копыта, ногти, когти и клювы, необработанные или подвергнутые первичной обработке, но без придания формы; порошок и отходы этих продуктов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1 декабря 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+года****</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z19" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       * обязательная маркировка в отношении обувных товаров, ввезенных в Республику Казахстан или произведенных на территории Республики Казахстан, с обязательным выводом из оборота маркированных товаров при розничной реализации, за исключением субъектов внутренней торговли, осуществляющих оптовую торговлю;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z20" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ** лекарственные средства, произведенные с 1 июля 2022 года:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkEnd w:id="13"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -19305,124 +19774,124 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 таблетки</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
+    <w:bookmarkStart w:name="z21" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       *** обязательная маркировка в отношении лекарственных средств, произведенных с 1 июля 2024 года, расфасованных в виде дозированных лекарственных форм (включая лекарственные средства в форме трансдермальных систем) или в формы, или упаковки для розничной продажи, за исключением лекарственных средств и вакцин, применяемых в ветеринарии.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>