--- v1 (2025-12-29)
+++ v2 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="0951239" w14:textId="0951239">
+    <w:p w14:paraId="061b886" w14:textId="061b886">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -76,19822 +76,36066 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об определении перечня товаров, подлежащих маркировке</w:t>
+        <w:t>Об определении перечня товаров, подлежащих маркировке, и дату его введения</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ и.о. Министра торговли и интеграции Республики Казахстан от 27 сентября 2024 года № 343-НҚ. Зарегистрирован в Министерстве юстиции Республики Казахстан 27 сентября 2024 года № 35129.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
-[...9 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
+        <w:t xml:space="preserve">      Сноска. Заголовок приказа – в редакции приказа Министра торговли и интеграции РК от 22.11.2025 </w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
-          <w:sz w:val="28"/>
-[...19 lines deleted...]
-          <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 330-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      В соответствии с подпунктом 2-4) </w:t>
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с подпунктом 2-4) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона Республики Казахстан "О регулировании торговой деятельности" ПРИКАЗЫВАЮ:</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-</w:t>
+        <w:t xml:space="preserve">
+      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
-          <w:color w:val="ff0000"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
-[...9 lines deleted...]
-        <w:t>Примечание ИЗПИ!</w:t>
+        <w:t>1. Определить перечень товаров, подлежащих маркировке, и дату его введения согласно приложению к настоящему приказу.</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Пункт 1 предусматривается в редакции приказа Министра торговли и интеграции РК от 22.11.2025 </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказа Министра торговли и интеграции РК от 22.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 330-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2. Комитету технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2) размещение настоящего приказа на интернет-ресурсе Министерства торговли и интеграции Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра торговли и интеграции Республики Казахстан.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="8040"/>
+        <w:gridCol w:w="4340"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполняющий обязанности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра торговли и интеграции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>А. Бижанова</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство здравоохранения</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство финансов</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство промышленности</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и строительства</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"СОГЛАСОВАН"</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Министерство национальной экономики</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение к приказу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполняющий обязанности</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Министра торговли</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>и интеграции</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>от 27 сентября 2024 года</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ 343-НҚ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z17" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень товаров, подлежащих маркировке, и дату его введения</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Приложение – в редакции приказа Министра торговли и интеграции РК от 22.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>№ 330-НҚ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> (вводится в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+        <w:gridCol w:w="3075"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№ п/п</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Код товарной номенклатуры внешнеэкономической деятельности Евразийского экономического союза (далее – ТН ВЭД ЕАЭС)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Наименование позиции</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дата введения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2402 20 900 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>прочие сигареты, содержащие табак</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 октября 2020 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2402 10 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сигары, сигары с обрезанными концами и сигариллы, содержащие табак</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 апреля 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2402 20 100 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сигареты, содержащие табак, сигары, сигары с обрезанными концами, сигариллы и сигареты из табака или его заменителей, содержащие гвоздику</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 апреля 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2402 90 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>прочие сигары, сигары с обрезанными концами, сигариллы и сигареты из табака или его заменителей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 апреля 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2403</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>прочий промышленно изготовленный табак и промышленные заменители табака; табак "гомогенизированный" или "восстановленный"; табачные экстракты и эссенции</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 апреля 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2404</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>продукция, содержащая табак, восстановленный табак, никотин или заменители табака или никотина, предназначенная для вдыхания без горения; прочая продукция, содержащая никотин и предназначенная для поступления никотина в организм человека</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 апреля 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3824 99 920 8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>прочие химические продукты или препараты, состоящие преимущественно из органических соединений, в другом месте не поименованные или не включенные, жидкие при температуре 20°С</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 апреля 2021 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6401</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>водонепроницаемая обувь с подошвой и верхом из резины или пластмассы, верх которой не крепится к подошве и не соединяется с ней ни ниточным, ни шпилечным, ни гвоздевым, ни винтовым, ни заклепочным, ни каким-либо другим аналогичным способом</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 ноября 2021 года*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6402</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>прочая обувь с подошвой и верхом из резины или пластмассы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 ноября 2021 года*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6403</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обувь с подошвой из резины, пластмассы, натуральной или композиционной кожи и верхом из натуральной кожи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 ноября 2021 года*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6404</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обувь с подошвой из резины, пластмассы, натуральной или композиционной кожи и верхом из текстильных материалов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 ноября 2021 года*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6405</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>обувь прочая</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 ноября 2021 года*</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 12 000 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>прочие сыворотки иммунные и фракции крови человеческого происхождения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2022 года**</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 12 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сыворотки иммунные и фракции крови прочие</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2022 года**</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 15 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иммунологические продукты, расфасованные в виде дозированных лекарственных форм или в формы или упаковки для розничной продажи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2022 года**</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 90 300 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кровь животных, приготовленная для использования в терапевтических, профилактических или диагностических целях</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2022 года**</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 20 000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лекарственные средства (кроме товаров товарных позиций 3002, 3005 или 3006), состоящие из смешанных или несмешанных продуктов, для использования в терапевтических или профилактических целях, расфасованные в виде дозированных лекарственных форм (включая лекарственные средства в форме трансдермальных систем) или в формы или упаковки для розничной продажи, прочие, содержащие антибиотики</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2022 года**</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>18.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 39 000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лекарственные средства (кроме товаров товарных позиций 3002, 3005 или 3006), состоящие из смешанных или несмешанных продуктов, для использования в терапевтических или профилактических целях, расфасованные в виде дозированных лекарственных форм (включая лекарственные средства в форме трансдермальных систем), прочие</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2022 года**</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>19.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 49 000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лекарственные средства (кроме товаров товарных позиций 3002, 3005 или 3006), состоящие из смешанных или несмешанных продуктов, для использования в терапевтических или профилактических целях, расфасованные в виде дозированных лекарственных форм (включая лекарственные средства в форме трансдермальных систем), прочие</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2022 года**</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лекарственные средства (кроме товаров товарных позиций 3002, 3005 или 3006), состоящие из смешанных или несмешанных продуктов, для использования в терапевтических или профилактических целях, расфасованные в виде дозированных лекарственных форм (включая лекарственные средства в форме трансдермальных систем), прочие</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2022 года**</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>21.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лекарственные средства (кроме товаров товарных позиций 3002, 3005 или 3006), состоящие из смешанных или несмешанных продуктов, для использования в терапевтических или профилактических целях, расфасованные в виде дозированных лекарственных форм (включая лекарственные средства в форме трансдермальных систем), прочие</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2022 года**</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>22.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1704 90 550 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пастилки от боли в горле и таблетки от кашля</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>23.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>из 2106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пищевые продукты товарной позиции 2106, предназначенные для использования в медицинских целях</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>24.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>из 2208 90</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>спиртовые настойки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>из 3002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кровь человеческая; кровь животных, приготовленная для использования в терапевтических, профилактических или диагностических целях; сыворотки иммунные, фракции крови прочие и иммунологические продукты, модифицированные или немодифицированные, в том числе полученные методами биотехнологии; вакцины, токсины, культуры микроорганизмов (кроме дрожжей) и аналогичные продукты; клеточные культуры, модифицированные или немодифицированные</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>26.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лекарственные средства (кроме товаров товарных позиций 3002, 3005 или 3006), состоящие из смешанных или несмешанных продуктов, для использования в терапевтических или профилактических целях, расфасованные в виде дозированных лекарственных форм (включая лекарственные средства в форме трансдермальных систем) или в формы или упаковки для розничной продажи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>27.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3006 30 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>препараты контрастные для рентгенографических обследований; реагенты диагностические, предназначенные для введения больным</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>28.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3006 60 000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>средства химические контрацептивные на основе гормонов, прочих соединений товарной позиции 2937 или спермицидов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>29.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3006 70 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>препараты в виде геля, предназначенные для использования в медицине в качестве смазки для частей тела при хирургических операциях или физических исследованиях, или в качестве связующего агента между телом и медицинскими инструментами</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>из 3301</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>водные дистилляты или водные растворы эфирных масел</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>31.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>из 3304, 3305, 3306, 3307</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>препараты товарных позиций 3304-3307, предназначенные для использования в медицинских целях</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>32.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>из 3401</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мыло или другие продукты товарной позиции 3401, содержащие медикаментозные добавки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>33.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2207 10 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>спирт этиловый неденатурированный с концентрацией спирта 80 об.% или более</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>34.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3305 10 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шампуни</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>35.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3802 10 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уголь активированный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 июля 2024 года***</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>36.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0507 90 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прочие</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+панцири черепах, ус китовый и щетина из китового уса, рога, оленьи рога, копыта, ногти, когти и клювы, необработанные или подвергнутые первичной обработке, но без придания формы; порошок и отходы этих продуктов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 декабря 2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+года****</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>37.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2202 91 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>безалкогольное пиво</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 февраля 2026 года *****</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>38.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2203 00 010 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пиво солодовое в сосудах емкостью 10 л или менее в бутылках</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 февраля 2026 года *****</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>39.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2203 00 090 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пиво солодовое в сосудах емкостью 10 л или менее прочее</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 февраля 2026 года *****</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2203 00 100 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пиво солодовое в сосудах емкостью более 10 л</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 февраля 2026 года *****</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>41.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2710 19 710 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Масла смазочные и масла прочие, для специфических процессов переработки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 сентября 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>42.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2710 19 750 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Масла смазочные и масла прочие, для химических превращений в процессах, кроме указанных в подсубпозиции 2710 19 710 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 сентября 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>43.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2710 19 820 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Моторные масла, компрессорное смазочное</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+масло, турбинное смазочное масло</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 февраля 2026 года. ******</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>44.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2710 19 840 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жидкости для гидравлических целей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 сентября 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>45.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2710 19 860 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Светлые масла, вазелиновое масло</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 сентября 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>46.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2710 19 880 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Масло для шестерен, масло для редукторов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 сентября 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>47.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2710 19 920 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Составы для обработки металлов, масла для смазывания форм, антикоррозионные масла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 сентября 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>48.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2710 19 940 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электрические изоляционные масла</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 сентября 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>49.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2710 19 980 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прочие смазочные масла и прочие масла, для прочих целей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 сентября 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3403 19 100 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Материалы смазочные, содержащие не в качестве основного компонента 70 мас.% или более нефти или нефтепродуктов, полученных из битуминозных пород</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 февраля 2026 года ******</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>51.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3403 19 900 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прочие материалы смазочные, кроме содержащих в качестве основных компонентов 70 мас.% нефти или более нефтепродуктов, полученных из битуминозных пород</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 февраля 2026 года ******</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>52.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3403 99 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Прочие материалы смазочные, не содержащие нефть или нефтепродукты, полученные из битуминозных пород</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 февраля 2026 года ******</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>53.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3819 00 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жидкости тормозные гидравлические и жидкости готовые прочие для гидравлических передач, не содержащие или содержащие менее 70 мас.% нефти или нефтепродуктов, полученных из битуминозных пород</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 сентября 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>54.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3820 00 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Антифризы и жидкости антиобледенительные готовые</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 сентября 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>55.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4203 10 000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предметы одежды и принадлежности к одежде, из натуральной кожи или композиционной кожи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 декабря 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>56.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4304 00 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мех искусственный и изделия из него</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 декабря 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>57.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6113 00</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предметы одежды из трикотажного полотна машинного или ручного вязания товарной позиции 5903, 5906 или 5907</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 декабря 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>58.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6210</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предметы одежды, изготовленные из материалов товарной позиции 5602, 5603, 5903, 5906 или 5907</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 декабря 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>59.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6211 20 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лыжные костюмы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 декабря 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>60.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6211 32</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предметы одежды прочие мужские или для мальчиков из хлопчатобумажной пряжи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 декабря 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>61.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6211 39 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предметы одежды прочие мужские или для мальчиков из прочих текстильных материалов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 декабря 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>62.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6211 42</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предметы одежды прочие женские или для девочек из хлопчатобумажной пряжи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 декабря 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>63.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6211 49 000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предметы одежды прочие женские или для девочек из прочих текстильных материалов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 декабря 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>64.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6302</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Белье постельное, столовое, туалетное и кухонное</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 декабря 2026 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>65.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6106</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Блузки, блузы и блузоны трикотажные машинного или ручного вязания, женские или для девочек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 марта 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>66.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6110</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Свитеры, пуловеры, кардиганы, жилеты и аналогичные изделия трикотажные машинного или ручного вязания</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 марта 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>67.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6201</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пальто, полупальто, накидки, плащи, куртки (включая лыжные), ветровки, штормовки и аналогичные изделия мужские или для мальчиков, кроме изделий товарной позиции 6203</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 марта 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>68.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6202</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пальто, полупальто, накидки, плащи, куртки (включая лыжные), ветровки, штормовки и аналогичные изделия женские или для девочек, кроме изделий товарной позиции 6204</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 марта 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>69.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6205</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рубашки мужские или для мальчиков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 марта 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>70.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6206</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Блузки, блузы и блузоны женские или для девочек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 марта 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>71.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6211 33</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предметы одежды прочие мужские или для мальчиков из химических нитей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 марта 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>72.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6211 43</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Предметы одежды прочие женские или для девочек из химических нитей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 марта 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>73.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6214</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Шали, шарфы, кашне, мантильи, вуали и аналогичные изделия</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 марта 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>74.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6215</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Галстуки, галстуки-бабочки и шейные платки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 марта 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>75.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6101</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пальто, полупальто, накидки, плащи, куртки (включая лыжные), ветровки, штормовки и аналогичные изделия трикотажные машинного или ручного вязания, мужские или для мальчиков, кроме изделий товарной позиции 6103:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 октября 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>76.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6102</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Пальто, полупальто, накидки, плащи, куртки (включая лыжные), ветровки, штормовки и аналогичные изделия трикотажные машинного или ручного вязания, женские или для девочек, кроме изделий товарной позиции 6104:</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 октября 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>77.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6103</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Костюмы, комплекты, пиджаки, блайзеры, брюки, комбинезоны с нагрудниками и лямками, бриджи и шорты (кроме купальных) трикотажные машинного или ручного вязания, мужские или для мальчиков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 октября 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>78.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6104</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Костюмы, комплекты, жакеты, блайзеры, платья, юбки, юбки-брюки, брюки, комбинезоны с нагрудниками и лямками, бриджи и шорты (кроме купальных) трикотажные машинного или ручного вязания, женские или для девочек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 октября 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>79.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6105</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рубашки трикотажные машинного или ручного вязания, мужские или для мальчиков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 октября 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>80.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6112 11 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Костюмы спортивные из хлопчатобумажной пряжи</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 октября 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>81.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6112 12 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Костюмы спортивные из синтетических нитей</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 октября 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>82.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6112 19 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Костюмы спортивные из прочих текстильных материалов</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 октября 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>83.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6112 20 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Костюмы спортивные, лыжные костюмы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 октября 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>84.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6203</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Костюмы, комплекты, пиджаки, блайзеры, брюки, комбинезоны с нагрудниками и лямками, бриджи и шорты (кроме купальных) мужские или для мальчиков</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 октября 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>85.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6204</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Костюмы, комплекты, жакеты, блайзеры, платья, юбки, юбки-брюки, брюки, комбинезоны с нагрудниками и лямками, бриджи и шорты (кроме купальных) женские или для девочек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 октября 2027 года</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      1. Определить перечень товаров, подлежащих маркировке согласно </w:t>
+        <w:t>      Примечание:</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>приложению</w:t>
+        <w:t>
+      * – обязательная маркировка в отношении обувных товаров, ввезенных в Республику Казахстан или произведенных на территории Республики Казахстан, с обязательным выводом из оборота маркированных товаров при розничной реализации, за исключением субъектов внутренней торговли, осуществляющих оптовую торговлю;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+        <w:t>
+      ** – лекарственные средства, произведенные с 1 июля 2022 года:</w:t>
       </w:r>
-    </w:p>
-[...6 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:rPr>
-[...7 lines deleted...]
-      2. Комитету технического регулирования и метрологии Министерства торговли и интеграции Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+        <w:br/>
       </w:r>
-    </w:p>
-[...666 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...112 lines deleted...]
-        <w:t xml:space="preserve"> (вводится в действие с 01.12.2025).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Код ТН ВЭД ЕАЭС</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Международное непатентованное наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Торговое наименование</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лекарственная форма</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 12 000 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алтеплаза</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ревекард</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>порошок лиофилизированный для приготовления раствора для внутривенных инфузий в комплекте с растворителем - водой для инъекций, 50 мг, фасовка 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 12 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эптаког альфа активированный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>семиклотин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лиофилизат для приготовления раствора для внутривенного введения в комплекте с растворителем (вода для инъекций), 1,2 мг, фасовка 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 12 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эптаког альфа активированный</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>семиклотин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лиофилизат для приготовления раствора для внутривенного введения в комплекте с растворителем (вода для инъекций), 2,4 мг, фасовка 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 15 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ритуксимаб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ритуксимаб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 10 мг/мл, 10 мл, фасовка 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 15 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ритуксимаб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ритуксимаб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 10 мг/мл, 10 мл, фасовка 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 15 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бевацизумаб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бевацизумаб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 25 мг/мл, 4 мл, фасовка 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 15 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бевацизумаб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бевацизумаб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 25 мг/мл, 16 мл, фасовка 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 15 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>трастузумаб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>трастузумаб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лиофилизат для приготовления концентрата для приготовления раствора для инфузий в комплекте с растворителем – бактериостатической водой для инъекций, 440 мг, фасовка 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 15 000 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>интерферон бета-1б</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>интербетин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лиофилизат для приготовления раствора для подкожного введения в комплекте с растворителем, 0,3 мг (9,6 млн. МЕ), фасовка 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3002 90 300 0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>актовегин®</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки, покрытые оболочкой, 200 мг по 50 таблеток во флаконе из стекла. Флакон в пачке из картона.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 39 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тамоксифен</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тамоксифен</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>терипаратид</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>форстео®</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для подкожного введения 250 мкг/мл, 2,4 мл в картридже, 1 шприц-ручка</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>трипторелин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>декапептил</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0.1 мг/мл раствор для инъекций, 1 мл 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпросартан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>теветен®</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки 500 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпоэтин бета</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рекормон</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инъекций 2000 МЕ/0,3 мл в шприц-тюбиках, 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дексмедетомидин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дексдор</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 100 мкг/мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рецакадротил</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гидрасек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>капсулы твердые желатиновые</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рецакадротил</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гидрасек</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гранулы для приготовления суспензии для приема внутрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дабигатрана этексилат</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>прадакса®</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>капсулы, 75 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оланзапин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зипрекса®</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки, покрытые пленочной оболочкой, 10 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иматиниб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иматиниб -адамед</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>капсулы, 400 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иматиниб</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>иматиниб -адамед</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>капсулы, 200 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эверолимус</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сертикан</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки 0,25 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рамиприл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полприл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>капсулы 2,5 мг, 5 мг и 10 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рамиприл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>полприл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>капсулы 10 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рамиприл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рамиприл-санто</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки 5 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рамиприл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рамиприл-санто</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки 10 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рамиприл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рамиприл-санто</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки 2,5 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>панкрим</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки, покрытые кишечнорастворимой оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ципрофлоксацин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ципрофлоксацин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 0,2 %, 100 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>каптоприл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>каптоприл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>глюкорон®</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки, покрытые оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нормотанс</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки, покрытые оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кетотифен</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кетотифен</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...121 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ламивудин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ламиас® 150</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки, покрытые оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:spacing w:after="20"/>
-[...157 lines deleted...]
-            </w:r>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>клопидогрел</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>грелид®</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки, покрытые оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цетиризин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>носмин®</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки, покрытые оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>энтекавир</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>квантавир</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки, покрытые пленочной оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>абакавир</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>виракар®</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки, покрытые оболочкой</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фолиевая кислота</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>фолика</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зидовудин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>зидоас</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>капсулы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>урсодезоксихолевая кислота</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>урсозим</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>капсулы</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>натрия хлорид</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 0,9 %, 100 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>натрия хлорид</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 0,9 %, 200 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>натрия хлорид</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 0,9 %, 250 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>натрия хлорид</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 0,9 %, 400 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>натрия хлорид</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 0,9 %, 500 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>декстроза (глюкоза)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 10 %, 200 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>декстроза (глюкоза)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 10 %, 400 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>декстроза (глюкоза)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 5 %, 100 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>декстроза (глюкоза)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 5 %, 200 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>декстроза (глюкоза)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 5 %, 250 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>декстроза (глюкоза)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 5 %, 400 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>отсутствует</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>декстроза (глюкоза)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 5 %, 500 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>метронидазол</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>метронидазол</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 5 %, 100 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>офлоксацин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>офлоксацин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 2 мг/мл, 100 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>левофлоксацин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>левофлоксацин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инфузий 5 мг/мл, 100 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гемцитабин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гемцитабин-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лиофилизат для приготовления раствора для инфузий, 200 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гемцитабин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гемцитабин-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лиофилизат для приготовления раствора для инфузий, 100 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>доцетаксел</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>доцетаксел-келун-казфарм 20 мг/мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>доцетаксел</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>доцетаксел-келун-казфарм 80 мг/4 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кабазитаксел</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кабазитаксел-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий в комплекте с растворителем</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>метотрексат</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>метотрексат-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инъекций, 20 мг/2мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>метотрексат</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>метотрексат-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инъекций, 7,5 мг/0,75 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>метотрексат</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>метотрексат-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инъекций, 10 мг/1 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>метотрексат</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>метотрексат-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>раствор для инъекций, 15 мг/1,5 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оксалиплатин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оксалиплатин-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>паклитаксел</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>паклитаксел-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 100 мг/16,7 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>паклитаксел</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>паклитаксел-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 60 мг/10 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>паклитаксел</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>паклитаксел-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 30 мг/5 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>паклитаксел</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>паклитаксел-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 300 мг/50 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пеметрексед</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пеметрексед-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лиофилизат для приготовления раствора для инфузий, 100 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пеметрексед</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>пеметрексед-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лиофилизат для приготовления раствора для инфузий, 500 мг</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>флударабин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>флударабин-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 50 мг/2 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>карбоплатин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>карбоплатин-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 150 мг/15 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>циклофосфамид</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>циклофосфамид-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лиофилизат для приготовления раствора для внутривенного введения</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпирубицин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпирубицин-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 10 мг/5 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпирубицин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>эпирубицин-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 50 мг/25 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цисплатин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цисплатин-келун казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 20 мг/20 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цисплатин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>цисплатин-келун казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 50 мг/50 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>винорелбин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>винорелбин келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 10 мг/1мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>винорелбин</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>винорелбин келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 50 мг/50мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>заледроновая кислота</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>золедроновая кислота-келун-казфарм</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>концентрат для приготовления раствора для инфузий, 4 мг/5 мл</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3004 90 000 9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>амброксол</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>солфран®</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>таблетки</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z18" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
-        <w:jc w:val="both"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Примечание:</w:t>
+        <w:t>      ;</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      * обязательная маркировка в отношении обувных товаров, ввезенных в Республику Казахстан или произведенных на территории Республики Казахстан, с обязательным выводом из оборота маркированных товаров при розничной реализации, за исключением субъектов внутренней торговли, осуществляющих оптовую торговлю;</w:t>
+      *** – обязательная маркировка в отношении лекарственных средств, произведенных с 1 июля 2024 года, расфасованных в виде дозированных лекарственных форм (включая лекарственные средства в форме трансдермальных систем) или в формы, или упаковки для розничной продажи, за исключением лекарственных средств и вакцин, применяемых в ветеринарии;</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ** лекарственные средства, произведенные с 1 июля 2022 года:</w:t>
+      **** – исключительно дериваты сайгака (рога);</w:t>
       </w:r>
-    </w:p>
-[...12843 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      *** обязательная маркировка в отношении лекарственных средств, произведенных с 1 июля 2024 года, расфасованных в виде дозированных лекарственных форм (включая лекарственные средства в форме трансдермальных систем) или в формы, или упаковки для розничной продажи, за исключением лекарственных средств и вакцин, применяемых в ветеринарии.</w:t>
+      ***** – обязательная маркировка в отношении пива и пивных напитков, произведенных с 1 февраля 2026 года поставляемые в кегах и бутылках, с 1 января 2027 года разлитые в банки;</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ****** – в отношении моторных масел, произведенных с 1 февраля 2026 года. В отношении товаров классифицируемых в указанных позициях ТН ВЭД ЕАЭС, необходимо руководствоваться как кодом ТН ВЭД ЕАЭС, так и наименованием товара.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      </w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>