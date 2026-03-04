--- v0 (2025-11-14)
+++ v1 (2026-03-04)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="614dfc3" w14:textId="614dfc3">
+    <w:p w14:paraId="ba73ec6" w14:textId="ba73ec6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -241,372 +241,396 @@
         </w:rPr>
         <w:t xml:space="preserve"> статьи 39 Закона Республики Казахстан "О банках и банковской деятельности в Республике Казахстан" и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 5 Закона Республики Казахстан "О микрофинансовой деятельности", в целях определения предельных размеров годовой эффективной ставки вознаграждения по банковским займам и микрокредитам, Правление Агентства Республики Казахстан по регулированию и развитию финансового рынка и Правление Национального Банка Республики Казахстан ПОСТАНОВЛЯЮТ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z6" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Примечание ИЗПИ!</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Действие пункта 1 приостановлено с 01.11.2025 до 01.07.2026 совместным постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 24.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 83</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и постановление Правления Национального Банка РК от 24.12.2025 № 97 (вводится в действие со дня его первого официального опубликования) установив, что в период приостановления данный пункт действует в следующей редакции.</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Определить предельные размеры годовой эффективной ставки вознаграждения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z20" w:id="2"/>
-[...59 lines deleted...]
-    <w:bookmarkStart w:name="z23" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по банковским займам, предоставляемым банками второго уровня, организациями, осуществляющими отдельные виды банковских операций, - 46 (сорок шесть) процентов по беззалоговым банковским займам; 35 (тридцать пять) процентов по банковским займам, обеспеченным залогом; 25 (двадцать пять) процентов по ипотечным жилищным займам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по микрокредитам, предоставляемым организациями, осуществляющими микрофинансовую деятельность, - 46 (сорок шесть) процентов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      по микрокредитам, предоставляемым организациями, осуществляющими микрофинансовую деятельность, на срок до сорока пяти календарных дней, в размере, не превышающем сорокапятикратного размера месячного расчетного показателя, установленного на соответствующий финансовый год законом о республиканском бюджете - менее 0,3 (ноль целых три десятых) процента в день, но не более 179 (сто семьдесят девять) процентов.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Микрокредиты выдаются по ставке, предусмотренной абзацем четвертым части первой настоящего пункта, при соответствии их требованиям, предусмотренным </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правления Национального Банка Республики Казахстан от 29 ноября 2019 года № 232 "Об утверждении Порядка заключения договора о предоставлении микрокредита, в том числе требований к содержанию, оформлению договора и его первой страницы, содержащей информацию о полной стоимости микрокредита (сумме переплаты по микрокредиту, предмете микрокредита), обязательным условиям договора о предоставлении микрокредита, а также формы графика погашения микрокредита" (зарегистрировано в Реестре государственной регистрации нормативных правовых актов под № 19697).</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      На дату заключения договора банковского займа, договора о предоставлении микрокредита, изменения ставки вознаграждения по банковскому займу, микрокредиту и (или) изменения или введения новых комиссий и иных платежей, связанных с выдачей и обслуживанием банковского займа годовая эффективная ставка вознаграждения не может превышать предельный размер, определенный настоящим пунктом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z12" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Департаменту методологии и пруденциального регулирования финансовых организаций Агентства Республики Казахстан по регулированию и развитию финансового рынка в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z13" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) совместно с Юридическим департаментом Агентства Республики Казахстан по регулированию и развитию финансового рынка государственную регистрацию настоящего совместного постановления в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z14" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) размещение настоящего совместного постановления на официальном интернет-ресурсе Агентства Республики Казахстан по регулированию и развитию финансового рынка после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z15" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) в течение десяти рабочих дней после государственной регистрации настоящего совместного постановления представление в Юридический департамент Агентства Республики Казахстан по регулированию и развитию финансового рынка сведений об исполнении мероприятия, предусмотренного подпунктом 2) настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z24" w:id="6"/>
-[...15 lines deleted...]
-      На дату заключения договора банковского займа, договора о предоставлении микрокредита, изменения ставки вознаграждения по банковскому займу, микрокредиту и (или) изменения или введения новых комиссий и иных платежей, связанных с выдачей и обслуживанием банковского займа годовая эффективная ставка вознаграждения не может превышать предельный размер, определенный настоящим пунктом.</w:t>
+    <w:bookmarkStart w:name="z16" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Контроль за исполнением настоящего совместного постановления возложить на курирующих заместителя Председателя Агентства Республики Казахстан по регулированию и развитию финансового рынка и заместителя Председателя Национального Банка Республики Казахстан.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p>
-[...77 lines deleted...]
-      2. Департаменту методологии и пруденциального регулирования финансовых организаций Агентства Республики Казахстан по регулированию и развитию финансового рынка в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+    <w:bookmarkStart w:name="z17" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Настоящее совместное постановление вводится в действие с 20 августа 2024 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
-[...98 lines deleted...]
-    <w:bookmarkEnd w:id="12"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -965,55 +989,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>