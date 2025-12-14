--- v0 (2025-10-24)
+++ v1 (2025-12-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3582669" w14:textId="3582669">
+    <w:p w14:paraId="f25bdfb" w14:textId="f25bdfb">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -133,57 +133,53 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Примечание ИЗПИ!</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Вводится в действие с 21.12.2024.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z5" w:id="0"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -363,190 +359,163 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Настоящее постановление вводится в действие с 21 декабря 2024 года и подлежит официальному опубликованию.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8040"/>
-        <w:gridCol w:w="4340"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8040" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">      </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Председатель Агентства</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан по</w:t>
             </w:r>
-          </w:p>
-[...5 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>регулированию и развитию</w:t>
             </w:r>
-          </w:p>
-[...12 lines deleted...]
-            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">финансового рынка </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4340" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
@@ -2041,2555 +2010,2761 @@
     </w:tbl>
     <w:bookmarkStart w:name="z56" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Сведения о кандидате на должность банковского омбудсмана</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z57" w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение с изменением, внесенным постановлением Правления Агентства РК по регулированию и развитию финансового рынка от 28.08.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 46</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (порядок введения в действие см. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>п. 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z57" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ______________________________________________________________</w:t>
       </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(фамилия, имя, отчество (если оно указано в документе,</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверяющем личность), должность)</w:t>
+      </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:p>
-[...32 lines deleted...]
-    </w:p>
     <w:bookmarkStart w:name="z58" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Общие сведения:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6150"/>
-        <w:gridCol w:w="6150"/>
+        <w:gridCol w:w="11814"/>
+        <w:gridCol w:w="486"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11814" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Дата и место рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11814" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Гражданство</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
+            <w:tcW w:w="11814" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Данные документа, удостоверяющего личность, индивидуальный идентификационный номер (если указано в документе, удостоверяющем личность)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6150" w:type="dxa"/>
-[...26 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="486" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z59" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Образование:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1476"/>
+        <w:gridCol w:w="1476"/>
+        <w:gridCol w:w="2842"/>
+        <w:gridCol w:w="1476"/>
+        <w:gridCol w:w="5030"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование учебного заведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Год поступления - год окончания</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Специальность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Реквизиты диплома об образовании (дата и номер при наличии)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="2842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1476" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="5030" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...154 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5030" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z60" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о супруге, близких родственниках (родители, дети, усыновители (удочерители), усыновленные (удочеренные), полнородные и неполнородные братья и сестры, дедушка, бабушка, внуки) и свойственниках (родители, дети, усыновители (удочерители), усыновленные (удочеренные), полнородные и неполнородные братья и сестры, дедушка, бабушка, внуки супруга (супруги):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2460"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2460"/>
+        <w:gridCol w:w="1398"/>
+        <w:gridCol w:w="6318"/>
+        <w:gridCol w:w="1398"/>
+        <w:gridCol w:w="1398"/>
+        <w:gridCol w:w="1788"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="6318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Год рождения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Родственные отношения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Место работы и должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="6318" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1398" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="1788" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
-[...154 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1398" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1788" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z61" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сведения о трудовой деятельности:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1757"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="1758"/>
+        <w:gridCol w:w="1570"/>
+        <w:gridCol w:w="1570"/>
+        <w:gridCol w:w="1570"/>
+        <w:gridCol w:w="1570"/>
+        <w:gridCol w:w="1570"/>
+        <w:gridCol w:w="2879"/>
+        <w:gridCol w:w="1571"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Период работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Место работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Должность</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наличие дисциплинарных взысканий</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Причины увольнения, освобождения от должности</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Иные сведения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="1570" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcW w:w="2879" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcW w:w="1571" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1757" w:type="dxa"/>
-[...218 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1570" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2879" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1571" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z62" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание: в данном пункте указываются сведения о трудовой деятельности кандидата, в том числе с момента окончания высшего учебного заведения, с указанием должности, а также период, в течение которого кандидатом трудовая деятельность не осуществлялась.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
-    <w:bookmarkStart w:name="z63" w:id="53"/>
+    <w:bookmarkStart w:name="z72" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4-1. Сведения о владении кандидата государственным языком подтверждается справкой диагностического тестирования по системе оценки уровня владения казахским языком КАЗТЕСТ Национального центра тестирования Министерства науки и высшего образования Республики Казахстан на уровне не ниже уровня В2 либо официальным сертификатом Qazaq Resmi Test о сдаче экзамена по казахскому языку с уровнем B2 в системе онлайн тестирования Qazaq Resmi Test.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z63" w:id="54"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Сведения о том, являлся ли кандидат ранее руководящим работником финансовой организации в период не более чем за один год до принятия уполномоченным органом решения об отнесении банка к категории неплатежеспособных банков, о принудительном выкупе акций банка, лишении лицензии финансовой организации, а также принудительной ликвидации финансовой организации или признании ее банкротом в порядке, установленном законодательством Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="53"/>
-    <w:bookmarkStart w:name="z64" w:id="54"/>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z64" w:id="55"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="54"/>
-    <w:bookmarkStart w:name="z65" w:id="55"/>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z65" w:id="56"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (да (нет), указать наименование организации, должность, период работы)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="55"/>
-    <w:bookmarkStart w:name="z66" w:id="56"/>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z66" w:id="57"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю, что не занимаю должность в банке, организации, осуществляющей отдельные виды банковских операций, и (или) коллекторском агентстве, уполномоченном органе, Национальном Банке Республики Казахстан, не являюсь аффилированным лицом банков, организаций, осуществляющих отдельные виды банковских операций, и (или) коллекторских агентств, не имею близких родственников, супруга (супругу) и (или) свойственников, работающих в должности руководителя уполномоченного органа, Национального Банка Республики Казахстан или их заместителей, а также руководителя структурного подразделения уполномоченного органа, Национального Банка Республики Казахстан, а также подтверждаю наличие безупречной деловой репутации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="56"/>
-    <w:bookmarkStart w:name="z67" w:id="57"/>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z67" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подтверждаю, что настоящая информация была проверена мною и является достоверной и полной.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-    <w:bookmarkStart w:name="z68" w:id="58"/>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z68" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="58"/>
-    <w:bookmarkStart w:name="z69" w:id="59"/>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z69" w:id="60"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="59"/>
-    <w:bookmarkStart w:name="z70" w:id="60"/>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z70" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (заполняется кандидатом собственноручно печатными буквами)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z71" w:id="61"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z71" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Подпись ___________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkEnd w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>