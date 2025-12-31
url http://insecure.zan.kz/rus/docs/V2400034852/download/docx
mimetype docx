--- v0 (2025-11-16)
+++ v1 (2025-12-31)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="666da63" w14:textId="666da63">
+    <w:p w14:paraId="9a63e8a" w14:textId="9a63e8a">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -2321,195 +2321,233 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан Республики Казахстан "Об утверждении Правил аккредитации экспертных организаций" № 151 от 27 февраля 2015 года (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10640).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:name="z86" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 3. Приостановление, прекращение действия (отзыва) разрешений в автоматизированном реестре</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+    <w:bookmarkStart w:name="z87" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Приостановление, прекращение действия (отзыв) разрешений в автоматизированном реестре осуществляется Системой в автоматическом режиме либо разрешительными органами, на основании решения суда либо в иных случаях, предусмотренных законами Республики Казахстан посредствам внесения сведений о приостановлении прекращение действия (отзыв) разрешения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z90" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Уведомление об устранении выявленных нарушений, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам и постановление о применении мер оперативного реагирования, по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, в автоматическом режиме формируются посредством автоматизированного реестра и направляются в личные кабинеты пользователя на веб-портале "электронного правительства" и информационной системы в сфере строительства, архитектуры и градостроительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      </w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 19 - в редакции приказа Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Примечание ИЗПИ!</w:t>
-[...7 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
-      <w:r>
-[...68 lines deleted...]
-    <w:bookmarkStart w:name="z88" w:id="77"/>
+    </w:p>
+    <w:bookmarkStart w:name="z88" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       20. Срок приостановления разрешений в автоматизированном реестре составляет не более шести месяцев. В случае, если отсутствуют основания к возобновлению действия разрешений в автоматизированном реестре по истечению шести месяцев, данное разрешение исключается из автоматизированного реестра в автоматическом режиме без возможности ее дальнейшего восстановления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z89" w:id="78"/>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       21. Включение и исключение из автоматизированного реестра производиться по основаниям, предусмотренными </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -2524,141 +2562,1867 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Законом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Республики Казахстан "О разрешениях и уведомлениях".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkEnd w:id="80"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам ведения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приостановления, прекращения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>действия (отзыва) разрешений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в автоматизированном</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>реестре разрешений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в сфере строительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z92" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b w:val="false"/>
-[...4 lines deleted...]
-        <w:t>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> УВЕДОМЛЕНИЕ ОБ УСТРАНЕНИИ НАРУШЕНИЙ</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 1 в соответствии с приказом Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z93" w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование региона</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:bookmarkStart w:name="z94" w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      дата</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:bookmarkStart w:name="z95" w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Место составления</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z96" w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      время</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z97" w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименовние органа контроля и надзора:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z98" w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. 2. Наименование проверяемого субъекта, объекта (наименование юридического лица или его филиала и (или) представительства, фамилия, имя, отчество (при его наличии) физического лица, в отношении которого назначено проведение проверки, его местонахождение, участок территории, индивидуальный идентификационный номер/бизнес-идентификационный номер (ИИН/БИН).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z99" w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование проверяемого объекта/Адрес месторасположения объекта/субъекта:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:bookmarkStart w:name="z100" w:id="89"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. За нарушение законодательства и других нормативных правовых актов Республики Казахстан (с учетом </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 31-4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Закона Республики Казахстан Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан) предписываю выполнить следующие мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+        <w:gridCol w:w="4100"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z101" w:id="90"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 </w:t>
-      </w:r>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="90"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень выявленных нарушений</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Рекомендации и указания по устранению выявленных нарушений, сроки их устранения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z105" w:id="91"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="91"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z109" w:id="92"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="92"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkStart w:name="z113" w:id="93"/>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="93"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z117" w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сведения об ознакомлении с уведомлением представителя субъекта контроля и надзора (руководителя юридического лица либо его уполномоченного лица, физического лица</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="94"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z118" w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Уведомление внес (ФИО (при его наличии) должностного лица уполномоченного органа, подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"___"_____________20___г.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>к Правилам ведения,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>приостановления, прекращения</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>действия (отзыва) разрешений</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>в автоматизированном реестре</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>разрешений в сфере строительства</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z121" w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Акт государственных инспекторов о приостановлении, прекращении действия (отзыва) разрешений в сфере строительства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="96"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      Примечание ИЗПИ!</w:t>
-[...3 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">
+      Сноска. Правила дополнены приложением 2 в соответствии с приказом Министра промышленности и строительства РК от 15.09.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 367</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>вводится</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z122" w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) Вид меры оперативного реагирования: ________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="97"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z123" w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Дата, время и место составления акта: _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z124" w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) Наименование государственного органа: _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="99"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z125" w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) Фамилия, имя, отчество (если оно указано в документе, удостоверяющем личность)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и должность лица, составляющего акт: ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z126" w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) Наименование или фамилия, имя, отчество (если оно указано в документе,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверяющем личность) субъекта контроля и надзора, фамилия, имя, отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(если оно указано в документе, удостоверяющем личность) его руководителя, а также</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>должность представителя субъекта контроля и надзора, присутствовавшего</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>при оформлении акта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z127" w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) Основание применения меры оперативного реагирования: ________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z128" w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) Срок действия меры оперативного реагирования (при необходимости): _____</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z129" w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) Сведения о получении или отказе от получения акта (дата и подпись</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>руководителя субъекта контроля и надзора или представителя субъекта контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и надзора): ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z130" w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) Подпись должностного лица, оформившего акт: _________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z131" w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) должность, фамилия, имя, отчество (если оно указано в документе,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверяющем личность) и подпись руководителя органа контроля и надзора:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
-      </w:r>
-[...48 lines deleted...]
-        <w:t xml:space="preserve"> в действие по истечении шестидесяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>