--- v0 (2025-11-08)
+++ v1 (2025-12-28)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="5933012" w14:textId="5933012">
+    <w:p w14:paraId="1bffed2" w14:textId="1bffed2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -1649,454 +1649,682 @@
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Отказ участника единого страхового (перестраховочного) пула в заключении договора сострахования профессиональной ответственности медицинского работника с субъектом здравоохранения не допускается.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
     <w:bookmarkStart w:name="z42" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      10. При страховании профессиональной ответственности медицинских работников для обмена электронными информационными ресурсами используются интернет-платформа и (или) информационная система Администратора пула или страховых организаций-участников единого страхового (перестраховочного) пула (далее - интернет-платформа).</w:t>
+      10. При страховании профессиональной ответственности медицинских работников для обмена данными в электронной форме используется интернет-платформа Администратора пула (далее - Интернет-платформа).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z43" w:id="35"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       11. В договоре сострахования указывается Страхователь, Застрахованный (медицинский работник, осуществляющий медицинскую деятельность). </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="35"/>
     <w:bookmarkStart w:name="z44" w:id="36"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      12. Договор сострахования заключается в электронной форме с использованием средств электронной цифровой подписи через личный кабинет субъекта здравоохранения, созданный на интернет-платформе.</w:t>
+      12. Субъектами здравоохранения договор сострахования заключается в электронной форме с использованием средств электронной цифровой подписи через личный кабинет на Интернет-платформе. При этом, между государственными субъектами здравоохранения и Администратором Пула договор сострахования заключается на единой платформе закупок в течение трех рабочих дней, после его этапа заключения на Интернет-платформе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="36"/>
-    <w:bookmarkStart w:name="z45" w:id="37"/>
+    <w:bookmarkStart w:name="z162" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Договор сострахования профессиональной ответственности медицинских работников заключается ежегодно, действует в течение срока страхования и не прекращает свое действие по первому наступившему страховому случаю.</w:t>
+      Договор сострахования ежегодно заключается с государственными субъектами здравоохранения на один финансовый год, с негосударственными субъектами здравоохранения на один год, действует в течение срока страхования и не прекращает свое действие по первому наступившему страховому случаю.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="37"/>
-    <w:bookmarkStart w:name="z46" w:id="38"/>
+    <w:bookmarkStart w:name="z163" w:id="38"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Изменением страхового риска в течение действия Договора сострахования считаются следующие обстоятельства:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z47" w:id="39"/>
+    <w:bookmarkStart w:name="z164" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) любые изменения в списке Застрахованных, включая увольнение или прием нового персонала, а также изменение профиля медицинской деятельности любого из членов Застрахованных;</w:t>
+      1) любые изменения в списке Застрахованных, включая увольнение или прием нового персонала, а также изменение профиля медицинской деятельности Застрахованного;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z48" w:id="40"/>
+    <w:bookmarkStart w:name="z165" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) включение в Договор сострахования дополнительных застрахованных;</w:t>
+      2) осуществление деятельности в иных профилях медицинской деятельности.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z49" w:id="41"/>
+    <w:bookmarkStart w:name="z166" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) осуществление деятельности в иных профилях медицинской деятельности.</w:t>
+        <w:t xml:space="preserve">
+      При внесении изменений и дополнений в Договор сострахования, Страховщик осуществляет перерасчет страховой премии (взноса) за неистекший период страхования и рассчитывает страховую премию (взнос), подлежащую доплате или возврату. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="41"/>
-    <w:bookmarkStart w:name="z50" w:id="42"/>
+    <w:bookmarkStart w:name="z167" w:id="42"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      При уменьшения или увеличения страхового риска в период действия Договора сострахования, Страховщик осуществляет перерасчет страховой премии (взноса) за неистекший период страхования и рассчитывает страховую премию (взнос), подлежащую доплате или возврату. Страховая премия (взнос), подлежащая доплате Страхователем или возврату Страхователю, устанавливается дополнительным соглашением к Договору сострахования с указанием соответствующих условий изменения или дополнения страхового покрытия. </w:t>
+        <w:t>
+      При уведомлении Страхователем Администратора Пула о дополнительных медицинских работниках, включенных в список Застрахованных, или сообщении об увеличении риска в отношении некоторых Застрахованных, страховая защита вступает в силу с 00 часов 00 минут дня, следующего за днем уплаты Страхователем страховой премии (взноса).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="42"/>
-    <w:bookmarkStart w:name="z51" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 12 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z52" w:id="43"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      При уведомлении Страхователем Администратора Пула о дополнительных медицинских работниках, включенных в список Застрахованных, или сообщении об увеличении риска в отношении некоторых Застрахованных, страховая защита вступает в силу с 00 часов 00 минут дня, следующего за днем уплаты Страхователем страховой премии (взноса).</w:t>
+      13. Заключение, изменение и расторжение договора сострахования субъектами здравоохранения в электронной форме производится путем обмена информацией на Интернет-платформе. При этом, заключение, изменение и расторжение договора сострахования государственными субъектами здравоохранения проводится на единой платформе закупок, после его этапа заключения, изменения и расторжения на Интернет-платформе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="43"/>
-    <w:bookmarkStart w:name="z52" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 13 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z53" w:id="44"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      13. Заключение, изменение и расторжение договора сострахования в электронной форме производится путем обмена информацией между субъектом здравоохранения и Администратором Пула.</w:t>
+      14. Субъект здравоохранения подает заявление на страхование в электронной форме через личный кабинет субъекта здравоохранения, созданный на интернет-платформе.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="44"/>
-    <w:bookmarkStart w:name="z53" w:id="45"/>
+    <w:bookmarkStart w:name="z54" w:id="45"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      14. Субъект здравоохранения подает заявление на страхование в электронной форме через личный кабинет субъекта здравоохранения, созданный на интернет-платформе.</w:t>
+        <w:t xml:space="preserve">
+      15. При установлении Администратором Пула в период заключения договора страхования, действия страховой защиты и урегулирования страхового случая сторонам договора признаков недобросовестного поведения, предусмотренных </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 52-4 Закона Республики Казахстан "О страховой деятельности", до истечения срока страховой выплаты, предусмотренного законами Республики Казахстан либо договором страхования, страховщик приостановливает осуществление страховой выплаты на срок до тридцати календарных дней.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="45"/>
-    <w:bookmarkStart w:name="z54" w:id="46"/>
+    <w:bookmarkStart w:name="z55" w:id="46"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> статьи 52-4 Закона Республики Казахстан "О страховой деятельности", до истечения срока страховой выплаты, предусмотренного законами Республики Казахстан либо договором страхования, страховщик приостановливает осуществление страховой выплаты на срок до тридцати календарных дней.</w:t>
+        <w:t>
+      Уведомление о приостановлении страховой выплаты направляется страхователю (выгодоприобретателю) с указанием о проведении соответствующей проверки не позднее дня, следующего за днем приостановления.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="46"/>
-    <w:bookmarkStart w:name="z55" w:id="47"/>
+    <w:bookmarkStart w:name="z56" w:id="47"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Уведомление о приостановлении страховой выплаты направляется страхователю (выгодоприобретателю) с указанием о проведении соответствующей проверки не позднее дня, следующего за днем приостановления.</w:t>
+      До истечения срока приостановления страховой выплаты страховщик направляет мотивированный отказ в страховой выплате либо осуществляет страховую выплату с учетом неустойки, исчисляемой исходя из базовой ставки Национального Банка на день осуществления страховой выплаты, за каждый день свыше срока страховой выплаты, предусмотренного законами Республики Казахстан либо договором страхования.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="47"/>
-    <w:bookmarkStart w:name="z56" w:id="48"/>
+    <w:bookmarkStart w:name="z57" w:id="48"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      До истечения срока приостановления страховой выплаты страховщик направляет мотивированный отказ в страховой выплате либо осуществляет страховую выплату с учетом неустойки, исчисляемой исходя из базовой ставки Национального Банка на день осуществления страховой выплаты, за каждый день свыше срока страховой выплаты, предусмотренного законами Республики Казахстан либо договором страхования.</w:t>
+      16. Страховая защита по договору сострахования вступает в силу с 00 часов 00 минут дня, следующего за днем уплаты Страхователем страховой премии (первого страхового взноса), действует в течение двенадцати месяцев и не прекращает свое действие по первому наступившему страховому случаю.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="48"/>
-    <w:bookmarkStart w:name="z57" w:id="49"/>
+    <w:bookmarkStart w:name="z58" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      16. Страховая защита по договору сострахования вступает в силу с 00 часов 00 минут дня, следующего за днем уплаты Страхователем страховой премии (первого страхового взноса), действует в течение двенадцати месяцев и не прекращает свое действие по первому наступившему страховому случаю.</w:t>
+      17. Администратор Пула при заключении договора сострахования проверяет на соответствие представленных Страхователем сведений в заявлении на страхование.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="49"/>
-    <w:bookmarkStart w:name="z58" w:id="50"/>
+    <w:bookmarkStart w:name="z59" w:id="50"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      17. Администратор Пула при заключении договора сострахования проверяет на соответствие представленных Страхователем сведений в заявлении на страхование.</w:t>
+        <w:t xml:space="preserve">
+      18. Договоры сострахования для государственных организаций здравоохранения, юридических лиц со стопроцентным участием государства в уставном капитале или его дочерних организаций, более пятидесяти процентов голосующих акций (долей участия) которых принадлежит ему на праве собственности, заключаются в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 8)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан "О государственных закупках".</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="50"/>
-    <w:bookmarkStart w:name="z59" w:id="51"/>
+    <w:bookmarkStart w:name="z168" w:id="51"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...40 lines deleted...]
-        <w:t xml:space="preserve"> Закона Республики Казахстан "О государственных закупках". </w:t>
+        <w:t>
+      При этом, уплата страховой премии (взносов) производится Страхователем путем перечисления денег на специальный банковский счет Администратора пула единовременным платежом в течение 90 (девяноста) календарных дней с даты заключения договора сострахования и начала страховой защиты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 18 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z60" w:id="52"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       19. Страховщик-участнику, представителю Администратора пула разрешено присутствовать на заседании Независимой экспертной комиссии при условии предоставления подтверждения своих полномочий в письменной форме.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="52"/>
     <w:bookmarkStart w:name="z61" w:id="53"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
@@ -2489,594 +2717,616 @@
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="71"/>
     <w:bookmarkStart w:name="z80" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      24. Страховая премия (взнос) производится Страхователем (Застрахованным) единовременным платежом в течение 5 (пяти) рабочих дней с даты подписания договора сострахования профессиональной ответственности медицинских работников в соответствии с подпунктом 104-3) </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> Кодекса путем перечисления денег на специальный банковский счет Администратора пула.</w:t>
+      24. Страховая премия (взнос) производится Страхователем (Застрахованным) единовременным платежом в течение 5 (пяти) рабочих дней с даты подписания договора сострахования в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 104-3)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 7 Кодекса путем перечисления денег на специальный банковский счет Администратора пула, за исключением Страхователей, указанных в пункте 18 Правил.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="72"/>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 24 – в редакции приказа Министра здравоохранения РК от 18.11.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 148</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Днем оплаты страховой премии считается день поступления денег на специальный банковский счет Администратора пула.</w:t>
+        <w:t xml:space="preserve">
+      25. Размеры страховых выплат определены пунктом 3 статьи 270-4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="73"/>
-    <w:bookmarkStart w:name="z82" w:id="74"/>
+    <w:bookmarkStart w:name="z84" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Годовая страховая премия Страхователю устанавливается автоматически на интернет-платформе по каждому Застрахованному.</w:t>
+        <w:t xml:space="preserve">
+      Страхователь в течение 3 (трех) рабочих дней уведомляет о поступлении обращения с требованием о возмещении вреда от пациента или его законного представителя на интернет-платформе или иными доступными средствами. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="74"/>
-    <w:bookmarkStart w:name="z83" w:id="75"/>
+    <w:bookmarkStart w:name="z85" w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>
+      Страховые выплаты осуществляются Администратором Пула в течение 10 (десяти) рабочих дней после принятия решения об осуществлении страховой выплаты на основании предоставленных Страхователем копий следующих документов:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z84" w:id="76"/>
+    <w:bookmarkStart w:name="z86" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      Страхователь в течение 3 (трех) рабочих дней уведомляет о поступлении обращения с требованием о возмещении вреда от пациента или его законного представителя на интернет-платформе или иными доступными средствами. </w:t>
+        <w:t>
+      1) решение Независимой экспертной комиссии или решение суда по иску пациента или его законных представителей;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="76"/>
-    <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkStart w:name="z87" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Страховые выплаты осуществляются Администратором Пула в течение 10 (десяти) рабочих дней после принятия решения об осуществлении страховой выплаты на основании предоставленных Страхователем копий следующих документов:</w:t>
+      2) обращение или иск пациента, или его законного представителя;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="77"/>
-    <w:bookmarkStart w:name="z86" w:id="78"/>
+    <w:bookmarkStart w:name="z88" w:id="78"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) решение Независимой экспертной комиссии или решение суда по иску пациента или его законных представителей;</w:t>
+      3) документ, подтверждающий право предоставления медицинской деятельности Страхователем (Застрахованным);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="78"/>
-    <w:bookmarkStart w:name="z87" w:id="79"/>
+    <w:bookmarkStart w:name="z89" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      2) обращение или иск пациента, или его законного представителя;</w:t>
+        <w:t xml:space="preserve">
+      4) документы, подтверждающие трудовую деятельность работника в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 35</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Трудового Кодекса Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="79"/>
-    <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkStart w:name="z90" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      3) документ, подтверждающий право предоставления медицинской деятельности Страхователем (Застрахованным);</w:t>
+        <w:t xml:space="preserve">
+      5) история болезни пациента; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="80"/>
-    <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkStart w:name="z91" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> Трудового Кодекса Республики Казахстан;</w:t>
+        <w:t>
+      6) свидетельство или справка о смерти;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="81"/>
-    <w:bookmarkStart w:name="z90" w:id="82"/>
+    <w:bookmarkStart w:name="z92" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      5) история болезни пациента; </w:t>
+        <w:t>
+      7) заключение медико-социальной экспертизы по установлению инвалидности и (или) степени утраты трудоспособности;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="82"/>
-    <w:bookmarkStart w:name="z91" w:id="83"/>
+    <w:bookmarkStart w:name="z93" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      6) свидетельство или справка о смерти;</w:t>
+      8) документы, подтверждающие причинно-следственную связь нарушений со стойким расстройством функций организма со страховым случаем (предоставляется в случае переосвидетельствования пациента и установления более высокой группы инвалидности);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="83"/>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
+    <w:bookmarkStart w:name="z94" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      7) заключение медико-социальной экспертизы по установлению инвалидности и (или) степени утраты трудоспособности;</w:t>
+        <w:t xml:space="preserve">
+      9) финансовый документ, подтверждающий оплату фактических расходов пациента, связанных с заболеванием; </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="84"/>
-    <w:bookmarkStart w:name="z93" w:id="85"/>
+    <w:bookmarkStart w:name="z95" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      8) документы, подтверждающие причинно-следственную связь нарушений со стойким расстройством функций организма со страховым случаем (предоставляется в случае переосвидетельствования пациента и установления более высокой группы инвалидности);</w:t>
+      10) документ, подтверждающий право Выгодоприобретателя на получение страховой выплаты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="85"/>
-    <w:bookmarkStart w:name="z94" w:id="86"/>
+    <w:bookmarkStart w:name="z96" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-      9) финансовый документ, подтверждающий оплату фактических расходов пациента, связанных с заболеванием; </w:t>
+        <w:t>
+      11) документы, подтверждающие фактические расходы, понесенные Страхователем, застрахованным, связанными с расходами на защиту;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="86"/>
-    <w:bookmarkStart w:name="z95" w:id="87"/>
+    <w:bookmarkStart w:name="z97" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      10) документ, подтверждающий право Выгодоприобретателя на получение страховой выплаты;</w:t>
+        <w:t xml:space="preserve">
+      12) заявление об осуществлении страховой выплаты с указанием полных банковских реквизитов для осуществления страховой выплаты во форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Приложения 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="87"/>
-    <w:bookmarkStart w:name="z96" w:id="88"/>
+    <w:bookmarkStart w:name="z98" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      11) документы, подтверждающие фактические расходы, понесенные Страхователем, застрахованным, связанными с расходами на защиту;</w:t>
+      Администратор пула информирует страхователя или застрахованного о недостающих документах, необходимых для осуществления страховой выплаты в течение 2 (двух) рабочих дней в электронной форме через личный кабинет субъекта здравоохранения, созданный на интернет-платформе Администратора пула.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z97" w:id="89"/>
+    <w:bookmarkStart w:name="z99" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+        <w:t>
+      Днем осуществления страховой выплаты считается день поступления денежных средств получателю страховой выплаты.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z98" w:id="90"/>
+    <w:bookmarkStart w:name="z100" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Администратор пула информирует страхователя или застрахованного о недостающих документах, необходимых для осуществления страховой выплаты в течение 2 (двух) рабочих дней в электронной форме через личный кабинет субъекта здравоохранения, созданный на интернет-платформе Администратора пула.</w:t>
+        <w:t xml:space="preserve">
+      При ухудшении здоровья (установление инвалидности или степени утраты трудоспособности) либо смерти Пациента в результате события, приведшего к наступлению страхового случая, Администратор Пула на основании заключения медико-социальной экспертизы или решения суда производит перерасчет суммы страховой выплаты в соответствии со статьей 270-4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z99" w:id="91"/>
+    <w:bookmarkStart w:name="z101" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>
-      Днем осуществления страховой выплаты считается день поступления денежных средств получателю страховой выплаты.</w:t>
+        <w:t xml:space="preserve">
+      При перерасчете суммы страховой выплаты принимаются в зачет ранее выплаченные суммы, но не превышают предельного объема ответственности по данному страховому случаю (лимит) в соответствии со статьей 270-4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодекса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z100" w:id="92"/>
-[...78 lines deleted...]
-    <w:bookmarkEnd w:id="93"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3155,68 +3405,68 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>профессиональной ответственности</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медицинских работников</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:bookmarkStart w:name="z103" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Минимальные размеры страховых премий (взносов) профессиональной ответственности медицинских работников </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
@@ -13282,150 +13532,150 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z106" w:id="95"/>
+    <w:bookmarkStart w:name="z106" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Заявление от Страхователя/Застрахованного/Выгодоприобретателя на осуществление страховой выплаты по наступившему страховому случаю</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> (нужное подчеркнуть)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z107" w:id="96"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z107" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Прошу произвести страховую выплату в связи с наступлением страхового случая.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z108" w:id="97"/>
+    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkStart w:name="z108" w:id="95"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Причины и обстоятельства наступления страхового случая:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkEnd w:id="95"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12300"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
@@ -13458,70 +13708,70 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z109" w:id="98"/>
+          <w:bookmarkStart w:name="z109" w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="98"/>
+          <w:bookmarkEnd w:id="96"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14773,70 +15023,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z128" w:id="99"/>
+          <w:bookmarkStart w:name="z128" w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 ______________________________________________________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="99"/>
+          <w:bookmarkEnd w:id="97"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -14951,70 +15201,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z131" w:id="100"/>
+          <w:bookmarkStart w:name="z131" w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 _______________________________________________________________________________________________</w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="100"/>
+          <w:bookmarkEnd w:id="98"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -15193,70 +15443,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z137" w:id="101"/>
+          <w:bookmarkStart w:name="z137" w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="101"/>
+          <w:bookmarkEnd w:id="99"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -17431,70 +17681,70 @@
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="12300" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkStart w:name="z142" w:id="102"/>
+          <w:bookmarkStart w:name="z142" w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
  </w:t>
             </w:r>
           </w:p>
-          <w:bookmarkEnd w:id="102"/>
+          <w:bookmarkEnd w:id="100"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование банка__________________________ БИК Банка_______________________</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -18288,70 +18538,70 @@
               <w:gridCol w:w="586"/>
               <w:gridCol w:w="586"/>
             </w:tblGrid>
             <w:tr>
               <w:trPr>
                 <w:trHeight w:val="30" w:hRule="atLeast"/>
               </w:trPr>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="585" w:type="dxa"/>
                   <w:vMerge w:val="restart"/>
                   <w:tcBorders>
                     <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
                     <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
                   </w:tcBorders>
                   <w:tcMar>
                     <w:top w:w="15" w:type="dxa"/>
                     <w:left w:w="15" w:type="dxa"/>
                     <w:bottom w:w="15" w:type="dxa"/>
                     <w:right w:w="15" w:type="dxa"/>
                   </w:tcMar>
                   <w:vAlign w:val="center"/>
                 </w:tcPr>
-                <w:bookmarkStart w:name="z143" w:id="103"/>
+                <w:bookmarkStart w:name="z143" w:id="101"/>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 Лицевой (текущий) счет/</w:t>
                   </w:r>
                 </w:p>
-                <w:bookmarkEnd w:id="103"/>
+                <w:bookmarkEnd w:id="101"/>
                 <w:p>
                   <w:pPr>
                     <w:spacing w:after="20"/>
                     <w:ind w:left="20"/>
                     <w:jc w:val="both"/>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b w:val="false"/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
                     <w:t>
 карточный счет (</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:rFonts w:ascii="Times New Roman"/>
                       <w:b/>
                       <w:i w:val="false"/>
                       <w:color w:val="000000"/>
                       <w:sz w:val="20"/>
                     </w:rPr>
@@ -20226,330 +20476,330 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z146" w:id="104"/>
+    <w:bookmarkStart w:name="z146" w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       _____________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="104"/>
-    <w:bookmarkStart w:name="z147" w:id="105"/>
+    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkStart w:name="z147" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Настоящее заявление составлено на 2 (двух) листах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="105"/>
-    <w:bookmarkStart w:name="z148" w:id="106"/>
+    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkStart w:name="z148" w:id="104"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>1. Заявляю, что вся информация, предоставленная мной в заявлении на страховую выплату, достоверна и полна в соответствии с моими знаниями и убеждениями.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z149" w:id="107"/>
+    <w:bookmarkEnd w:id="104"/>
+    <w:bookmarkStart w:name="z149" w:id="105"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">2. Даю согласие на сбор и обработку моих персональных данных ограниченного доступа, составляющих охраняемую законом тайну, содержащихся в информационных системах, необходимых при заключении соглашений об урегулировании спора и отсутствия претензии пациента к субъекту здравоохранения и медицинскому работнику в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> статьи 8 Закона Республики Казахстан "О персональных данных и их защите".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z150" w:id="108"/>
+    <w:bookmarkEnd w:id="105"/>
+    <w:bookmarkStart w:name="z150" w:id="106"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>3. Информацию, необходимую для подготовки документов и список документов на осуществление страховой выплаты получил.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z151" w:id="109"/>
+    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkStart w:name="z151" w:id="107"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       __________________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z152" w:id="110"/>
+    <w:bookmarkEnd w:id="107"/>
+    <w:bookmarkStart w:name="z152" w:id="108"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       (подпись) ФИО (Страхователя/Застрахованного/Выгодоприобретателя) полностью</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z153" w:id="111"/>
+    <w:bookmarkEnd w:id="108"/>
+    <w:bookmarkStart w:name="z153" w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Дата "______" ____________________________ 20___г.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z154" w:id="112"/>
+    <w:bookmarkEnd w:id="109"/>
+    <w:bookmarkStart w:name="z154" w:id="110"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пп.1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> п.4. ст.839 Гражданского кодекса Республики Казахстан сообщение Страхователем Страховщику заведомо ложных сведений об объекте страхования, страховом риске, страховом случае и его последствиях является основанием для отказа Страховщика в осуществлении страховой выплаты</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
+    <w:bookmarkEnd w:id="110"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -20836,427 +21086,427 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(ФИО)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>_______________________ (контакты)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z158" w:id="113"/>
+    <w:bookmarkStart w:name="z158" w:id="111"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">                                СОГЛАШЕНИЕ</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             об урегулировании спора и отсутствия претензии пациента к</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">             субъекту здравоохранения и медицинскому работнику</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z159" w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Я, ___________________________________(пациент), ___-____-______</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>года рождения, ИИН ____________, № документа (подчеркнуть нужное</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>удостоверение личности, паспорт, вид на жительство) __________, выдан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ________ от _________ г., проживающий (-ая) по адресу:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> получавший (-ая) медицинские услуги (лечение)___________________(указать вид</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услуги) в период с ___________ по __________ в медицинской организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________ с диагнозом ________________, страховую выплату</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>получил в полном объеме и претензий к данной медицинской организации,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>медицинскому персоналу и к участникам Единого страхового (перестраховочного)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пула по качеству оказанных услуг не имею и иметь не буду.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z160" w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+             Даю согласие на сбор и обработку моих персональных данных</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="113"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z159" w:id="114"/>
-[...27 lines deleted...]
-        <w:t>года рождения, ИИН ____________, № документа (подчеркнуть нужное</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ограниченного доступа, составляющих охраняемую законом тайну, содержащихся в</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>удостоверение личности, паспорт, вид на жительство) __________, выдан</w:t>
+        <w:t>информационных системах, необходимых при заключении соглашений об</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ________ от _________ г., проживающий (-ая) по адресу:</w:t>
+        <w:t>урегулировании спора и отсутствия претензии пациента к субъекту здравоохранения и</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>____________________________________________________________,</w:t>
+        <w:t xml:space="preserve">медицинскому работнику в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктом 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 8 Закона Республики</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> получавший (-ая) медицинские услуги (лечение)___________________(указать вид</w:t>
+        <w:t xml:space="preserve"> Казахстан "О персональных данных и их защите".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...209 lines deleted...]
-      <w:bookmarkStart w:name="z161" w:id="116"/>
+      <w:bookmarkStart w:name="z161" w:id="114"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
                                                        ________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
+    <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   (ФИО)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -21347,55 +21597,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -21721,31 +21971,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>