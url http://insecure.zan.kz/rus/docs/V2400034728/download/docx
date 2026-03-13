--- v0 (2025-12-27)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="d33b7e8" w14:textId="d33b7e8">
+    <w:p w14:paraId="47a26af" w14:textId="47a26af">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +93,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении формы акта выездной таможенной проверки</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра финансов Республики Казахстан от 11 июля 2024 года № 436. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 июля 2024 года № 34728</w:t>
+        <w:t>Приказ Министра финансов Республики Казахстан от 11 июля 2024 года № 436. Зарегистрирован в Министерстве юстиции Республики Казахстан 12 июля 2024 года № 34728.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с частью первой </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -535,51 +535,51 @@
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Утверждена приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр финансов</w:t>
+              <w:t>Министра финансов</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -691,71 +691,51 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"</w:t>
-[...19 lines deleted...]
-              <w:t>"</w:t>
+              <w:t>"УТВЕРЖДАЮ"</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Руководитель органа</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
@@ -763,288 +743,287 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(лицо, его замещающее)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>__________________________</w:t>
+              <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(фамилия, имя, отчество</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(при его наличии))</w:t>
+              <w:t>(если оно</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>_________ __________</w:t>
+              <w:t>указано в документе,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>удостоверяющем личность)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(далее – ФИО))</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________ ___________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(подпись) (дата)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="7"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Акт выездной таможенной проверки № _______</w:t>
+        <w:t xml:space="preserve"> Акт выездной таможенной проверки № ________</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:tbl>
-[...132 lines deleted...]
-      <w:bookmarkStart w:name="z16" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Форма – в редакции приказом Министра финансов РК от 30.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 830</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      ____________________________________________________________________</w:t>
-[...17 lines deleted...]
-        <w:t>      (наименование органа государственных доходов, проводившего проверку)</w:t>
+      "____" _________ 20___ года ______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(дата составления) (место проведения проверки)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование органа государственных доходов, проводившего выездную</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таможенную проверку)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -1148,1190 +1127,1288 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>"О таможенном регулировании в Республике Казахстан" (далее – Кодекс),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>на основании __________________________________________________________</w:t>
-[...33 lines deleted...]
-        <w:t>______________________________________________________________________</w:t>
+        <w:t>на основании: ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(основание для назначения выездной таможенной проверки, предусмотренное</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пунктами 10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>11-1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> статьи 418 Кодекса)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(дата и номер предписания о проведении выездной таможенной проверки)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>проведена: ____________________________________________________________</w:t>
-[...16 lines deleted...]
-        <w:t>(указать вид выездной таможенной проверки: внеплановая, встречная, комплексная)</w:t>
+        <w:t>проведена: __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(вид выездной таможенной проверки: внеплановая выездная таможенная проверка,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>встречная внеплановая выездная таможенная проверка, комплексная выездная</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таможенная проверка)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по предмету(ам) проверки *: ___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Должностными лицами:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________________________________________________________</w:t>
-[...203 lines deleted...]
-        <w:t>______________________________________________________________________</w:t>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(ФИО, должность должностных лиц органа государственных доходов, проводивших</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выездную таможенную проверку) в отношении:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(ФИО либо полное наименование проверяемого лица, сведения о месте нахождения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и месте фактического осуществления деятельности проверяемого лица, его</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуальный идентификационный номер /бизнес-идентификационный номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(ИИН/БИН))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(реквизиты банковских счетов проверяемого лица)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________________________________________________________</w:t>
-[...220 lines deleted...]
-        <w:t>лицом: _______________________________________________________________</w:t>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(ФИО руководителя и должностных лиц проверяемого лица, ответственных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>за ведение таможенной и финансовой отчетности, уплату таможенных платежей,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>налогов, специальных, антидемпинговых, компенсационных пошлин, пеней,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>процентов, взимаемых органами государственных доходов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(ФИО должностных лиц, привлеченных для участия в выездной таможенной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проверке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Проверяемый период с "___"_______ 20__года по "___" _________ 20 ___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения о проверенных документах, в том числе представленных проверяемым лицом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(виды и перечень проверенных документов, период к которому они относятся)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Выездная таможенная проверка начата с "____" _______20____ года и завершена</w:t>
-[...152 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>Выездная таможенная проверка начата с "____" ________20____ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и завершена "____" _______20__ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Период приостановления выездной таможенной проверки с "_" ______ 20 ___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по "____" ________20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Период продления выездной таможенной проверки с "____" ________ 20___ года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>по с "____" ________20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Сведения о формах таможенного контроля, мерах, обеспечивающих проведение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таможенного контроля, а также иных действиях проведенных в ходе выездной</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таможенной проверки: _______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Сведения о предыдущей проверке и принятых мерах по устранению ранее</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>выявленных нарушений таможенного законодательства Евразийского экономического</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>союза и (или) Республики Казахстан:</w:t>
-[...84 lines deleted...]
-        <w:t>______________________________________________________________________</w:t>
+        <w:t>союза (далее – ЕАЭС) и (или) Республики Казахстан:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>В ходе проверки установлено: _________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(подробное описание выявленных фактов, свидетельствующих о нарушениях</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>таможенного законодательства Евразийского экономического союза, таможенного</w:t>
-[...101 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>таможенного законодательства ЕАЭС, таможенного и (или) иного законодательства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан, с указанием положений таможенного законодательства ЕАЭС,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таможенного и (или) иного законодательства Республики Казахстан либо сведения</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>об их отсутствии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Выводы по результатам выездной таможенной проверки: __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приложение: на ___ листах.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Должностные лица, проводившие выездную таможенную проверку:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________________________ ______________</w:t>
-[...50 lines deleted...]
-        <w:t>(фамилия, имя и отчество (при его наличии)) (подпись)</w:t>
+        <w:t>__________________________________________ ___________ (ФИО) (подпись)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________ ______________ (ФИО) (подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Первый экземпляр акта выездной таможенной проверки приобщается к материалам</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -2355,323 +2432,343 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пяти календарных дней с даты завершения выездной таможенной проверки</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>направляется или вручается проверяемому лицу в порядке, установленном</w:t>
-[...16 lines deleted...]
-        <w:t>статьей 416 Кодекса.</w:t>
+        <w:t xml:space="preserve">направляется или вручается проверяемому лицу в порядке, установленном </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей416</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Кодекса.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Второй экземпляр акта выездной таможенной проверки получил:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________________________________ _____________</w:t>
-[...33 lines deleted...]
-        <w:t>лица получившего второй экземпляр акта)</w:t>
+        <w:t>__________________________________________ _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(ФИО лица, получившего второй экземпляр акта) (подпись)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Второй экземпляр акта выездной таможенной проверки направлен проверяемому</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>лицу __________________________________________________________________</w:t>
+        <w:t>лицу ___________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(документ, подтверждающий факт направления и (или) вручения)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>"____" ___________ 20___ года</w:t>
-[...118 lines deleted...]
-        <w:t>Отметка проверяемого лица о несогласии с результатами выездной таможенной проверки: _______________________________________________</w:t>
+        <w:t>"____" ___________ 20___ года (дата вручения второго экземпляра акта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Согласовано: ___________________________________________ ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(ФИО непосредственного руководителя должностных (подпись) лиц,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проводивших выездную таможенную проверку)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отметка проверяемого лица о несогласии с результатами выездной таможенной проверки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * предмет проверки отражается по каждому вопросу проводимой проверки в соответствии с пунктом 6 статьи 416 Кодекса, при этом по внеплановой выездной таможенной проверке и встречной внеплановой выездной таможенной проверке дополнительно отражается краткое описание вопросов проверки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
@@ -2679,55 +2776,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3053,31 +3150,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>