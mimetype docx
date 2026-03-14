--- v0 (2025-11-04)
+++ v1 (2026-03-14)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="3d251c9" w14:textId="3d251c9">
+    <w:p w14:paraId="be77dec" w14:textId="be77dec">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -596,1569 +596,1787 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к приказу</w:t>
+              <w:t>Утвержден приказом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр здравоохранения</w:t>
+              <w:t>Министра здравоохранения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 28 июня 2024 года № 41</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z15" w:id="9"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Правила проведения расследования в сфере оказания медицинских услуг (помощи)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Правила – в редакции приказа Министра здравоохранения РК от 30.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 122</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z17" w:id="11"/>
+    <w:bookmarkStart w:name="z145" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Настоящие правила проведения расследования в сфере оказания медицинских услуг (помощи) (далее – Правила) разработаны в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 22-1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 8 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" (далее – Кодекс) и определяет порядок проведения расследования в сфере оказания медицинских услуг (помощи) (далее – расследования).</w:t>
+        <w:t xml:space="preserve"> статьи 8 Кодекса Республики Казахстан "О здоровье народа и системе здравоохранения" и определяют порядок проведения расследования в сфере оказания медицинских услуг (помощи) (далее – расследование).</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z18" w:id="12"/>
+    <w:bookmarkStart w:name="z146" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Основные понятия, применяемые в настоящих Правилах:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
-    <w:bookmarkStart w:name="z19" w:id="13"/>
-[...15 lines deleted...]
-      1) государственный орган в сфере оказания медицинских услуг (помощи) (далее – государственный орган) – государственный орган, осуществляющий руководство в сфере оказания медицинских услуг (помощи), контроль за качеством медицинских услуг (помощи);</w:t>
+    <w:bookmarkStart w:name="z147" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) государственный орган в сфере оказания медицинских услуг (помощи) – государственный орган, осуществляющий руководство в сфере оказания медицинских услуг (помощи), контроль и надзор за качеством медицинских услуг (помощи);</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...15 lines deleted...]
-      2) расследование в сфере оказания медицинских услуг (помощи) – это деятельность государственного органа по установлению причин и условий нарушения требований законодательства Республики Казахстан, определению субъектов (объектов) контроля, их допустивших, а равно принятие мер в соответствии с законодательством Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z148" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) орган контроля и надзора в сфере оказания медицинских услуг (помощи) – государственный орган в сфере оказания медицинских услуг (помощи) и его территориальные подразделения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="14"/>
-    <w:bookmarkStart w:name="z21" w:id="15"/>
-[...15 lines deleted...]
-      3. Расследования проводятся государственным органом или его территориальными подразделениями с целью установление причин и условий нарушения требований законодательства Республики Казахстан в сфере оказания медицинских услуг (помощи) и принятие соответствующих мер и определения субъектов (объектов) контроля, допустивших нарушения требований законодательства Республики Казахстан.</w:t>
+    <w:bookmarkStart w:name="z149" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) расследование в сфере оказания медицинских услуг (помощи) – это деятельность государственного органа по установлению причин и условий нарушения требований законодательства Республики Казахстан, определению субъектов (объектов) контроля и надзора, их допустивших, а равно принятие мер в соответствии с законодательством Республики Казахстан;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="15"/>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z150" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) конфликт интересов – ситуация, при которой личная заинтересованность члена комиссии, созданной для проведения расследования в сфере оказания медицинских услуг (помощи), может повлиять на объективное принятие решения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z151" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) субъекты (объекты) контроля и надзора в сфере оказания медицинских услуг (помощи) (далее – субъект (объект) контроля и надзора) – физические и (или) юридические лица, оказывающие медицинские услуги (помощь).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z152" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Расследование проводится органом контроля и надзора в сфере оказания медицинских услуг (помощи) с целью установления причин и условий нарушения требований законодательства Республики Казахстан в сфере оказания медицинских услуг (помощи), принятия соответствующих мер и определения субъектов (объектов) контроля и надзора, допустивших нарушения требований законодательства Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z153" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 2. Правила проведения расследования в сфере оказания медицинских услуг (помощи)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="16"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z154" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Расследование проводится органом контроля и надзора в сфере оказания медицинских услуг (помощи) по следующим основаниям:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z155" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) обращения физических и (или) юридических лиц, а также государственных органов по конкретным фактам причинения вреда жизни, здоровью человека и законным интересам физических и юридических лиц, государства в случаях, когда такой факт коснулся широкого круга лиц и требуется установить конкретный субъект (объект) контроля и надзора, допустивший нарушения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z156" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2) информация (экстренное извещение) о наступлении смерти в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 7 сентября 2020 года № ҚР ДСМ-100/2020 "Об утверждении правил предоставления информации (экстренного извещения) о случаях наступления смерти беременных, рожениц, а также в случае смерти родильниц в течение сорока двух календарных дней после родов, внезапной смерти пациентов при оказании им плановой медицинской помощи (первичной медико-санитарной и специализированной помощи, в том числе высокотехнологичных медицинских услуг)" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21181) (далее – информация (экстренное извещение).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z157" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      5. Государственный орган или его территориальные подразделения в течение 5 рабочих дней со дня поступления информации (экстренное извещение) и (или) обращения принимает акт о назначении расследования в сфере оказания медицинских услуг (помощи) согласно </w:t>
+      5. Орган контроля и надзора в сфере оказания медицинских услуг (помощи) в течение 5 (пяти) рабочих дней со дня поступления информации (экстренное извещение) и (или) обращения принимает акт о назначении расследования в сфере оказания медицинских услуг (помощи) (далее – акт о назначении расследования) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z158" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Субъекты (объекты) контроля и надзора, в отношении которых проводится расследование, и лица, осуществляющие расследование, определяются органом контроля и надзора в сфере оказания медицинских услуг (помощи) с учетом маршрута пациента и профиля, вида, форм и условий медицинской помощи.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:bookmarkStart w:name="z159" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Расследование проводится должностными лицами, осуществляющими государственный контроль и надзор в сфере оказания медицинских услуг (помощи). Должностными лицами являются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:bookmarkStart w:name="z160" w:id="26"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) главный государственный медицинский инспектор Республики Казахстан и (или) его заместитель;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-[...20 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z161" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) главные государственные медицинские инспекторы соответствующих административно-территориальных единиц и их заместители, определяемые руководителем государственного органа в сфере оказания медицинских услуг (помощи);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z162" w:id="28"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) специалисты государственного органа в сфере оказания медицинских услуг (помощи).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z163" w:id="29"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      7. К проведению расследования привлекаются независимые эксперты и (или) профильные специалисты, обладающие специальными научными знаниями и навыками, специалисты, консультанты и эксперты других государственных органов и подведомственных организаций для оказания содействия в сборе материалов, исследовании и оценке доказательств в соответствии с </w:t>
+      7. К проведению расследования привлекаются независимые эксперты и (или) профильные специалисты, обладающие специальными научными знаниями и навыками, специалисты, консультанты и эксперты других государственных органов и подведомственных организаций для оказания содействия в собирании, исследовании и оценке доказательств в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказом</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 16 сентября 2020 года № ҚР ДСМ-103/2020 "Правил привлечения независимых экспертов и профильных специалистов для проведения экспертизы качества медицинских услуг (помощи), а также квалификационные требования к ним" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21218), которые предоставляют заключение </w:t>
+        <w:t xml:space="preserve"> Министра здравоохранения Республики Казахстан от 16 сентября 2020 года № ҚР ДСМ-103/2020 "Об утверждении Правил привлечения независимых экспертов и профильных специалистов для проведения экспертизы качества медицинских услуг (помощи), а также квалификационные требования к ним" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21218), которые предоставляют экспертное заключение и (или) заключение согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> к настоящим Правилам . </w:t>
-[...43 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z164" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Для проведения расследования органом контроля и надзора в сфере оказания медицинских услуг (помощи) создается комиссия из числа должностных лиц, осуществляющих государственный контроль и надзор в сфере оказания медицинских услуг (помощи) и лиц, предусмотренных в пункте 7 настоящих Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z165" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Члены комиссии утверждаются в акте о назначении расследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z166" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В акт о назначении расследования вносятся изменения и (или) дополнения, в случаях, когда участие в работе комиссии отдельных еҰ членов невозможно и (или) необходимо дополнительное привлечение лиц, осуществляющих государственный контроль и надзор в сфере оказания медицинских услуг (помощи) и лиц, предусмотренных в пункте 7 настоящих Правил, а также при выявлении конфликта интересов у члена комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:bookmarkStart w:name="z167" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Комиссию возглавляет председатель комиссии из должностных лиц органа контроля и надзора в сфере оказания медицинских услуг (помощи), который организует ее работу, осуществляет планирование работы, определяет потребности комиссии в транспорте, служебных помещениях, средствах связи, необходимых документах и доступе к информационным системам для обеспечения работы комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:bookmarkStart w:name="z168" w:id="34"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Комиссия руководствуется принципами объективности и беспристрастности при проведении расследования. В целях обеспечения независимости расследования комиссия формируется с учетом исключения конфликта интересов.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="29"/>
-    <w:bookmarkStart w:name="z36" w:id="30"/>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z169" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Конфликтом интересов считаются следующие случаи:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z170" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) член комиссии состоит в брачных (супружеских) отношениях или близких родственных связях с пациентом либо заявителем, а также с сотрудниками и (или) с руководством субъекта (объекта) контроля и надзора;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z171" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) член комиссии состоит или состоял в течение последних 5 (пяти) лет в трудовых или договорных отношениях с лицами, указанными в подпункте 1) части второй настоящего пункта.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z172" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае выявления у члена комиссии конфликта интересов, орган контроля и надзора исключает его из комиссии путҰм внесения изменений в акт о назначении расследования в течение 5 (пяти) рабочих дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z173" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       10. Срок проведения расследования составляет не более 30 (тридцати) календарных дней, который указывается в акте о назначении расследования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z174" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      11. При возникновении обстоятельств, объективно препятствующих завершению расследования в установленные сроки, сроки расследования продлеваются решением первого руководителя государственного органа или его территориального подразделения или его заменяющим лицом не более одного раза на тридцать календарных дней с оформлением акта о продлении сроков расследования с мотивированным обоснованием согласно </w:t>
+      11. Сроки расследования продлеваются не более одного раза на 30 (тридцать) календарных дней решением первого руководителя органа контроля и надзора в сфере оказания медицинских услуг (помощи) или его заменяющим лицом с оформлением акта о продлении сроков расследования в сфере оказания медицинских услуг (помощи) (далее – акта о продлении сроков расследования) согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложению 3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-[...40 lines deleted...]
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z175" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сроки расследования продлеваются в случаях неполучения результатов экспертиз, экспертных заключений и (или) заключений, необходимой информации и документов, пересмотра гистологических исследований, результатов ретроспективного анализа, патологоанатомического вскрытия, а также в случаях, когда для вынесения экспертных заключений и (или) заключений требуется дополнительное изучение научной литературы и (или) международных методических рекомендаций в области здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z176" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Уведомление субъекта (объекта) контроля и надзора о начале проведения расследования, продлении сроков проведения расследования, об изменении и (или) дополнении состава лиц, уполномоченных на его проведение, осуществляется путем направления акта о назначении расследования, акта о продлении сроков расследования, акта о назначении расследования с измененным и (или) дополненным составом лиц, уполномоченных на его проведение, за один рабочий день до его начала, продления, до начала участия в расследовании лиц, не указанных в акте о назначении расследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z177" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт о назначении расследования вручается нарочно, с уведомлением о вручении, либо посредством электронного документа, подписанного посредством электронной цифровой подписи, по адресу электронной почты субъекта (объекта) контроля и надзора, если такой адрес ранее был представлен данным субъектом (объектом) в орган контроля и надзора в сфере оказания медицинских услуг (помощи) или другим доступным способом.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z178" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Председатель комиссии и члены комиссии:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z179" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) определяют субъекты (объекты) контроля и надзора, подлежащие к проведению расследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z180" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) выясняют обстоятельства, повлекшие допущение нарушения и (или) предшествовавшие допущению возникновения угрозы или причинению вреда жизни, здоровью человека, законным интересам физических и юридических лиц, государства;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z181" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) получают письменные объяснения от круга лиц и (или) субъектов (объектов), возможно причастных к предмету расследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z182" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) принимают меры по дальнейшему недопущению нанесения ущерба жизни и (или) здоровью человека;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z183" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) анализируют медицинскую документацию пациента, оценивают деятельность субъекта (объекта) и качество предоставленной ею медицинской помощи (услуги) на соответствие стандартам организации оказания медицинской помощи, правилам оказания медицинской помощи. В случае необходимости проводят осмотр пациента;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z184" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) изучают, обеспечивают пересмотр гистологических и, при наличии, патологоанатомических исследований;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z185" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) получают заключения других независимых экспертов и (или) профильных специалистов, судебно-медицинских экспертов, патологоанатомов, научно-исследовательских институтов, других организаций по профилю заболевания о тяжести повреждений, причинах смерти, наличии признаков алкогольного, токсического опьянения, отравления, информацию о динамике состояния здоровья с результатами лабораторных данных;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z186" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) сопоставляют результаты ретроспективного анализа, патологоанатомического вскрытия и (или) обеспечивают пересмотр судебно-медицинской экспертизы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z187" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) запрашивают, получают и изучают копии документов, журналов, протоколов, необходимых для расследования, по обращениям пациентов и (или) их законных представителей по вопросам оказания медицинских услуг (помощи) в субъекте (объекте) контроля и надзора и другую документацию. В качестве источника информации при проведении экспертизы также используются электронные информационные системы в области здравоохранения;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z188" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) при необходимости проводят фото и (или) видеофиксацию места и документов, относящихся к предмету расследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z189" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) определяют мероприятия по ликвидации и (или) предотвращению последствий, связанных с предметом расследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z190" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) ознакомляют лиц и (или) субъектов (объектов), возможно причастных к предмету расследования, с материалами расследования в части, имеющей отношение к данным лицам и (или) субъектам (объектам).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z191" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. В ходе расследования председатель и члены комиссии, с учетом необходимости защиты конфиденциальной информации, предоставляют участникам расследования по их письменному запросу возможность ознакомиться со сведениями, имеющими отношение к расследованию, проводят консультации по предмету расследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z192" w:id="58"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      13. Председатель комиссии и члены комиссии: </w:t>
-[...283 lines deleted...]
-    <w:bookmarkStart w:name="z55" w:id="49"/>
+      15. По результатам расследования составляется акт о результатах расследования в сфере оказания медицинских услуг (помощи) (далее – акт о результатах расследования) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z193" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      При установлении в ходе расследования субъектов (объектов) контроля и надзора, находящихся в другой области, городе республиканского значения и столице, комиссия завершает расследование актом о результатах расследования и передает материалы расследования в соответствующий орган контроля и надзора в сфере оказания медицинских услуг (помощи) для проведения дальнейшего расследования в соответствующей области, городе республиканского значения и столице.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z194" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Акт о результатах расследования оформляется на основании материалов расследования, в том числе с учетом мнения большинства членов комиссии. Количество экземпляров акта о результатах расследования зависит от количества субъектов (объектов), в отношении которых проведено расследование.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:bookmarkStart w:name="z195" w:id="61"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Акт о результатах расследования подписывается председателем и всеми членами комиссии, проводившими расследование. Комиссией первый экземпляр акта о результатах расследования на бумажном носителе под роспись или в электронной форме вручается или направляется письмом с уведомлением субъекту (объекту) контроля и надзора (руководителю юридического лица либо его уполномоченному лицу, физическому лицу) для ознакомления и принятия мер по устранению выявленных нарушений, второй экземпляр остается у органа контроля и надзора в сфере оказания медицинских услуг (помощи).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z196" w:id="62"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Члены комиссии, не согласные с выводами, указанными в акте о результатах расследования, в день подписания данного акта представляют председателю комиссии в письменном виде особое мнение для приобщения к акту о результатах расследования, при этом, акт о результатах расследования подписывается ими с оговоркой "с учетом особого мнения".</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z197" w:id="63"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Материалы расследования содержат:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z198" w:id="64"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) решение о проведении расследования, о привлечении к расследованию экспертов и специалистов, обладающих специальными знаниями по предмету расследования и (или) другие решения председателя комиссии, связанные с предметом расследования и дополнительное решение о продлении сроков проведения расследования (при его наличии);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z199" w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) обращения физических и (или) юридических лиц, а также государственных органов, информацию (экстренное извещение), подаваемую государственными органами или субъектами (объектами) деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z200" w:id="66"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) акт о назначении расследования;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z201" w:id="67"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) акт о результатах расследования, к которому прилагается:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z202" w:id="68"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      вся медицинская документация (справки и выписки, результаты клинико-диагностических исследований, консультации профильных специалистов, медицинские заключения о характере и тяжести повреждения здоровья (причине смерти) пострадавших);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z203" w:id="69"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) заключения специалистов и экспертов, в том числе судебно-медицинских экспертов и патологоанатомической диагностики;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z204" w:id="70"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) протоколы опроса и пояснения свидетелей, причастных лиц к расследованию, а также должностных лиц, ответственных за организацию медицинской помощи;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z205" w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) фото, видео материалы;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="71"/>
+    <w:bookmarkStart w:name="z206" w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) материалы, имеющие отношение к расследованию и приобщенные к материалам по решению председателя комиссии.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkStart w:name="z207" w:id="73"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В акте о результатах расследования в том числе отражаются выявленные нарушения, указания по их устранению, а также сроки устранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="73"/>
+    <w:bookmarkStart w:name="z208" w:id="74"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сроки устранения выявленных нарушений определяются с учетом обстоятельств, оказывающих влияние на реальную возможность его исполнения, но не менее 10 (десяти) календарных дней со дня вручения акта о результатах расследования.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="74"/>
+    <w:bookmarkStart w:name="z209" w:id="75"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае необходимости дополнительных временных и (или) финансовых затрат для устранения выявленных нарушений субъект (объект) контроля и надзора не позднее 3 (трех) рабочих дней со дня вручения ему акта о результатах расследования обращается в орган контроля и надзора в сфере оказания медицинских услуг (помощи), который создал комиссию, с заявлением о продлении сроков устранения выявленных нарушений.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="75"/>
+    <w:bookmarkStart w:name="z210" w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В заявлении субъект (объект) контроля и надзора излагает меры, которые будут приняты по устранению выявленных нарушений, и объективные причины продления сроков их устранения в части необходимости дополнительных временных и (или) финансовых затрат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:bookmarkStart w:name="z211" w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орган контроля и надзора в сфере оказания медицинских услуг (помощи), проводивший расследование, в течение 3 (трех) рабочих дней со дня получения заявления с учетом изложенных в заявлении о продлении сроков устранения выявленных нарушений доводов принимает решение о продлении сроков устранения выявленных нарушений, или отказе в продлении с мотивированным обоснованием.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:bookmarkStart w:name="z212" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      До истечения сроков, предусмотренных в акте о результатах расследования, субъект (объект) контроля и надзора представляет информацию об устранении выявленных нарушений с приложением материалов, доказывающих факт устранения нарушения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z213" w:id="79"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      15. При установлении в ходе расследования субъекта контроля, находящихся на другой административной территории, комиссия завершает расследование актом о результатах исследования и передает материалы расследования в соответствующее территориальное подразделение государственного органа для проведения дальнейшего расследования на соответствующей административной территории. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z56" w:id="50"/>
+      20. Сведения о расследовании вносятся в журнал учета расследований органа контроля и надзора в сфере оказания медицинских услуг (помощи) по форме, утвержденной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложением 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z214" w:id="80"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      По результатам расследования составляется акт о результатах расследования по форме согласно </w:t>
-[...323 lines deleted...]
-    <w:bookmarkStart w:name="z72" w:id="66"/>
+      21. По итогам проведения расследования орган контроля и надзора в сфере оказания медицинских услуг (помощи) в течение 10 (десяти) рабочих дней после дня окончания расследования размещает на официальном сайте информацию о результатах проведения расследования в сфере оказания медицинских услуг (помощи) по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящим Правилам, за исключением сведений, составляющих государственные секреты либо иную охраняемую законами Республики Казахстан тайну.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:bookmarkStart w:name="z215" w:id="81"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      20. В акте о результатах расследования в том числе отражаются выявленные нарушения, указания по их устранению, а также сроки устранения. </w:t>
-[...159 lines deleted...]
-      23. Итоги расследования предоставляются государственным органом или его территориальным подразделением, в уполномоченный орган по правовой статистике и специальных учетов в течение следующего рабочего дня по итогам принятия акта о результатах расследования согласно </w:t>
+      22. Итоги расследования предоставляются органом контроля и надзора в сфере оказания медицинских услуг (помощи), в уполномоченный орган по правовой статистике и специальным учетам в течение следующего рабочего дня по итогам принятия акта о результатах расследования согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приказу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> исполняющего обязанности Генерального Прокурора Республики Казахстан от 25 декабря 2020 года № 162 "Об утверждении Правил регистрации актов о назначении, дополнительных актов о продлении сроков профилактического контроля с посещением субъекта (объекта) контроля и надзора и (или) проверки, отказа в их регистрации и отмены, уведомлений о приостановлении, возобновлении, продлении сроков профилактического контроля с посещением субъекта (объекта) контроля и надзора и (или) проверки, изменении состава участников и представлении информационных учетных документов о профилактическом контроле с посещением субъекта (объекта) контроля и надзора и (или) проверке и их результатах" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 21964).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
+    <w:bookmarkEnd w:id="81"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2302,594 +2520,688 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z81" w:id="73"/>
+    <w:bookmarkStart w:name="z81" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт о назначении расследования в сфере оказания медицинских услуг (помощи)</w:t>
       </w:r>
-    </w:p>
-[...47 lines deleted...]
-      <w:bookmarkStart w:name="z84" w:id="76"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>№______ "____"________20____года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="82"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z216" w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименование органа контроля и надзора в сфере оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="83"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>медицинских услуг (помощи) ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z217" w:id="84"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Фамилия, имя, отчество (при его наличии) и должность лица (лиц),</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-[...40 lines deleted...]
-      <w:bookmarkStart w:name="z85" w:id="77"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченного на проведение расследования в сфере оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>медицинских услуг (помощи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z218" w:id="85"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Сведения о независимых экспертах и (или) профильных специалистах,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="77"/>
-[...31 lines deleted...]
-        <w:t>подведомственных организацию, привлекаемых для проведения расследования</w:t>
+    <w:bookmarkEnd w:id="85"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>специалистах, консультантах и экспертах других государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и подведомственных организаций, привлекаемых для проведения расследования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>в сфере оказания медицинских услуг (помощи) (фамилия, инициалы, должность</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(при его наличии)) ___________________________________________________</w:t>
-[...130 lines deleted...]
-      <w:bookmarkStart w:name="z87" w:id="79"/>
+        <w:t>(при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z219" w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Наименование субъекта (ов), перечень объектов (наименование юридического</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="86"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лица или его филиала и (или) представительства, фамилия, имя, отчество</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(при его наличии) физического лица, в отношении которого (ых) назначено</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проведение расследования в сфере оказания медицинских услуг (помощи)),</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>его (их) местонахождение, индивидуальный (ые) идентификационный (ые) номер</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(а)/бизнес-идентификационный (ые) номер (а) участок территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Данные субъекта (ов), объекта (ов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z220" w:id="87"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Предмет назначенного расследования в сфере оказания медицинских услуг</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="79"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="z88" w:id="80"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(помощи)__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z221" w:id="88"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Срок проведения расследования в сфере оказания медицинских услуг (помощи)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="80"/>
-[...23 lines deleted...]
-      <w:bookmarkStart w:name="z89" w:id="81"/>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с "___" ____20____года по "___"_____20___года</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z222" w:id="89"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Правовые основания проведения расследования в сфере оказания медицинских</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="81"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>услуг (помощи), в том числе нормативные правовые акты, обязательные требования</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>которых подлежат расследованию ______________________________________</w:t>
-[...56 lines deleted...]
-        <w:t>государственного органа или его территориального подразделения</w:t>
+        <w:t>которых подлежат расследованию</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z92" w:id="84"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z223" w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Проверяемый период с "___" _______20____года по "___"_______20____года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z224" w:id="91"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Фамилия, имя, отчество (при его наличии) и подпись руководителя органа контроля</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и надзора в сфере оказания медицинских услуг (помощи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z225" w:id="92"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Печать органа контроля и надзора в сфере оказания медицинских услуг (помощи)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="92"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2968,265 +3280,265 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>расследования в сфере оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медицинских услуг (помощи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="85"/>
+    <w:bookmarkStart w:name="z94" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Экспертное заключение и (или) заключение</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="85"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z95" w:id="86"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z226" w:id="94"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Фамилия, имя, отчество (при его наличии) лица, проводившего экспертизу,</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>с указанием специальности, должности, ученой степени</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z96" w:id="87"/>
-[...19 lines deleted...]
-    <w:bookmarkStart w:name="z97" w:id="88"/>
+    <w:bookmarkStart w:name="z227" w:id="95"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Наименование субъекта (объекта) контроля и надзора, в котором проводилась экспертиза</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="95"/>
+    <w:bookmarkStart w:name="z228" w:id="96"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Основание проведения экспертизы, либо сведения о заказчике</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="88"/>
-    <w:bookmarkStart w:name="z98" w:id="89"/>
+    <w:bookmarkEnd w:id="96"/>
+    <w:bookmarkStart w:name="z229" w:id="97"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Сроки проведения экспертизы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z99" w:id="90"/>
+    <w:bookmarkEnd w:id="97"/>
+    <w:bookmarkStart w:name="z230" w:id="98"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Период проведения экспертизы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z100" w:id="91"/>
+    <w:bookmarkEnd w:id="98"/>
+    <w:bookmarkStart w:name="z231" w:id="99"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Предмет экспертизы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z101" w:id="92"/>
+    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkStart w:name="z232" w:id="100"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Сведения о результатах экспертизы, в том числе о выявленных нарушениях, об их характере</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z102" w:id="93"/>
+    <w:bookmarkEnd w:id="100"/>
+    <w:bookmarkStart w:name="z233" w:id="101"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       8. Выводы</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z103" w:id="94"/>
+    <w:bookmarkEnd w:id="101"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z234" w:id="102"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       9. Рекомендации ________________________________________________ _________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
+    <w:bookmarkEnd w:id="102"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Фамилия, имя, отчество (при его наличии), подпись лица, проводившего экспертизу</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3339,594 +3651,671 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>расследования в сфере оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медицинских услуг (помощи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z105" w:id="95"/>
+    <w:bookmarkStart w:name="z105" w:id="103"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт о продлении сроков расследования в сфере оказания медицинских услуг (помощи)</w:t>
       </w:r>
-    </w:p>
-[...314 lines deleted...]
-      <w:bookmarkStart w:name="z112" w:id="102"/>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>№____ "____"______ 20____года</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="103"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z235" w:id="104"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименование органа контроля и надзора в сфере оказания медицинских услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(помощи) ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z236" w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Фамилия, имя, отчество (при его наличии) и должность лица (лиц),</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="105"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>уполномоченного на проведение расследования в сфере оказания медицинских</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>услуг (помощи)_______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z237" w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Сведения о независимых экспертах и (или) профильных специалистах,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="106"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>специалистах, консультантах и экспертах других государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и подведомственных организаций, привлекаемых для проведения расследования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в сфере оказания медицинских услуг (помощи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z238" w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Наименование субъекта (ов), перечень объектов (наименование юридического</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="107"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лица или его филиала и (или) представительства, фамилия, имя, отчество (при его</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наличии) физического лица, в отношении которого (ых) назначено проведение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>расследования в сфере оказания медицинских услуг (помощи)), его (их)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>местонахождение, индивидуальный (ые) идентификационный (ые) номер (а)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес- идентификационный (ые) номер (а), участок территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Данные субъекта (ов), объекта (ов)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z239" w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Предмет назначенного расследования в сфере оказания медицинских услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="108"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(помощи) ___________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z240" w:id="109"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Срок проведения расследования в сфере оказания медицинских услуг (помощи)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="109"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>с "____" __________20___ года по "____" ___________20____года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z113" w:id="103"/>
+      <w:bookmarkStart w:name="z241" w:id="110"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       7. Расследование в сфере оказания медицинских услуг (помощи) продлена</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
-[...161 lines deleted...]
-    <w:bookmarkEnd w:id="106"/>
+    <w:bookmarkEnd w:id="110"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с "____" ___ 20_____ года по "____" _____ 20___ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z242" w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Правовые основания продления сроков расследования в сфере оказания</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="111"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>медицинских услуг (помощи) с мотивированным обоснованием</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z243" w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Фамилия, имя, отчество (при его наличии) и подпись председателя комиссии</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="112"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z244" w:id="113"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Печать органа контроля и надзора в сфере оказания медицинских услуг (помощи)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="113"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4005,787 +4394,896 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>расследования в сфере оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медицинских услуг (помощи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z118" w:id="107"/>
+    <w:bookmarkStart w:name="z118" w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Акт о результатах расследования в сфере оказания медицинских услуг (помощи)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>№ _____ _____________________ "____" ___________ 20 __ года</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>место составления акта и время _____</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-[...308 lines deleted...]
-    </w:p>
     <w:bookmarkEnd w:id="114"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r>
-[...128 lines deleted...]
-      7. Заключение независимых экспертов и (или) профильных специалистов, привлеченных</w:t>
+      <w:bookmarkStart w:name="z245" w:id="115"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. Наименование органа контроля и надзора в сфере оказания медицинских услуг</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="115"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>экспертов ________________________________________________________________</w:t>
-[...18 lines deleted...]
-      8. Наименование и требования НПА, по которым выявлены нарушения:</w:t>
+        <w:t>(помощи) ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z246" w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Дата и номер акта о назначении расследования, на основании которого проведено</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="116"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>расследование ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z247" w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Фамилия, имя, отчество (при его наличии) и должность лица (лиц), проводившего</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="117"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>расследование ________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z248" w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Сведения о независимых экспертах и (или) профильных специалистах,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="118"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>специалистах, консультантах и экспертах других государственных органов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>и подведомственных организаций, привлекаемых для проведения расследования</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в сфере оказания медицинских услуг (помощи)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z249" w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Наименование субъекта (ов), перечень объектов (наименование юридического</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="119"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лица или его филиала и (или) представительства, фамилия, имя, отчество (при его</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>наличии) физического лица, в отношении которого (ых) назначено проведение</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>расследования в сфере оказания медицинских услуг (помощи)), его (их)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>местонахождение, индивидуальный (ые) идентификационный (ые) номер (а)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бизнес-идентификационный (ые) номер (а),участок территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Данные субъекта (ов), объекта (ов) ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z250" w:id="120"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Дата, место и период проведения расследования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="120"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z251" w:id="121"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Сведения о результатах расследования, в том числе о выявленных нарушениях,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="121"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>их характере (детально описать развитие заболевания и (или) осложнения и (или)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нарушение анатомической целостности и физиологической функции органов и тканей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пациента, которые привели к временному или стойкому расстройству здоровья,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>установлению инвалидности или смерти пациента, соответствие действий лиц при</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлении лечебно-диагностических мероприятий и тактики ведения пациента</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>общепринятым или передовым технологиям здравоохранения согласно нормативным</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>правовым актам в области здравоохранения Республики Казахстан).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z252" w:id="122"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Заключение независимых экспертов и (или) профильных специалистов,</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="122"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>привлеченных экспертов ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z253" w:id="123"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Наименование и требования нормативных правовых актов, по которым выявлены нарушения:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="123"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z254" w:id="124"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+          <w:bookmarkEnd w:id="124"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3075" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Перечень выявленных нарушений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Перечень выявленных нарушений</w:t>
+Пункты требований и наименование нормативных правовых актов, по которым выявлены нарушения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Пункты требований и наименование НПА, по которым выявлены нарушения</w:t>
-[...34 lines deleted...]
-              <w:t>
 Рекомендации и указания по устранению выявленных нарушений, сроки их устранения</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z259" w:id="125"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1.</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="125"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -4861,68 +5359,80 @@
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:bookmarkStart w:name="z264" w:id="126"/>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2.</w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2.</w:t>
             </w:r>
           </w:p>
+          <w:bookmarkEnd w:id="126"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
@@ -4978,289 +5488,366 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...178 lines deleted...]
-        <w:t>_______________________________________________________________________</w:t>
+    <w:bookmarkStart w:name="z269" w:id="127"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Особое мнение (при наличии) на _______ листах</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="127"/>
+    <w:bookmarkStart w:name="z270" w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Выводы со ссылкой на нормативные правовые акты</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="128"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z271" w:id="129"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Принятые меры по выявленным нарушениям (указывается номер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="129"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>административного протокола в рамках законодательства Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>при наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z272" w:id="130"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Подпись председателя и членов комиссии, проводившие расследование</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z273" w:id="131"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Сведения об ознакомлении, вручении или отказе в ознакомлении с актом</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="131"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>расследования представителя проверяемого субъекта (объекта), а также лиц,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>присутствовавших при проведении расследования, их подписи или отказ от подписи</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z274" w:id="132"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Замечания и (или) возражения по результатам расследования</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="132"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>приложение на "____" листах</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z132" w:id="121"/>
-[...38 lines deleted...]
-    <w:bookmarkEnd w:id="122"/>
+    <w:bookmarkStart w:name="z275" w:id="133"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. "____" ___________20__ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="133"/>
+    <w:bookmarkStart w:name="z276" w:id="134"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Печать органа контроля и надзора в сфере оказания медицинских услуг (помощи).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="134"/>
+    <w:bookmarkStart w:name="z277" w:id="135"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Акт составлен в ___ экземплярах.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="135"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5404,68 +5991,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z136" w:id="123"/>
+    <w:bookmarkStart w:name="z136" w:id="136"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Журнал учета расследований государственного органа в сфере оказания медицинских услуг (помощи) и его территориального подразделения</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="123"/>
+        <w:t xml:space="preserve"> Журнал учета расследований органа контроля и надзора в сфере оказания медицинских услуг (помощи)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="136"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1537"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
         <w:gridCol w:w="1538"/>
       </w:tblGrid>
@@ -5627,87 +6214,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Состав лиц, участвовавших в расследований</w:t>
+Состав лиц, участвовавших в расследовании</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Данные о субъектах, в отношении которых проводится расследование</w:t>
+Данные о субъектах (объектах), в отношении которых проводится расследование</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1538" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6030,70 +6617,68 @@
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z137" w:id="124"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="124"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      продолжение таблицы</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1757"/>
         <w:gridCol w:w="1758"/>
       </w:tblGrid>
       <w:tr>
@@ -6110,123 +6695,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ Решения о привлечения специалистов и дата</w:t>
+№ Решение о привлечении специалистов и дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ Акта о продлении срока проверки и дата</w:t>
+№ Акта о продлении срока расследования и дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-№ Акта о результатах проверки и дата</w:t>
+№ Акта о результатах расследования и дата</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6326,51 +6911,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-ФИО (при его наличии) и подпись Председателя комиссии</w:t>
+Фамилия, имя, отчество (при его наличии) и подпись председателя комиссии</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1757" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -6711,128 +7296,128 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>расследования в сфере оказания</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>медицинских услуг (помощи)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z139" w:id="125"/>
+    <w:bookmarkStart w:name="z139" w:id="137"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Информация о результатах проведения расследования</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z140" w:id="126"/>
+        <w:t xml:space="preserve"> Информация о результатах проведения расследования в сфере оказания медицинских услуг (помощи)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="137"/>
+    <w:bookmarkStart w:name="z278" w:id="138"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1. Основание проведения расследования _____________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z141" w:id="127"/>
+    <w:bookmarkEnd w:id="138"/>
+    <w:bookmarkStart w:name="z279" w:id="139"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Сроки проведения расследования_________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z142" w:id="128"/>
+    <w:bookmarkEnd w:id="139"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z280" w:id="140"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Причины и характер выявленных нарушений требований нормативных</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="140"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>правовых актов в оказания медицинских услуг (помощи)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6863,172 +7448,189 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z143" w:id="129"/>
-[...12 lines deleted...]
-    <w:bookmarkEnd w:id="129"/>
+      <w:bookmarkStart w:name="z281" w:id="141"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Принятые меры</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="141"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z144" w:id="130"/>
-[...18 lines deleted...]
-    <w:bookmarkEnd w:id="130"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z282" w:id="142"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. Печать органа контроля и надзора в сфере оказания медицинских услуг (помощи)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="142"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -7354,31 +7956,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>