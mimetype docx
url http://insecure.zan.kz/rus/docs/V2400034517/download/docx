--- v0 (2025-10-05)
+++ v1 (2026-03-13)
@@ -1,45 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="1a1fd2b" w14:textId="1a1fd2b">
+    <w:p w14:paraId="a55ac60" w14:textId="a55ac60">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,51 +94,51 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Об утверждении форм, предназначенных для сбора административных данных</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Министра экологии и природных ресурсов Республики Казахстан от 18 июня 2024 года № 126. Зарегистрирован в Министерстве юстиции Республики Казахстан 19 июня 2024 года № 34517</w:t>
+        <w:t>Приказ Министра экологии и природных ресурсов Республики Казахстан от 18 июня 2024 года № 126. Зарегистрирован в Министерстве юстиции Республики Казахстан 19 июня 2024 года № 34517.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
@@ -627,142 +628,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1</w:t>
+              <w:t>Приложение 1 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу об утверждении форм,</w:t>
+              <w:t>об утверждении форм,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенных для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Министр экологии</w:t>
-[...38 lines deleted...]
-              <w:t>от 18 июня 2024 года № 126</w:t>
+              <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -795,249 +757,400 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z16" w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 1 – в редакции приказа Министра экологии и природных ресурсов РК от 30.12. 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставляется: Уполномоченный орган в области охраны окружающей среды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="9"/>
-[...184 lines deleted...]
-        <w:t>ежегодно, в течение 1 квартала года, следующего за отчетным периодом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет – ресурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Сведения об охвате областей применения наилучших доступных техник (далее – НДТ), для которых разрабатываются проекты справочников по НДТ</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № 01-ПР</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: годовая</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: __ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: Некоммерческое акционерное общество "Международный центр зеленых технологий и инвестиционных проектов" (далее – НАО)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежегодно, в течение 1 квартала года, следующего за отчетным периодом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе, в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный номер (далее -ИИН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-идентификационный номер (далее - БИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId4"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -1455,181 +1568,179 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z17" w:id="10"/>
-[...78 lines deleted...]
-        <w:t>Исполнитель ___________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель_________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -1738,302 +1849,315 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>"Сведения об охвате областей</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>применения наилучших</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>доступных техник, для которых</w:t>
+              <w:t>доступных техник,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>разрабатываются проекты</w:t>
+              <w:t>для которых разрабатываются</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>справочников по НДТ"</w:t>
+              <w:t>проекты справочников по НДТ"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z19" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных на безвозмездной основе "Сведения об охвате областей применения наилучших доступных техник, для которых разрабатываются проекты справочников по НДТ" (форма 01-ПР, годовая)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Форма, предназначенная для сбора административных данных на безвозмездной основе "Сведения об охвате областей применения наилучших доступных техник, для которых разрабатываются проекты справочников по НДТ" (далее – Форма № 01-ПР) разработана в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма № 01-ПР заполняется следующим образом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В строке ИИН/БИН указывается индивидуальный идентификационный номер или бизнес-идентификационный номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В графе 1 указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В графе 2 указывается количество справочников, разработанных для областей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В графе 3 указывается общее количество областей применения наилучших доступных техник.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В графе 4 указываются примечания, в случае наличия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...170 lines deleted...]
-    <w:bookmarkEnd w:id="17"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -2067,90 +2191,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2</w:t>
+              <w:t>Приложение 2 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу об утверждении форм,</w:t>
+              <w:t>об утверждении форм,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенных для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -2183,266 +2320,400 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z28" w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 – в редакции приказа Министра экологии и природных ресурсов РК от 30.12. 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставляется: Уполномоченный орган в области охраны окружающей среды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-[...201 lines deleted...]
-        <w:t>ежегодно, до 31 декабря, отчетного года.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет – ресурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Сведения об охвате населения информацией в области наилучших доступных техник (далее – НДТ) и Программы партнерства "Зеленый Мост"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № 02-ПР</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: годовая</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: __ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: Некоммерческое акционерное общество "Международный центр зеленых технологий и инвестиционных проектов" (далее – НАО)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежегодно, до 31 декабря, отчетного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе, в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный номер (далее -ИИН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-идентификационный номер (далее - БИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId5"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -2566,385 +2837,392 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-Значения </w:t>
+              <w:t>
+Значения</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество населения, осведомленного информацией в области НДТ и Программы партнерства "Зеленый мост"</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...137 lines deleted...]
-            </w:pPr>
+Количество населения, осведомленного информацией в области НДТ и Программы партнерства "Зеленый мост"</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество населения, охваченного информацией в рамках семинаров, круглых столов, тренингов и иных мероприятий в области НДТ и Программы партнерства "Зеленый мост" по состоянию на конец отчетного периода</w:t>
+Количество посещений интернет-ресурса НАО по состоянию на конец отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -2974,135 +3252,155 @@
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...8 lines deleted...]
-          <w:p/>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество населения, охваченного консультациями в области НДТ и Программы партнерства "Зеленый мост" по состоянию на конец отчетного периода, чел.</w:t>
+Количество населения, охваченного информацией в рамках семинаров, круглых столов, тренингов и иных мероприятий в области НДТ и Программы партнерства "Зеленый мост" по состоянию на конец отчетного периода</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3180,87 +3478,87 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество населения, охваченного информацией, распространенной в печатных и электронных СМИ (газеты, журналы, интернет-порталы) в области НДТ и Программы партнерства "Зеленый мост" по состоянию на конец отчетного периода</w:t>
+Количество населения, охваченного консультациями в области НДТ и Программы партнерства "Зеленый мост" по состоянию на конец отчетного периода, чел.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -3338,50 +3636,208 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество населения, охваченного информацией, распространенной в печатных и электронных средствах массовой информации (газеты, журналы, интернет-порталы) в области НДТ и Программы партнерства "Зеленый мост" по состоянию на конец отчетного периода</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Человек</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p/>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -3467,215 +3923,213 @@
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z29" w:id="19"/>
-[...78 lines deleted...]
-        <w:t>Исполнитель ___________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель_________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>______________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Место для печати __________________________________________</w:t>
+        <w:t>Место для печати ___________________________________________</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -3750,322 +4204,357 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>"Сведения об охвате населения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>информацией в области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>наилучших доступных техник</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(НДТ) и Программы партнерства</w:t>
+              <w:t>и Программы партнерства</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>"Зеленый Мост""</w:t>
+              <w:t>"Зеленый Мост"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z31" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных данных на безвозмездной основе</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Сведения об охвате населения информацией в области наилучших доступных техник</w:t>
+        <w:t>"Сведения об охвате населения информацией в области наилучших доступных техник и Программы партнерства</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(НДТ) и Программы партнерства "Зеленый Мост""</w:t>
+        <w:t>"Зеленый Мост"" (форма 02-ПР, годовая)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Форма, предназначенная для сбора административных данных на безвозмездной основе "Сведения об охвате населения информацией в области наилучших доступных техник и Программы партнерства "Зеленый Мост"" (далее – Форма № 02-ПР) разработана в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма № 02-ПР заполняется следующим образом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В строке ИИН/БИН указывается индивидуальный идентификационный номер или бизнес-идентификационный номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В строке 1 указывается количество посещений интернет-ресурса НАО "Международный центр зеленых технологий и инвестиционных проектов" по состоянию на конец отчетного периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В строке 2 указывается Количество населения, охваченного информацией в рамках семинаров, круглых столов, тренингов и иных мероприятий в области НДТ и Программы партнерства "Зеленый мост" по состоянию на конец отчетного периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В строке 3 указывается Количество населения, охваченного информацией, распространенной в печатных и электронных средствах массовой информации (газеты, журналы, интернет-порталы) в области НДТ и Программы партнерства "Зеленый мост" по состоянию на конец отчетного периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В строке 4 указывается Количество населения, охваченного информацией, распространенной в социальных сетях, в области НДТ и Программы партнерства "Зеленый мост" по состоянию на конец отчетного периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В строке 5 указывается Количество населения, охваченного информацией, распространенной в социальных сетях, в области НДТ и Программы партнерства "Зеленый мост" по состоянию на конец отчетного периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...166 lines deleted...]
-    <w:bookmarkEnd w:id="27"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -4099,90 +4588,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 3</w:t>
+              <w:t>Приложение 3 к Приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Приказу об утверждении форм,</w:t>
+              <w:t>об утверждении форм,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенных для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -4215,300 +4717,382 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z41" w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 – в редакции приказа Министра экологии и природных ресурсов РК от 30.12. 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставляется: Уполномоченный орган в области охраны окружающей среды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="28"/>
-[...235 lines deleted...]
-        <w:t>ежегодно, до 20 января, следующего за отчетным годом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет – ресурсе: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Сведения об объеме нормативных загрязняющих веществ: - выбросов, - сбросов</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № 03-ПР</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: годовая</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: __ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: Комитет экологического регулирования и контроля, департаменты экологии областей, городов республиканского значения, столицы в области охраны окружающей среды Министерства экологии и природных ресурсов и местные исполнительные органов областей, городов республиканского значения, столиц</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежегодно, до 20 января, следующего за отчетным годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе, в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный номер (далее -ИИН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-идентификационный номер (далее - БИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -4926,181 +5510,179 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z42" w:id="29"/>
-[...78 lines deleted...]
-        <w:t>Исполнитель ___________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель_________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -5209,264 +5791,366 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>"Сведения об объеме</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>нормативных загрязняющих</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>веществ: - выбросов, - сбросов"</w:t>
+              <w:t>веществ:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- выбросов, - сбросов"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z44" w:id="30"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных на безвозмездной основе</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Сведения об объеме нормативных загрязняющих веществ: - выбросов, - сбросов"</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(форма 03-ПР, годовая)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="30"/>
-    <w:bookmarkStart w:name="z45" w:id="31"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Форма административных данных "Сведения об объеме нормативных загрязняющих веществ: - выбросов, - сбросов" (далее – Форма № 03-ПР) разработана в соответствии с </w:t>
+      1. Форма, предназначенная для сбора административных данных на безвозмездной основе "Сведения об объеме нормативных загрязняющих веществ: - выбросов, - сбросов" (далее – Форма № 03-ПР) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z46" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма № 03-ПР заполняется следующим образом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z47" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В строке ИИН/БИН указывается индивидуальный идентификационный номер или бизнес-идентификационный номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В графе 1 указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. В графе 1 указывается порядковый номер. </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z48" w:id="34"/>
+      3. В графе 2 указывается объем установленных значений нормативов валовых выбросов или сбросов загрязняющих веществ, а именно от объектов, оказывающих значительное негативное воздействие на окружающую среду (объекты I категории), в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Экологического кодекса Республики Казахстан (далее – ЭК РК), млн. тонн.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2. В графе 2 указывается объем установленных значений нормативов валовых выбросов или сбросов загрязняющих веществ (объектов I категории), млн.тонн. </w:t>
-[...42 lines deleted...]
-    <w:bookmarkEnd w:id="36"/>
+      4. В графе 3 указывается объем установленных значений нормативов валовых выбросов или сбросов загрязняющих веществ, а именно от объектов, оказывающих умеренное негативное воздействие на окружающую среду (объекты II категории) и объектов, оказывающих незначительное негативное воздействие на окружающую среду (объекты III категории), в соответствии со </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьей 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЭК РК, млн. тонн.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В графе 4 указываются примечания, в случае наличия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -5500,90 +6184,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4</w:t>
+              <w:t>Приложение 4 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу об утверждении форм,</w:t>
+              <w:t>об утверждении форм,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенных для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -5616,232 +6313,382 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z53" w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 4 – в редакции приказа Министра экологии и природных ресурсов РК от 30.12. 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставляется: Уполномоченный орган в области охраны окружающей среды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="37"/>
-[...167 lines deleted...]
-        <w:t>ежегодно, до 15 февраля, следующего за отчетным годом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет – ресурсе: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Сведения об увеличении площади особо охраняемых природных территорий (далее – ООПТ)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № 04-ПР</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: годовая</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: __ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: Республиканское государственное казенное предприятие "Казахское лесоустроительное предприятие"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежегодно, до 15 февраля, следующего за отчетным годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе, в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный номер (далее -ИИН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-идентификационный номер (далее - БИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -5894,123 +6741,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Общая площадь, тыс. га</w:t>
+Общая площадь, тыс. гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Настоящая площадь ООПТ до отчетного периода, тыс. га</w:t>
+Настоящая площадь ООПТ до отчетного периода, тыс. гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Площадь созданного ООПТ за отчетный период, тыс. га</w:t>
+Площадь созданного ООПТ за отчетный период, тыс. гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -6364,181 +7211,179 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z54" w:id="38"/>
-[...78 lines deleted...]
-        <w:t>Исполнитель ___________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель_________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -6647,284 +7492,331 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>"Сведения об увеличении</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>площади особо охраняемых</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>природных территорий"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных на безвозмездной основе</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>"Сведения об увеличении площади особо охраняемых природных территорий"</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(форма № 04-ПР, годовая)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="39"/>
-    <w:bookmarkStart w:name="z57" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Форма административных данных "Сведения об увеличении площади особо охраняемых природных территорий" (далее – Форма № 04-ПР) разработана в соответствии с </w:t>
+      1. Форма, предназначенная для сбора административных данных на безвозмездной основе "Сведения об увеличении площади особо охраняемых природных территорий" (далее – Форма № 04-ПР) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="40"/>
-    <w:bookmarkStart w:name="z58" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма № 04-ПР заполняется следующим образом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="41"/>
-[...99 lines deleted...]
-    <w:bookmarkEnd w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В строке ИИН/БИН указывается индивидуальный идентификационный номер или бизнес-идентификационный номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В графе 1 указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В графе 2 указывается общая площадь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В графе 3 указывается настоящая площадь ООПТ до отчетного периода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В графе 4 указывается площадь созданного ООПТ за отчетный период.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В графе 5 указываются примечания, в случае наличия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6958,90 +7850,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5</w:t>
+              <w:t>Приложение 5 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу об утверждении форм,</w:t>
+              <w:t>об утверждении форм,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенных для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -7074,249 +7979,400 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z66" w:id="47"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 5 – в редакции приказа Министра экологии и природных ресурсов РК от 30.12. 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставляется: Уполномоченный орган в области охраны окружающей среды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="47"/>
-[...184 lines deleted...]
-        <w:t>ежегодно, до 15 января, следующего за отчетным годом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет – ресурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Сведения об увеличении/расширении площади, покрытой лесом, в том числе за счет посадки 2 млрд. деревьев с обеспечением нормативной приживаемости в разрезе пород и регионов посадки</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № 05-ПР</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: годовая</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: __ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: Республиканское казенное государственное предприятие "Казахское лесоустроительное предприятие"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежегодно, до 15 января, следующего за отчетным годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе, в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный номер (далее -ИИН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-идентификационный номер (далее - БИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId8"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -7488,372 +8544,380 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-На республиканском уровне</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+На республиканском уровне</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Площади созданных лесных культур областей в разрезе пород</w:t>
+Общая площадь созданных лесных культур (результат)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-тыс.га</w:t>
+тыс. гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -7884,372 +8948,372 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-На местном уровне</w:t>
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Площади созданных лесных культур областей в разрезе пород</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тыс. гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+На местном уровне</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Площадь созданных лесных культур учреждений лесного хозяйства в разрезе пород</w:t>
+Общая площадь созданных лесных культур по области</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-тыс.га</w:t>
+тыс. гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8310,50 +9374,227 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Площадь созданных лесных культур учреждений лесного хозяйства в разрезе пород</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тыс. гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -8382,51 +9623,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-тыс.га</w:t>
+тыс. гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -8458,181 +9699,179 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z67" w:id="48"/>
-[...78 lines deleted...]
-        <w:t>Исполнитель ___________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель_________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -8741,360 +9980,395 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>"Сведения об увеличении/</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>расширении площади, покрытой</w:t>
+              <w:t>расширении площади,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лесом, в том числе за счет</w:t>
+              <w:t>покрытой лесом, в том числе</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>посадки 2 млрд. деревьев</w:t>
+              <w:t>за счет посадки 2 млрд. деревьев</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>с обеспечением нормативной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>приживаемости в разрезе пород</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и регионов посадки"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z69" w:id="49"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных на безвозмездной основе</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Сведения об увеличении/расширении площади, покрытой лесом,</w:t>
+        <w:t>"Сведения об увеличении/расширении площади, покрытой лесом, в том числе за счет</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>в том числе за счет посадки 2 млрд. деревьев с обеспечением нормативной</w:t>
+        <w:t>посадки 2 млрд. деревьев с обеспечением нормативной приживаемости в разрезе пород и регионов посадки"</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>приживаемости в разрезе пород и регионов посадки"</w:t>
+        <w:t>(форма № 05-ПР, годовая)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Форма, предназначенная для сбора административных данных на безвозмездной основе "Сведения об увеличении/расширении площади, покрытой лесом, в том числе за счет посадки 2 млрд. деревьев с обеспечением нормативной приживаемости в разрезе пород и регионов посадки (далее – Форма № 05-ПР) разработана в соответствии с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>подпунктом 2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. Форма № 05-ПР заполняется следующим образом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В строке ИИН/БИН указывается индивидуальный идентификационный номер или бизнес-идентификационный номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В строке 1 указывается общая площадь созданных лесных культур (результат) на республиканском уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В строке 2 указывается площади созданных лесных культур областей в разрезе пород на республиканском уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В строке 3 указывается общая площадь созданных лесных культур по области на местном уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В строке 4 указывается площадь созданных лесных культур учреждений лесного хозяйства в разрезе пород на местном уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В строке 5 указывается площадь созданных лесных культур природоохранных учреждений в разрезе пород на местном уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
-          <w:b/>
-[...166 lines deleted...]
-    <w:bookmarkEnd w:id="56"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -9128,90 +10402,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6</w:t>
+              <w:t>Приложение 6 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу об утверждении форм,</w:t>
+              <w:t>об утверждении форм,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенных для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -9244,249 +10531,400 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z79" w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 6 – в редакции приказа Министра экологии и природных ресурсов РК от 30.12. 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставляется: Уполномоченный орган в области охраны окружающей среды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="57"/>
-[...184 lines deleted...]
-        <w:t>ежегодно, до 15 апреля, следующего за отчетным годом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет – ресурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Сведения о площади покрытых лесом угодий на особо охраняемых природных территориях и территориях специализированных предприятий лесного хозяйства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № 06-ПР</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: годовая</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: __ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: Республиканское казенное государственное предприятие "Казахское лесоустроительное предприятие"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежегодно, до 15 апреля, следующего за отчетным годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе, в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный номер (далее -ИИН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-идентификационный номер (далее - БИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId9"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -9658,372 +11096,380 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-На республиканском уровне</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+На республиканском уровне</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Лесные культуры, переведенные в покрытую лесом площадь</w:t>
+Площадь покрытых лесом угодий на особо охраняемых природных территориях и территориях специализированных предприятий лесного хозяйства</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-тыс.га</w:t>
+тыс. гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10054,299 +11500,476 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-На местном уровне</w:t>
-            </w:r>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Лесные культуры, переведенные в покрытую лесом площадь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тыс. гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+На местном уровне</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Переведенная в покрытую лесом площадь, на которой проведены мероприятия по содействию естественному возобновлению</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+тыс. гектар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -10375,51 +11998,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-тыс.га</w:t>
+тыс. гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -10451,181 +12074,179 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z80" w:id="58"/>
-[...78 lines deleted...]
-        <w:t>Исполнитель ___________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель_________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -10734,50 +12355,63 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>"Сведения о площади покрытых</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лесом угодий на особо</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -10805,244 +12439,248 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>специализированных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предприятий лесного хозяйства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z82" w:id="59"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенная для сбора административных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Сведения о площади покрытых лесом угодий на особо охраняемых природных</w:t>
+        <w:t>данных на безвозмездной основе "Сведения о площади покрытых лесом угодий</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>территориях и территориях специализированных предприятий лесного хозяйства"</w:t>
+        <w:t>на особо охраняемых природных территориях и территориях специализированных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(форма № 06-ПР, годовая)</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z83" w:id="60"/>
+        <w:t>предприятий лесного хозяйства" (форма № 06-ПР, годовая)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Форма административных данных "Сведения о площади покрытых лесом угодий на особо охраняемых природных территориях и территориях специализированных предприятий лесного хозяйства" (далее – Форма № 06-ПР) разработана в соответствии с </w:t>
+      1. Форма, предназначенная для сбора административных данных на безвозмездной основе "Сведения о площади покрытых лесом угодий на особо охраняемых природных территориях и территориях специализированных предприятий лесного хозяйства" (далее – Форма № 06-ПР) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="60"/>
-    <w:bookmarkStart w:name="z84" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма № 06-ПР заполняется следующим образом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="61"/>
-[...79 lines deleted...]
-    <w:bookmarkEnd w:id="65"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В строке ИИН/БИН указывается индивидуальный идентификационный номер или бизнес-идентификационный номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В строке 1 указывается площадь покрытых лесом угодий на особо охраняемых природных территориях и территориях специализированных предприятий лесного хозяйства на республиканском уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В строке 2 указывается лесные культуры, переведенные в покрытую лесом площадь на республиканском уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В строке 3 указывается переведенная в покрытую лесом площадь, на которой проведены мероприятия по содействию естественному возобновлению на местном уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В строке 4 указывается переведенная в покрытую лесом площадь, на которой произошло естественное возобновление леса на местном уровне.</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -11076,90 +12714,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 7</w:t>
+              <w:t>Приложение 7 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу об утверждении форм,</w:t>
+              <w:t>об утверждении форм,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенных для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -11192,249 +12843,400 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z91" w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 7 – в редакции приказа Министра экологии и природных ресурсов РК от 30.12. 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставляется: Уполномоченный орган в области охраны окружающей среды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="66"/>
-[...184 lines deleted...]
-        <w:t>ежегодно, до 31 декабря, отчетного года.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет – ресурсе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Сведения о площади лесов, охваченных практическим применением научных разработок в области лесного хозяйства</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № 07-ПР</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: годовая</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: __ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: Товарищество с ограниченной ответственностью "Казахский научно-исследовательский институт лесного хозяйства и агролесомелиорации".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежегодно, до 31 декабря, отчетного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе, в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный номер (далее -ИИН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-идентификационный номер (далее - БИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId10"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -11606,92 +13408,277 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-На республиканском уровне</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+На республиканском уровне</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
@@ -11750,51 +13737,51 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-тыс.га</w:t>
+тыс. гектар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -11826,181 +13813,179 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z92" w:id="67"/>
-[...78 lines deleted...]
-        <w:t>Исполнитель ___________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель_________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -12109,50 +14094,63 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>"Сведения о площади лесов,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>охваченных практическим</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -12167,184 +14165,226 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>разработок в области</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>лесного хозяйства"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z94" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Сведения о площади лесов, охваченных практическим применением</w:t>
+        <w:t>данных на безвозмездной основе "Сведения о площади лесов, охваченных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>научных разработок в области лесного хозяйства"</w:t>
+        <w:t>практическим применением научных разработок в области лесного хозяйства"</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(форма № 07-ПР, годовая)</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="68"/>
-    <w:bookmarkStart w:name="z95" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. Форма административных данных "Сведения о площади лесов, охваченных практическим применением научных разработок в области лесного хозяйства" (далее – Форма № 07-ПР) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="69"/>
-    <w:bookmarkStart w:name="z96" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма № 07-ПР заполняется следующим образом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="70"/>
-[...19 lines deleted...]
-    <w:bookmarkEnd w:id="71"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В строке ИИН/БИН указывается индивидуальный идентификационный номер или бизнес-идентификационный номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В строке 1 указывается площадь лесов, охваченная практическим применением научных разработок в области лесного хозяйства на республиканском уровне.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -12378,90 +14418,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 8</w:t>
+              <w:t>Приложение 8 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу об утверждении форм,</w:t>
+              <w:t>об утверждении форм,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенных для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -12494,232 +14547,382 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z100" w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 8 – в редакции приказа Министра экологии и природных ресурсов РК от 30.12. 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставляется: Уполномоченный орган в области охраны окружающей среды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="72"/>
-[...167 lines deleted...]
-        <w:t>ежегодно, первый квартал, следующего за отчетным годом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет – ресурсе: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Сведения о гидрометеорологическом и экологическом мониторинге</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № 08-ПР</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: годовая</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: __ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: Республиканское государственное предприятие на праве хозяйственного ведения "Казгидромет"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы, предназначенной для сбора административных данных на безвозмездной основе: ежегодно, первый квартал, следующего за отчетным годом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе, в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный номер (ИИН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-идентификационный номер (БИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
         <w:gridCol w:w="2460"/>
       </w:tblGrid>
       <w:tr>
@@ -12891,336 +15094,344 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Метеорологический мониторинг</w:t>
+1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-1</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+Метеорологический мониторинг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-2</w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество пунктов наблюдений в отчетном году</w:t>
+Минимально необходимое количество пунктов наблюдений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13317,123 +15528,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-3</w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обеспеченность территории республики метеорологическим мониторингом в отчетном году</w:t>
+Количество пунктов наблюдений в отчетном году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
+единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13464,336 +15675,336 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Агрометеорологический мониторинг</w:t>
-            </w:r>
+3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспеченность территории республики метеорологическим мониторингом в отчетном году</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-4</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+Агрометеорологический мониторинг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-5</w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество пунктов наблюдений в отчетном году</w:t>
+Минимально необходимое количество пунктов наблюдений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -13890,123 +16101,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-6</w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обеспеченность территории республики метеорологическим мониторингом в отчетном году</w:t>
+Количество пунктов наблюдений в отчетном году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
+единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14037,336 +16248,336 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Гидрологический мониторинг</w:t>
-            </w:r>
+6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспеченность территории республики метеорологическим мониторингом в отчетном году</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-7</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+Гидрологический мониторинг</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-8</w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество пунктов наблюдений в отчетном году</w:t>
+Минимально необходимое количество пунктов наблюдений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14463,123 +16674,123 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-9</w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Обеспеченность территории республики метеорологическим мониторингом в отчетном году</w:t>
+Количество пунктов наблюдений в отчетном году</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-%</w:t>
+единиц</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -14610,336 +16821,336 @@
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Мониторинг о состоянии загрязнения атмосферного воздуха</w:t>
-            </w:r>
+9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Обеспеченность территории республики метеорологическим мониторингом в отчетном году</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+%</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-10</w:t>
-[...136 lines deleted...]
-            </w:pPr>
+Мониторинг о состоянии загрязнения атмосферного воздуха</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-11</w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Количество пунктов наблюдений в отчетном году</w:t>
+Минимально необходимое количество пунктов наблюдений</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -15036,50 +17247,227 @@
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
+11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Количество пунктов наблюдений в отчетном году</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+единиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2460" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
 12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
@@ -15184,181 +17572,179 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z101" w:id="73"/>
-[...78 lines deleted...]
-        <w:t>Исполнитель ___________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель_________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -15467,424 +17853,457 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>"Сведения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>о гидрометеорологическом</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и экологическом мониторинге"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z103" w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Сведения о гидрометеорологическом и экологическом мониторинге"</w:t>
+        <w:t>данных на безвозмездной основе "Сведения о гидрометеорологическом</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(форма № 08-ПР, годовая)</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z104" w:id="75"/>
+        <w:t>и экологическом мониторинге" (форма № 08-ПР, годовая)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Форма административных данных "Сведения о гидрометеорологическом и экологическом мониторинге" (далее – Форма № 08-ПР) разработана в соответствии с </w:t>
+      1. Форма, предназначенная для сбора административных данных на безвозмездной основе "Сведения о гидрометеорологическом и экологическом мониторинге" (далее – Форма № 08-ПР) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="75"/>
-    <w:bookmarkStart w:name="z105" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма № 08-ПР заполняется следующим образом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="76"/>
-[...239 lines deleted...]
-    <w:bookmarkEnd w:id="88"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В строке ИИН/БИН указывается индивидуальный идентификационный номер или бизнес-идентификационный номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В строке 1 указывается минимально необходимое количество пунктов наблюдений по метеорологическому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В строке 2 указывается количество пунктов наблюдений в отчетном году по метеорологическому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В строке 3 указывается обеспеченность территории республики метеорологическим мониторингом в отчетном году по метеорологическому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В строке 4 указывается минимально необходимое количество пунктов наблюдений по агрометеорологическому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В строке 5 указывается количество пунктов наблюдений в отчетном году по агрометеорологическому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В строке 6 указывается обеспеченность территории республики метеорологическим мониторингом в отчетном году по агрометеорологическому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В строке 7 указывается минимально необходимое количество пунктов наблюдений по гидрологическому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В строке 8 указывается количество пунктов наблюдений в отчетном году по гидрологическому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В строке 9 указывается обеспеченность территории республики метеорологическим мониторингом в отчетном году по гидрологическому мониторингу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В строке 10 указывается минимально необходимое количество пунктов наблюдений по мониторингу о состоянии загрязнения атмосферного воздуха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В строке 11 указывается количество пунктов наблюдений в отчетном году по мониторингу о состоянии загрязнения атмосферного воздуха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. В строке 12 указывается обеспеченность территории республики метеорологическим мониторингом в отчетном году по мониторингу о состоянии загрязнения атмосферного воздуха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -15918,90 +18337,103 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 9</w:t>
+              <w:t>Приложение 9 к приказу</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к приказу об утверждении форм,</w:t>
+              <w:t>об утверждении форм,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>предназначенных для сбора</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>административных данных</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>на безвозмездной основе</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
@@ -16034,1417 +18466,1602 @@
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z120" w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 9 – в редакции приказа Министра экологии и природных ресурсов РК от 30.12. 2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 426</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Предоставляется: Уполномоченный орган области охраны окружающей среды</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-[...235 lines deleted...]
-        <w:t>органы – ежеквартально, до 5 числа месяца, следующего за отчетным кварталом.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Форма, предназначенная для сбора административных данных на безвозмездной основе размещена на интернет – ресурсе: https://www.gov.kz/memleket/entities/ecogeo/?lang=ru</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование административной формы: Сведения о переработке и утилизации коммунальных отходов к их образованию</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индекс формы, предназначенной для сбора административных данных на безвозмездной основе: форма № 09-ПР</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Периодичность: квартальная</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Отчетный период: ___ квартал ___ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Круг лиц, представляющих форму, предназначенную для сбора административных данных на безвозмездной основе: местные исполнительные органы, субъекты предпринимательства в сфере управления отходами</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Срок представления формы административных данных на безвозмездной основе: Местные исполнительные органы в уполномоченный орган области охраны окружающей среды – ежеквартально, до 10 числа месяца, следующим за отчетном кварталом; субъекты предпринимательства в сфере управления отходами в местные исполнительные органы – ежеквартально, до 5 числа месяца, следующего за отчетным кварталом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Метод сбора: на бумажном носителе, в электронном виде.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Индивидуальный идентификационный номер (далее -ИИН)/</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бизнес-идентификационный номер (далее - БИН)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5486400" cy="558800"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId12"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5486400" cy="558800"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      (не заполняется в случае представления данных физическими лицами, а также в агрегированном виде)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1366"/>
-[...7 lines deleted...]
-        <w:gridCol w:w="1367"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
+        <w:gridCol w:w="1230"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 №</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Регионы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Код КАТО</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Код классификатора административно- территориальных объектов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Наименование субъекта предпринимательства в сфере управления отходов</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Бизнес-идентификационный номер (БИН)</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Объем образованных коммунальных отходов, тонн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объем образованных твердых бытовых отходов, тонн</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+* Объем раздельно собранных отходов, тонна</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объем переработанных и утилизированных твердых бытовых отходов, тонн</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Объем отсортированных коммунальных отходов, тонн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
-Объем захороненных твердых бытовых отходов, тонн</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+Объем переработанных и утилизированных коммунальных отходов, тонн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Объем захороненных коммунальных отходов, тонн</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 Примечание</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1366" w:type="dxa"/>
-[...255 lines deleted...]
-            <w:tcW w:w="1367" w:type="dxa"/>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1230" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z121" w:id="90"/>
-[...78 lines deleted...]
-        <w:t>Исполнитель ___________________________________________________________</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Наименование________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес_______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Телефон_____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Адрес электронной почты______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Исполнитель_________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Руководитель или лицо, исполняющее его обязанности</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_______________________________________________________________________</w:t>
+        <w:t>_____________________________________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>фамилия, имя и отчество (при ее наличии) подпись</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
@@ -17585,386 +20202,448 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>и утилизации твердых бытовых</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>отходов к их образованию"</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z123" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Пояснение по заполнению формы административных данных</w:t>
+        <w:t xml:space="preserve"> Пояснение по заполнению формы, предназначенной для сбора административных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>"Сведения о переработке и утилизации твердых бытовых отходов к их образованию"</w:t>
+        <w:t>данных на безвозмездной основе "Сведения о переработке и утилизации коммунальных</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>(форма 09-ПР, квартальная)</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z124" w:id="92"/>
+        <w:t>отходов к их образованию" (форма 09-ПР, квартальная)</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Форма административных данных "Сведения о переработке и утилизации твердых бытовых отходов к их образованию" (далее – Форма № 09-ПР) разработана в соответствии с </w:t>
+      1. Форма, предназначенная для сбора административных данных на безвозмездной основе "Сведения о переработке и утилизации коммунальных отходов к их образованию" (далее – Форма № 09-ПР) разработана в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>подпунктом 2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике". </w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z125" w:id="93"/>
+        <w:t xml:space="preserve"> пункта 3 статьи 16 Закона Республики Казахстан от 19 марта 2010 года "О государственной статистике".</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. Форма № 09-ПР заполняется следующим образом:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-[...179 lines deleted...]
-    <w:bookmarkEnd w:id="102"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1. В строке ИИН/БИН указывается индивидуальный идентификационный номер или бизнес-идентификационный номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2. В графе 1 указывается порядковый номер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. В графе 2 указываются регионы Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. В графе 3 указывается код классификатора административно-территориальных объектов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5. В графе 4 указывается наименование субъекта предпринимательства в сфере управления отходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. В графе 5 указывается объем образованных коммунальных отходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. В графе 6 указывается объем раздельно собранных отходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. В графе 7 указывается объем отсортированных коммунальных отходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. В графе 8 указывается объем переработанных и утилизированных коммунальных отходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. В графе 9 указывается объем захороненных коммунальных отходов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. В графе 10 указываются примечания, в случае наличия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      * Примечание: при наличии раздельного сбора коммунальных отходов по фракциям</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -18286,35 +20965,35 @@
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/><Relationship Target="media/document_image_rId4.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId4"/><Relationship Target="media/document_image_rId5.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId5"/><Relationship Target="media/document_image_rId6.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId6"/><Relationship Target="media/document_image_rId7.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId7"/><Relationship Target="media/document_image_rId8.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId8"/><Relationship Target="media/document_image_rId9.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId9"/><Relationship Target="media/document_image_rId10.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId10"/><Relationship Target="media/document_image_rId11.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId11"/><Relationship Target="media/document_image_rId12.jpeg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId12"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>