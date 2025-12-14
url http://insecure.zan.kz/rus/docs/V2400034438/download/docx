--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -1,46 +1,46 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="e416fcf" w14:textId="e416fcf">
+    <w:p w14:paraId="4cfebc1" w14:textId="4cfebc1">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -77,150 +77,302 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 					</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Об утверждении Инструкции по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, гражданской защиты, государственной фельдъегерской службе, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы</w:t>
+        <w:t>Об утверждении Инструкции по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, органах гражданской защиты, государственной фельдъегерской службе, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ Министра внутренних дел Республики Казахстан от 27 мая 2024 года № 434. Зарегистрирован в Министерстве юстиции Республики Казахстан 1 июня 2024 года № 34438.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z4" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z4" w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правил назначения и осуществления пенсионных выплат за выслугу лет военнослужащим, сотрудникам специальных государственных и правоохранительных органов, государственной фельдъегерской службы, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, и признании утратившими силу некоторых решений Правительства Республики Казахстан, утвержденных постановлением Правительства Республики Казахстан от 29 августа 2023 года № 734</w:t>
+        <w:t xml:space="preserve"> Правил назначения и осуществления пенсионных выплат за выслугу лет военнослужащим, сотрудникам специальных государственных и правоохранительных органов, органов гражданской защиты, государственной фельдъегерской службы, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, утвержденных постановлением Правительства Республики Казахстан от 29 августа 2023 года № 734, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Преамбула – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z5" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">
-[...20 lines deleted...]
-        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+        <w:t>
+      1. Утвердить прилагаемую Инструкцию по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, органах гражданской защиты, государственной фельдъегерской службе, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы согласно приложению к настоящему приказу.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z6" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. Признать утратившими силу некоторые приказы некоторых приказов Министра внутренних дел Республики Казахстан согласно </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
@@ -713,415 +865,615 @@
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 мая 2024 года № 434</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkStart w:name="z16" w:id="10"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Инструкция по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, гражданской защиты, государственной фельдъегерской службе, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы</w:t>
+        <w:t xml:space="preserve"> Инструкция по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, органах гражданской защиты, государственной фельдъегерской службе, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, утвержденную указанным приказом изложить в следующей редакции</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z17" w:id="11"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
     <w:bookmarkStart w:name="z18" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Настоящая Инструкция по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, гражданской защиты, государственной фельдъегерской службе, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы (далее – Инструкция) детализирует организацию работы по пенсионному обеспечению военнослужащих Национальной гвардии Республики Казахстан и военно-следственных органов, гражданской обороны, сотрудников органов внутренних дел, гражданской защиты, государственной фельдъегерской службы, а также лиц, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лиц, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы.</w:t>
+      1. Настоящая Инструкция по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, органах гражданской защиты, государственной фельдъегерской службе, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы (далее – Инструкция) детализирует организацию работы по пенсионному обеспечению военнослужащих Национальной гвардии Республики Казахстан и военно-следственных органов, органов гражданской обороны, сотрудников органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы, а также лиц, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лиц, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно- исполнительной (пенитенциарной) системы.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 1 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkStart w:name="z19" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2. В настоящей Инструкции используются следующие основные понятия:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="13"/>
-    <w:bookmarkStart w:name="z20" w:id="14"/>
-[...39 lines deleted...]
-    <w:bookmarkStart w:name="z21" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) – юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг и выдаче их результатов услугополучателю по принципу "одного окна", обеспечения оказания государственных услуг в электронной форме;</w:t>
-[...2 lines deleted...]
-    <w:bookmarkEnd w:id="15"/>
+      1) пенсионные выплаты за выслугу лет – выплата денег военнослужащим, за исключением военнослужащих, проходящих воинскую службу в резерве, сотрудникам специальных государственных и правоохранительных органов, органов гражданской защиты, государственной фельдъегерской службы, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, в соответствии с настоящим Кодексом;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) – юридическое лицо, созданное по решению Правительства Республики Казахстан для оказания государственных услуг в соответствии с законодательством Республики Казахстан, организации работы по приему заявлений на оказание государственных услуг и выдаче их результатов услугополучателю по принципу "одного окна", обеспечения оказания государственных услуг в электронной форме.</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">      Сноска. Пункт 2 с изменением, внесенным приказом Министра внутренних дел РК от 30.06.2025 </w:t>
-[...9 lines deleted...]
-        <w:t>№ 481</w:t>
+        <w:t xml:space="preserve">      Сноска. Пункт 2 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="ff0000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (вводится в действие после дня его первого официального опубликования).</w:t>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z22" w:id="16"/>
+    <w:bookmarkStart w:name="z22" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. Назначение и выплата пенсионных выплат за выслугу лет, а также перерасчет пенсионных выплат и исчисление выслуги лет для назначения пенсионных выплат за выслугу лет осуществляются в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Социальным</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> кодексом, </w:t>
+        <w:t>Социальным кодексом</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 августа 2023 года № 733 "Об утверждении Правил исчисления выслуги лет военнослужащим, сотрудникам специальных государственных и правоохранительных органов, государственной фельдъегерской службы, а также лицам, права которых иметь воинские или специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, и признании утратившими силу некоторых решений Правительства Республики Казахстан", </w:t>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 августа 2023 года № 733 "Об утверждении Правил исчисления выслуги лет военнослужащим, сотрудникам специальных государственных и правоохранительных органов, органов гражданской защиты, государственной фельдъегерской службы, а также лицам, права которых иметь воинские или специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, и признании утратившими силу некоторых решений Правительства Республики Казахстан", </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>постановлением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 августа 2023 года № 734 "Об утверждении Правил назначения и осуществления пенсионных выплат за выслугу лет военнослужащим, сотрудникам специальных государственных и правоохранительных органов, государственной фельдъегерской службы, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы (далее – Правила), а также иными нормативными правовыми актами Республики Казахстан и соглашениями о пенсионном (социальном) обеспечении, заключенными Республикой Казахстан с другими государствами.</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t xml:space="preserve"> Правительства Республики Казахстан от 29 августа 2023 года № 734 "Об утверждении Правил назначения и осуществления пенсионных выплат за выслугу лет военнослужащим, сотрудникам специальных государственных и правоохранительных органов, органов гражданской защиты, государственной фельдъегерской службы, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, и признании утратившими силу некоторых решений Правительства Республики Казахстан" (далее – Правила), а также иными нормативными правовыми актами Республики Казахстан и соглашениями о пенсионном (социальном) обеспечении, заключенными Республикой Казахстан с другими государствами.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4. Работа по пенсионному обеспечению военнослужащих и сотрудников органов внутренних дел, гражданской защиты, государственной фельдъегерской службы (далее – военнослужащие, сотрудники), а также лиц из числа сотрудников органов внутренних дел, гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лиц, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы осуществляется финансовыми службами Министерства внутренних дел Республики Казахстан (далее – МВД), Комитета уголовно-исполнительной системы (далее – КУИС), Департаментов полиции (далее – ДП) областей, городов республиканского значения и столицы, Департаментов уголовно-исполнительной системы (далее – ДУИС) областей, городов республиканского значения и столицы в системе органов внутренних дел во взаимодействии с кадровыми, медицинскими службами органов внутренних дел, гражданской защиты, государственной фельдъегерской службы.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z24" w:id="18"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 3 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z23" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Работа по пенсионному обеспечению военнослужащих и сотрудников органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы (далее – военнослужащие, сотрудники), а также лиц из числа сотрудников органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лиц, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы осуществляется финансовыми службами Министерства внутренних дел Республики Казахстан (далее – МВД), Комитета уголовно-исполнительной системы (далее – КУИС), Департаментов полиции (далее – ДП) областей, городов республиканского значения и столицы, Департаментов уголовно-исполнительной системы (далее – ДУИС) областей, городов республиканского значения и столицы в системе органов внутренних дел во взаимодействии с кадровыми, медицинскими службами органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 4 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z24" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Работа по пенсионному обеспечению в системе органов внутренних дел включает в себя:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="18"/>
-    <w:bookmarkStart w:name="z25" w:id="19"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z25" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) назначение и перерасчет пенсионных выплат за выслугу лет, пособий и компенсаций пенсионерам и членам их семей;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="19"/>
-    <w:bookmarkStart w:name="z26" w:id="20"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z26" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) ведение персонального учета пенсионеров и пенсионных дел;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="20"/>
-    <w:bookmarkStart w:name="z27" w:id="21"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z27" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) выдачу документов, подтверждающих статус получателя пенсионной выплаты за выслугу лет в соответствии с законодательством;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="21"/>
-    <w:bookmarkStart w:name="z28" w:id="22"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z28" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       4) прием пенсионеров, рассмотрение предложений, заявлений и жалоб по вопросам пенсионного обеспечения в соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
@@ -1136,1967 +1488,2279 @@
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> кодексом Республики Казахстан и </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Административный</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> процедурно-процессуальный кодекс Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="22"/>
-    <w:bookmarkStart w:name="z29" w:id="23"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z29" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5) взаимодействие с филиалами Государственной корпорации.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="23"/>
-    <w:bookmarkStart w:name="z30" w:id="24"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z30" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 2. Порядок назначения и осуществления пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, гражданской защиты, государственной фельдъегерской службе, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z31" w:id="25"/>
+        <w:t xml:space="preserve"> Глава 2. Порядок назначения и осуществления пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, органах гражданской защиты, государственной фельдъегерской службе, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защите, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Заголовок главы 2 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z31" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       6. Назначение пенсионных выплат за выслугу лет осуществляется финансовыми службами:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="25"/>
-    <w:bookmarkStart w:name="z32" w:id="26"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) МВД – военнослужащим, сотрудникам, а также лицам из числа сотрудников органов внутренних дел, гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, проходившим службу в центральном аппарате МВД и его ведомствах, Главном командовании Национальной гвардии Республики Казахстан, военно-следственных управлениях, Учреждении автотранспортного обслуживания МВД, Базе военного и специального снабжения "Северная" МВД, Центральном госпитале с поликлиникой МВД, Государственной фельдъегерской службе Республики Казахстан, а также в центральном аппарате Министерства по чрезвычайным ситуациям Республики Казахстан (далее – МЧС) и его ведомствах;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z33" w:id="27"/>
+      1) МВД – военнослужащим, сотрудникам, а также лицам из числа сотрудников органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, проходившим службу в центральном аппарате МВД и его ведомствах, Главном командовании Национальной гвардии Республики Казахстан, военно-следственных управлениях, Учреждении автотранспортного обслуживания МВД, Базе военного и специального снабжения МВД, Центральном госпитале с поликлиникой МВД, Государственной фельдъегерской службе Республики Казахстан, а также в центральном аппарате Министерства по чрезвычайным ситуациям Республики Казахстан (далее – МЧС) и его ведомствах;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      2) КУИС – сотрудникам и лицам из числа сотрудников органов внутренних дел, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) систем, проходившим службу в КУИС;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z34" w:id="28"/>
+      2) КУИС – сотрудникам и лицам из числа сотрудников органов внутренних дел, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) систем, проходившим службу в КУИС;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) ДП – военнослужащим и сотрудникам, а также лицам из числа сотрудников органов внутренних дел, гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, проходившим службу в территориальных органах внутренних дел, седьмых подразделениях и государственных учреждениях находящихся в ведении МВД, региональных командованиях и воинских частях Национальной гвардии, территориальных органах Государственной фельдъегерской службы Республики Казахстан, территориальных органах, государственных учреждениях и воинских частях находящихся в ведении МЧС;</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z35" w:id="29"/>
+      3) ДП – военнослужащим и сотрудникам, а также лицам из числа сотрудников органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, проходившим службу в территориальных органах внутренних дел, седьмых подразделениях и государственных учреждениях, находящихся в ведении МВД, региональных командованиях и воинских частях Национальной гвардии, территориальных органах Государственной фельдъегерской службы Республики Казахстан, территориальных органах, государственных учреждениях и воинских частях находящихся в ведении МЧС;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      4) ДУИС – сотрудникам и лицам из числа сотрудников органов внутренних дел, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, проходившим службу в территориальных органах и государственных учреждениях, находящихся в ведении КУИС по территориальности.</w:t>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      4) ДУИС – сотрудникам и лицам из числа сотрудников органов внутренних дел, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, проходившим службу в территориальных органах и государственных учреждениях, находящихся в ведении КУИС по территориальности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      7. Документы для назначения пенсионной выплаты за выслугу лет оформляются кадровой службой по последнему месту службы уволенного военнослужащего, сотрудника, а также лица из числа сотрудников органов внутренних дел, гражданской защиты, государственной фельдъегерской службы, права которого иметь специальное звание, классный чин и носить форменную одежду упразднено с 1 января 2012 года и лица, медицинская должность которого сокращена в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z37" w:id="31"/>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 6 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      7. Документы для назначения пенсионной выплаты за выслугу лет оформляются кадровой службой по последнему месту службы уволенного военнослужащего, сотрудника, а также лица из числа сотрудников органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы, права которого иметь специальное звание, классный чин и носить форменную одежду упразднено с 1 января 2012 года и лица, медицинская должность которого сокращена в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Кадровой службой проводится следующая работа:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="31"/>
-    <w:bookmarkStart w:name="z38" w:id="32"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) на основании личного дела, военного билета подтверждающих выслугу лет, а также документов, подтверждающих трудовой стаж (трудовая книжка, трудовой договор с отметкой работодателя о дате и основании его прекращения, выписки из актов работодателя, подтверждающих возникновение и прекращение трудовых отношений на основе заключения и прекращения трудового договора, выписки из ведомости выдачи заработной платы работникам, послужной список (перечень сведений о работе, трудовой деятельности работника), подписанный работодателем, заверенный печатью организации (при ее наличии), выписки из единого накопительного пенсионного фонда о перечисленных обязательных пенсионных взносах, сведения из Государственного фонда социального страхования о произведенных социальных отчислениях либо архивная справка, содержащая сведения о трудовой деятельности работника) проверяются данные о прохождении службы, уточняются и подтверждаются периоды службы и трудового стажа, подлежащие зачету в календарном и льготном исчислении в соответствии с законодательством;</w:t>
       </w:r>
     </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) составляется расчет выслуги лет для назначения пенсионной выплаты за выслугу лет по форме, согласно приложению 1 к настоящей Инструкции, который согласовывается с финансовой службой, осуществляющей назначение пенсионной выплаты за выслугу лет и объявляется лицу, оформляемому на пенсию, под роспись.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Личные данные уволенного на пенсию военнослужащего, сотрудника, а также лица из числа сотрудников органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы, права которого иметь специальное звание, классный чин и носить форменную одежду упразднено с 1 января 2012 года и лица, медицинская должность которого сокращена в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы (фамилия, имя, отчество (при его наличии), дата и место рождения) в расчете выслуги лет заполняются согласно документу, удостоверяющему личность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Последняя страница расчета выслуги лет для назначения пенсионной выплаты за выслугу лет заверяется подписями сотрудника кадровой службы, составившего расчет, специалиста финансовой службы, осуществляющей назначение пенсионной выплаты за выслугу лет, проверившего расчет, руководителями кадровой и финансовой служб и печатью кадровой службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 7 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z42" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8. Военнослужащие, сотрудники, а также лица из числа сотрудников органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лица, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы представляют в кадровую службу по последнему месту службы заявление по форме, согласно приложению 1 к Правилам, с приложением следующих документов и их копий:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) сведения о номере банковского счета в уполномоченной организации по выдаче пенсий либо контрольного счета наличности учреждения уголовно-исполнительной системы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) фотографии размером 3,5х4,5 см (2 шт.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) для лиц, в пользу которых до 1 января 2016 года обязательные пенсионные взносы перечислялись за счет бюджетных средств, – справка-подтверждение о списании с индивидуального пенсионного счета 50 процентов от суммы обязательных пенсионных взносов, перечисленных за счет бюджетных средств до 1 января 2016 года в пользу военнослужащих (кроме военнослужащих срочной службы), сотрудников специальных государственных и правоохранительных органов, органов гражданской защиты, государственной фельдъегерской службы, а также лиц, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, а также лиц, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевших на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, по форме, установленной </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Правилами</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возврата 50 процентов от суммы обязательных пенсионных взносов, перечисленных за счет бюджетных средств до 1 января 2016 года, в пользу военнослужащих (кроме военнослужащих срочной службы), сотрудников специальных государственных и правоохранительных органов, органов гражданской защиты, государственной фельдъегерской службы, а также лиц, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, утвержденными постановлением Правительства Республики Казахстан от 15 июня 2023 года № 472;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) для лиц с инвалидностью – копия справки об инвалидности и при наличии удостоверение получателя пенсионных выплат по возрасту/пособий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 8 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9. Военнослужащие, сотрудники, а также лица из числа сотрудников органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лица, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, имеющие по состоянию на 1 января 1998 года более десяти лет стажа воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе представляют в кадровую службу по последнему месту службы выписку с индивидуального пенсионного счета по состоянию на 1 января 2016 года.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 9 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z49" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Лица из числа сотрудников органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года, представляют в кадровую службу по последнему месту службы справку о регистрации лиц, права которых иметь специальные звания и классные чины, а также носить форменную одежду упразднены, с сохранением социального обеспечения, всех льгот и преимуществ при назначении пенсионных выплат за выслугу лет по линии правоохранительных органов, органов гражданской защиты и государственной фельдъегерской службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 10 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Лица, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы представляют в кадровую службу по последнему месту службы справку о регистрации лиц, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 11 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z51" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. В случае предоставления неполного пакета документов, перечисленных в пунктах 8, 9, 10 и 11 настоящей Инструкции, либо предоставлении документов, содержащих неполные или недостоверные сведения, заявление о назначении пенсионной выплаты за выслугу лет кадровой службой не принимается.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z52" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Кадровая служба, приняв документы, указанные в пунктах 8, 9, 10 и 11 настоящей Инструкции, направляет их с расчетом выслуги лет, выпиской приказа об увольнении, денежным аттестатом и заключением военно-врачебной комиссии (в случае увольнения по состоянию здоровья) в соответствующую финансовую службу в течение пяти рабочих дней со дня поступления для назначения пенсионной выплаты за выслугу лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z53" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Соответствующая финансовая служба в течение десяти рабочих дней со дня поступления документов производит назначение пенсионных выплат за выслугу лет в следующем порядке:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z54" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) оформляет заключение о назначении пенсионной выплаты за выслугу лет по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложениям 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции, которое утверждается руководителем финансовой службы, осуществляющей назначение пенсионной выплаты за выслугу лет;</w:t>
+      </w:r>
+    </w:p>
     <w:bookmarkEnd w:id="32"/>
-    <w:bookmarkStart w:name="z39" w:id="33"/>
+    <w:bookmarkStart w:name="z55" w:id="33"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      2) составляется расчет выслуги лет для назначения пенсионной выплаты за выслугу лет по форме, согласно </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> к настоящей Инструкции, который согласовывается с финансовой службой, осуществляющей назначение пенсионной выплаты за выслугу лет и объявляется лицу, оформляемому на пенсию, под роспись.</w:t>
+      2) оформляет пенсионное дело по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции, к которому приобщаются заключение о назначении пенсионной выплаты за выслугу лет и материалы, послужившие основанием для назначения пенсионной выплаты за выслугу лет;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="33"/>
-    <w:bookmarkStart w:name="z40" w:id="34"/>
+    <w:bookmarkStart w:name="z56" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) регистрирует пенсионное дело в книге учета пенсионеров и пенсионных дел по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:bookmarkStart w:name="z57" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) оформляет пенсионное удостоверение органов внутренних дел Республики Казахстан по форме согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции, которое является официальным документом, подтверждающим статус получателя пенсионной выплаты за выслугу лет;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:bookmarkStart w:name="z58" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) регистрирует пенсионное удостоверение получателя пенсионной выплаты за выслугу лет органов внутренних дел Республики Казахстан в книге учета пенсионных удостоверений по форме, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящей Инструкции, и выдает под роспись получателю пенсионной выплаты за выслугу лет.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:bookmarkStart w:name="z59" w:id="37"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Личные данные уволенного на пенсию военнослужащего, сотрудника, а также лица из числа сотрудников органов внутренних дел, гражданской защиты, государственной фельдъегерской службы, права которого иметь специальное звание, классный чин и носить форменную одежду упразднено с 1 января 2012 года и лица, медицинская должность которого сокращена в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы (фамилия, имя, отчество (при его наличии), дата и место рождения) в расчете выслуги лет заполняются согласно документу, удостоверяющему личность.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z41" w:id="35"/>
+      15. Финансовые службы МВД, КУИС после назначения пенсионных выплат за выслугу лет в течение трех рабочих дней направляют пенсионные дела в ДП, ДУИС по месту жительства пенсионера для дальнейшего учета и осуществления выплат.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:bookmarkStart w:name="z60" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      16. После назначения пенсионной выплаты за выслугу лет заполняется выписка из пенсионного дела по форме 1-ВС, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам, и направляется в филиалы Государственной корпорации в одном экземпляре с приложением извещения по форме 1-В/Л, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам. Копия выписки приобщается к пенсионному делу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z61" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Последняя страница расчета выслуги лет для назначения пенсионной выплаты за выслугу лет заверяется подписями сотрудника кадровой службы составившего расчет, специалиста финансовой службы, осуществляющей назначение пенсионной выплаты за выслугу лет, проверившего расчет, руководителями кадровой и финансовой служб и печатью кадровой службы.</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z42" w:id="36"/>
+      17. В случаях поступления из соответствующих кадровых служб в соответствующие финансовые службы документов, содержащих неполные, недостоверные или противоречивые сведения, а также в случаях отказа в назначении пенсионных выплат за выслугу лет, соответствующие финансовые службы в течение десяти рабочих дней возвращают документы в соответствующие кадровые службы с указанием причины отказа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z62" w:id="40"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      8. Военнослужащие, сотрудники, а также лица из числа сотрудников органов внутренних дел, гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лица, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы представляют в кадровую службу по последнему месту службы заявление по форме, согласно </w:t>
-[...23 lines deleted...]
-    <w:bookmarkStart w:name="z43" w:id="37"/>
+      Соответствующие кадровые службы уведомляют заявителя в течение трех рабочих дней. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z63" w:id="41"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1) документ, удостоверяющий личность (удостоверение личности, удостоверение лица без гражданства, вид на жительство иностранца);</w:t>
-[...3 lines deleted...]
-    <w:bookmarkStart w:name="z44" w:id="38"/>
+      18. При зачислении получателя пенсионной выплаты за выслугу лет на государственную службу с присвоением воинского (специального) звания, кадровая служба органа внутренних дел представляет в соответствующую финансовую службу выписку из приказа о его приеме на службу для приостановления пенсионной выплаты за выслугу лет со дня зачисления на службу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z64" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. В случаях смерти, выезда получателя пенсионной выплаты в другой регион Казахстана или за его пределы, либо прекращении пенсионных выплат по запросам соответствующих финансовых служб, филиалы Государственной корпорации представляют в соответствующие финансовые службы справки о произведенных выплатах за истекший год по месяцам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z65" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. При повышении, перерасчете пенсионных выплат в связи с изменением условий, влияющих на их размер, а также возобновлении ранее назначенных пенсионных выплат по прекращенным пенсионным делам, новое заключение не составляется. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z66" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Перерасчет размеров пенсионных выплат производится со дня письменного обращения пенсионера с приложением документов, подтверждающих обстоятельства, повлекшие изменение размера пенсионных выплат, если законодательством не предусмотрено иное.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z67" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. В случае несвоевременного перерасчета пенсионных выплат по вине должностного лица, при наличии в пенсионном деле подтверждающих документов служивших основанием для перерасчета пенсионной выплаты, доплата осуществляется со дня установления права на повышенный размер пенсионной выплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:bookmarkStart w:name="z68" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Каждое изменение размера пенсионной выплаты оформляется записью в таблице перерасчета пенсионной выплаты согласно приложению 8 к настоящей Инструкции, которое подписывается специалистом и руководителем соответствующей финансовой службы.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z69" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Таблица перерасчета пенсионной выплаты приобщается к пенсионному делу.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:bookmarkStart w:name="z70" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. В случаях изменения размеров пенсионных выплат в связи с ежегодными повышениями предусмотренными Законом "О республиканском бюджете", а также изменениями размеров месячного расчетного показателя, прожиточного минимума соответствующие финансовые службы готовят выписки из пенсионных дел получателей о новых размерах пенсионных выплат по формам 1-ВС-повышение, 1-ВС/1-повышение, согласно приложениям 4 и 5 к Правилам, и направляют в филиалы Государственной корпорации в одном экземпляре с приложением извещения по форме 1-В/Л, согласно приложению 6 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z71" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      25. В случаях изменения размеров пенсионных выплат за выслугу лет в связи с изменением стажа службы либо размера денежного содержания соответствующие финансовые службы готовят выписки из пенсионных дел по форме 1-ИУ, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> либо по форме 1-ВС согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам, и направляют в филиалы Государственной корпорации в одном экземпляре с приложением извещения о предоставляемых документах по форме 1-В/Л, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:bookmarkStart w:name="z72" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. В случаях выявления неправомерного назначения пенсионных выплат соответствующие финансовые службы составляют заключение о прекращении пенсионной выплаты, которое утверждается руководителем соответствующего органа.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:bookmarkStart w:name="z73" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Соответствующие финансовые службы готовят уведомление на прекращение выплаты со дня принятия решения о прекращении пенсионной выплаты за выслугу лет по форме 1-Б/ВС, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам, направляют в филиалы Государственной корпорации и в течение пяти рабочих дней со дня принятия решения письменно уведомляют получателя пенсионной выплаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:bookmarkStart w:name="z74" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3. Порядок осуществления пенсионных выплат гражданам при перемене места жительства</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z75" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      27. В случае выезда получателя пенсионной выплаты на постоянное место жительства в другой регион Казахстана либо за пределы Республики Казахстан, пенсионные выплаты осуществляются по месяц снятия получателя с регистрации по постоянному месту жительства.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z76" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. При выезде на постоянное место жительства в другой регион Казахстана в финансовую службу ДП, ДУИС нового места жительства пенсионером предоставляются:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление о приостановлении пенсионных выплат на имя руководителя соответствующей финансовой службы прежнего места жительства;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) сведения о номере банковского счета в уполномоченной организации по выдаче пенсий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Финансовая служба ДП, ДУИС по месту жительства пенсионера направляет запрос об истребовании пенсионного дела с приложением заявления пенсионера о приостановлении пенсионной выплаты в финансовую службу КУИС, ДП, ДУИС прежнего места жительства пенсионера.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После получения запроса об истребовании пенсионного дела, финансовая служба КУИС, ДП, ДУИС прежнего места жительства пенсионера направляет в филиал Государственной корпорации уведомление по форме 1-Б/ВС, согласно приложению 9 к Правилам, и в течение десяти рабочих дней со дня получения запроса высылает пенсионное дело посредством почтовой связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 28 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z83" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Пенсионное дело, поступившее из другого региона Казахстана, проверяется специалистом финансовой службы ДП, ДУИС на наличие всех необходимых документов, правильность назначения, произведенных перерасчетов и выплат и подлежит регистрации в книге учета пенсионных дел с присвоением нового номера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:bookmarkStart w:name="z84" w:id="56"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Финансовая служба ДП, ДУИС, в течение десяти рабочих дней со дня поступления пенсионного дела, передает в филиал Государственной корпорации выписку по форме 1-ВС, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="56"/>
+    <w:bookmarkStart w:name="z85" w:id="57"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Пенсионные выплаты осуществляются с месяца, следующего за месяцем, по который была произведена выплата по прежнему месту жительства пенсионера. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="57"/>
+    <w:bookmarkStart w:name="z86" w:id="58"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. При выезде пенсионера на постоянное место жительства за пределы Республики Казахстан финансовой службой КУИС, ДП, ДУИС пенсионное дело выезжающего за пределы Республики Казахстан высылается по запросу уполномоченных органов других стран, либо по заявлению пенсионера в финансовую службу КУИС, ДП, ДУИС прежнего места жительства о прекращении выплаты и направлении пенсионного дела в уполномоченный орган страны проживания пенсионера с приложением адресного листка убытия и пенсионного удостоверения.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="58"/>
+    <w:bookmarkStart w:name="z87" w:id="59"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Для прекращения выплат финансовая служба КУИС, ДП, ДУИС передает в Государственную корпорацию уведомление по формам 1-Б/ВС, согласно </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приложению 9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Правил.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="59"/>
+    <w:bookmarkStart w:name="z88" w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      31. Пенсионеры из числа военнослужащих, сотрудников органов внутренних дел государств-участников Содружества Независимых Государств, прибывшие на постоянное место жительства в Республику Казахстан, для продолжения выплаты пенсии обращаются в финансовую службу ДП, ДУИС по месту жительства с заявлением об истребовании пенсионного дела из уполномоченного органа по назначению пенсий прежнего места жительства пенсионера.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="60"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      После получения пенсионного дела из уполномоченного органа по назначению пенсий, в финансовую службу ДП, ДУИС по месту жительства пенсионером предоставляются следующие документы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) заявление согласно приложению 1 к Правилам;</w:t>
+      </w:r>
+    </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) сведения о номере банковского счета в уполномоченной организации по выдаче пенсий либо контрольного счета наличности учреждения уголовно-исполнительной системы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="38"/>
-    <w:bookmarkStart w:name="z45" w:id="39"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      3) фотографии размером 3,5х4,5 см (2 шт.);</w:t>
-[...48 lines deleted...]
-        <w:jc w:val="both"/>
+      3) фотографии размером 3,5 х 4,5 см (2 шт.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      5) для лиц с инвалидностью – копия справки об инвалидности и при наличии удостоверение получателя пенсионных выплат по возрасту/пособий.</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Сноска. Пункт 31 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      9. Военнослужащие, сотрудники, а также лица из числа сотрудников органов внутренних дел, гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лица, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы, имеющие по состоянию на 1 января 1998 года более десяти лет стажа воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе представляют в кадровую службу по последнему месту службы выписку с индивидуального пенсионного счета по состоянию на 1 января 2016 года.</w:t>
-[...1241 lines deleted...]
-    <w:bookmarkStart w:name="z95" w:id="89"/>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z95" w:id="61"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       32. Иностранцу и лицу без гражданства пенсионные выплаты в Республике Казахстан производятся в течение срока действия документа, удостоверяющего его личность на территории Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="89"/>
-    <w:bookmarkStart w:name="z96" w:id="90"/>
+    <w:bookmarkEnd w:id="61"/>
+    <w:bookmarkStart w:name="z96" w:id="62"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       После истечения срока действия документа, удостоверяющего личность иностранца или лица без гражданства, пенсионные выплаты приостанавливаются, а при продлении срока действия документа, приостановленные пенсионные выплаты возобновляются со дня приостановления.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="90"/>
-    <w:bookmarkStart w:name="z97" w:id="91"/>
+    <w:bookmarkEnd w:id="62"/>
+    <w:bookmarkStart w:name="z97" w:id="63"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       33. Пенсионное дело комплектуется соответствующими документами, необходимыми для назначения, повышений (перерасчетов) и выплаты пенсионных выплат. В дальнейшем вся переписка, касающаяся пенсионера, хранится в его пенсионном деле и подшивается в хронологическом порядке.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="91"/>
-    <w:bookmarkStart w:name="z98" w:id="92"/>
+    <w:bookmarkEnd w:id="63"/>
+    <w:bookmarkStart w:name="z98" w:id="64"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       34. Пенсионному делу присваивается нумерация дел по порядку.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="92"/>
-    <w:bookmarkStart w:name="z99" w:id="93"/>
+    <w:bookmarkEnd w:id="64"/>
+    <w:bookmarkStart w:name="z99" w:id="65"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       На лицевой стороне обложки пенсионного дела указываются номер дела, фамилия, имя, отчество (при наличии) пенсионера, звание, должность и место службы на день увольнения.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="93"/>
-    <w:bookmarkStart w:name="z100" w:id="94"/>
+    <w:bookmarkEnd w:id="65"/>
+    <w:bookmarkStart w:name="z100" w:id="66"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На внутренней стороне обложки указываются адрес прописки и фактический адрес проживания пенсионера, контактные телефоны, номер и дата выдачи пенсионного удостоверения, наименование филиала Государственной корпорации осуществляющего выплату. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="94"/>
-    <w:bookmarkStart w:name="z101" w:id="95"/>
+    <w:bookmarkEnd w:id="66"/>
+    <w:bookmarkStart w:name="z101" w:id="67"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       35. Документы в деле располагаются в следующем порядке:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="95"/>
-    <w:bookmarkStart w:name="z102" w:id="96"/>
+    <w:bookmarkEnd w:id="67"/>
+    <w:bookmarkStart w:name="z102" w:id="68"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       1) документы, послужившие основанием для назначения пенсионной выплаты за выслугу лет, указанные в пунктах 8-10 настоящей Инструкции;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="96"/>
-    <w:bookmarkStart w:name="z103" w:id="97"/>
+    <w:bookmarkEnd w:id="68"/>
+    <w:bookmarkStart w:name="z103" w:id="69"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       2) медицинские документы – заключение военно-врачебной комиссии о степени годности к службе, выписки из справок об инвалидности медицинской социальной экспертизы;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="97"/>
-    <w:bookmarkStart w:name="z104" w:id="98"/>
+    <w:bookmarkEnd w:id="69"/>
+    <w:bookmarkStart w:name="z104" w:id="70"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3) разная переписка – заявления и письма пенсионера, копии ответов на них, переписка с другими подразделениями, организациями;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="98"/>
-    <w:bookmarkStart w:name="z105" w:id="99"/>
+    <w:bookmarkEnd w:id="70"/>
+    <w:bookmarkStart w:name="z105" w:id="71"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4) документы на выплату пенсионных выплат – копии выписок и уведомлений, направленных в филиалы Государственной корпорации, справки филиалов Государственной корпорации о произведенных выплатах.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="99"/>
+    <w:bookmarkEnd w:id="71"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -3130,471 +3794,124 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение № 1</w:t>
+              <w:t>Приложение 1</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Инструкции по назначению</w:t>
-[...402 lines deleted...]
-              <w:t>(пенитенциарной) систем</w:t>
+              <w:t>к Инструкции по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, органах гражданской защиты, государственной фельдъегерской службы, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Текст в правом верхнем углу приложения 1 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -3617,88 +3934,88 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z108" w:id="100"/>
+    <w:bookmarkStart w:name="z108" w:id="72"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Расчет выслуги лет для назначения пенсионной выплаты за выслугу лет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="100"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z109" w:id="101"/>
+    <w:bookmarkEnd w:id="72"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z109" w:id="73"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       бывшего ___________________________________________________________</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="101"/>
+    <w:bookmarkEnd w:id="73"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>(звание, квалификационный класс, фамилия, имя, отчество (при его наличии),</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5375,64 +5692,64 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z110" w:id="102"/>
+      <w:bookmarkStart w:name="z110" w:id="74"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Выслуга лет для назначения пенсионной выплаты за выслугу лет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="102"/>
+    <w:bookmarkEnd w:id="74"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>на "___"________ 20___г. составляет:</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -5906,64 +6223,64 @@
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"_____" _____________ 20__ года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z111" w:id="103"/>
+      <w:bookmarkStart w:name="z111" w:id="75"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       С расчетом выслуги лет для назначения пенсионной выплаты за выслугу лет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="103"/>
+    <w:bookmarkEnd w:id="75"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>ознакомлен (а):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -6303,454 +6620,493 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение № 2</w:t>
+              <w:t>Приложение 2</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Инструкции по назначению</w:t>
+              <w:t>к Инструкции по назначению и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и осуществлению пенсионных</w:t>
+              <w:t>осуществлению пенсионных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>выплат за выслугу лет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военнослужащим</w:t>
+              <w:t>военнослужащим и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и сотрудникам, проходившим службу</w:t>
+              <w:t>сотрудникам, проходившим</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в органах внутренних дел,</w:t>
+              <w:t>службу в органах внутренних</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>гражданской защиты, государственной</w:t>
+              <w:t>дел, органах гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>защиты, государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>фельдъегерской службы, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лицам, права которых иметь специальные</w:t>
+              <w:t>лицам, права которых иметь</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>звания, классные чины</w:t>
+              <w:t>специальные звания, классные</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и носить форменную одежду</w:t>
+              <w:t>чины и носить форменную</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>упразднены с 1 января 2012 года</w:t>
+              <w:t>одежду упразднены с 1 января</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и лицам, медицинские должности</w:t>
+              <w:t>2012 года и лицам, медицинские</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>которых сокращены</w:t>
+              <w:t>должности которых сокращены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в органах внутренних дел</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Республики Казахстан с 1 июля</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>с 1 июля 2022 года</w:t>
+              <w:t>2022 года и 1 января 2023 года,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и 1 января 2023 года,</w:t>
+              <w:t>имевшим на момент сокращения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>имевшим на момент сокращения</w:t>
+              <w:t>должности выслугу лет не менее</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>должности выслугу лет не менее</w:t>
+              <w:t>двенадцати лет и шести месяцев</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>двенадцати лет и шести месяцев</w:t>
+              <w:t>непрерывной воинской службы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>непрерывной воинской службы,</w:t>
+              <w:t>службы в специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>службы в специальных</w:t>
+              <w:t>государственных и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных и правоохранительных</w:t>
+              <w:t>правоохранительных органах,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органах, государственной</w:t>
+              <w:t>органах гражданской защиты,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>фельдъегерской службе,</w:t>
+              <w:t>государственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>при условии продолжения ими</w:t>
+              <w:t>фельдъегерской службе, при</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>работы в медицинских организациях,</w:t>
+              <w:t>условии продолжения ими</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>расположенных в следственных</w:t>
+              <w:t>работы в медицинских</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>изоляторах и учреждениях</w:t>
+              <w:t>организациях, расположенных в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>уголовно-исполнительной</w:t>
+              <w:t>следственных изоляторах и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учреждениях уголовно-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(пенитенциарной) систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -6888,1260 +7244,1086 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(должность, звание, Ф.И.О.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(при его наличии),</w:t>
+              <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>____________________________</w:t>
-[...12 lines deleted...]
-              <w:t>подпись утверждающего</w:t>
+              <w:t>(при его наличии), подпись утверждающего</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>заключение)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"___"___________ 20___ г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z115" w:id="104"/>
+    <w:bookmarkStart w:name="z115" w:id="76"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ЗАКЛЮЧЕНИЕ</w:t>
-[...9 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> З А К Л Ю Ч Е Н И Е</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> о назначении пенсионной выплаты за выслугу лет (для военнослужащих, сотрудников и лиц, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы)</w:t>
-[...9 lines deleted...]
-      <w:bookmarkStart w:name="z117" w:id="106"/>
+        <w:t>о назначении пенсионной выплаты за выслугу лет (для военнослужащих, сотрудников и лиц, медицинские должности которых сокращены органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="76"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 2 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Назначить пенсионную выплату за выслугу лет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-[...255 lines deleted...]
-        <w:t>Приказом ___________ №____ от "____" __________ 20___г. уволен(а)</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (должность, подразделение правоохранительного органа, части,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       воинское (специальное) звание, квалификационный класс, фамилия, имя,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      в соответствии с ____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             (указать ссылку на нормы Кодекса Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Социальный кодекс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан", являющиеся основанием</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             назначения пенсионной выплаты за выслугу лет*)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Число, месяц, год рождения "___"_________ ____ года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Приказом___________ №____ от "____" ____________20___г. уволен(а)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>с "____" __________20___г. по подпункту____ пункта____ статьи___</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_________________________________ Закона Республики Казахстан</w:t>
-[...16 lines deleted...]
-        <w:t>от "____" (наименование формулировки увольнения)</w:t>
+        <w:t>_________________________________ Закона Республики Казахстан от "____"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(наименование формулировки увольнения)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_________ 20___ года № _____ "______________________________________".</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>(наименование законодательного акта)</w:t>
-[...67 lines deleted...]
-        <w:t>в льготном исчислении ___ лет ___ месяцев ___ дней.</w:t>
+        <w:t xml:space="preserve">                               (наименование законодательного акта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Выслуга лет:             в календарном исчислении ___ лет ___ месяцев ___ дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   в льготном исчислении ___ лет ___ месяцев ___ дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Трудовой стаж:       в календарном исчислении ___ лет ___ месяцев ___ дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   в льготном исчислении ___ лет ___ месяцев ___ дней.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Общий трудовой стаж: в календарном исчислении ___ лет ___месяцев___ дней;</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>в льготном исчислении ___ лет ___месяцев ___ дней.</w:t>
-[...118 lines deleted...]
-        <w:t xml:space="preserve">На основании </w:t>
+        <w:t xml:space="preserve">                   в льготном исчислении ___ лет ___месяцев ___ дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Размер денежного содержания, учитываемый для назначения пенсионной выплаты за</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выслугу лет: должностной оклад ________ тенге ____ тиын оклад (доплата) по воинскому</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>(специальному) званию, квалификационному классу________тенге ____ тиын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Всего: _________ тенге ____ тиын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      На основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и пункта _____ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 216</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Социального кодекса</w:t>
-[...206 lines deleted...]
-        <w:t xml:space="preserve">(подпункт ___ пункт ___ </w:t>
+        <w:t xml:space="preserve"> Социального кодекса установить</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________пенсионную выплату</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Ф.И.О. (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в размере______% от денежного содержания в сумме __________ тенге, которая подлежит</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выплате с "___"___________20___года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начальник службы, назначающей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пенсионную выплату                          ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (подпись, Ф.И.О. (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Специалист                                     ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           (подпись, Ф.И.О. (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Примечание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      * При заполнении указывается ссылка на нормы Социального кодекса (подпункт ___ пункт ___ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 212</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Социального кодекса).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Для участников накопительной пенсионной системы в основании назначения</w:t>
-[...16 lines deleted...]
-        <w:t xml:space="preserve">пенсионной выплаты за выслугу лет дополнительно указывается </w:t>
+        <w:t xml:space="preserve">
+      Для участников накопительной пенсионной системы в основании назначения пенсионной выплаты за выслугу лет дополнительно указывается </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пункт 9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 212</w:t>
-[...126 lines deleted...]
-      </w:pPr>
+        <w:t xml:space="preserve"> статьи 212 Социального кодекса</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Для военнослужащих, сотрудников правоохранительных органов, органов гражданской защиты, государственной фельдъегерской службы, впервые поступивших на службу после 1 января 1998 года и уволенных до 1 января 2016 года, имевших на дату увольнения условия для назначения пенсионных выплат за выслугу лет, в соответствии с нормами законодательства, действовавшего до 1 января 2016 года в основании назначения пенсионной выплаты за выслугу лет дополнительно указывается ссылка на нормы </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О пенсионном обеспечении в Республике Казахстан", действовавшего</w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> в Республике Казахстан").</w:t>
+        <w:t xml:space="preserve"> "О пенсионном обеспечении в Республике Казахстан", действовавшего на дату увольнения (подпункт ____ пункта ___ статьи _____ Закона Республики Казахстан от "___" ______ _______ года "О пенсионном обеспечении в Республике Казахстан").</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -8177,454 +8359,493 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение № 3</w:t>
+              <w:t>Приложение 3</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Инструкции по назначению</w:t>
+              <w:t>к Инструкции по назначению и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и осуществлению пенсионных</w:t>
+              <w:t>осуществлению пенсионных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>выплат за выслугу лет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военнослужащим</w:t>
+              <w:t>военнослужащим и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и сотрудникам, проходившим службу</w:t>
+              <w:t>сотрудникам, проходившим</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в органах внутренних дел,</w:t>
+              <w:t>службу в органах внутренних</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>гражданской защиты, государственной</w:t>
+              <w:t>дел, органах гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>защиты, государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>фельдъегерской службы, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лицам, права которых иметь специальные</w:t>
+              <w:t>лицам, права которых иметь</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>звания, классные чины</w:t>
+              <w:t>специальные звания, классные</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и носить форменную одежду</w:t>
+              <w:t>чины и носить форменную</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>упразднены с 1 января 2012 года</w:t>
+              <w:t>одежду упразднены с 1 января</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и лицам, медицинские должности</w:t>
+              <w:t>2012 года и лицам, медицинские</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>которых сокращены</w:t>
+              <w:t>должности которых сокращены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в органах внутренних дел</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Республики Казахстан с 1 июля</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>с 1 июля 2022 года</w:t>
+              <w:t>2022 года и 1 января 2023 года,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и 1 января 2023 года,</w:t>
+              <w:t>имевшим на момент сокращения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>имевшим на момент сокращения</w:t>
+              <w:t>должности выслугу лет не менее</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>должности выслугу лет не менее</w:t>
+              <w:t>двенадцати лет и шести месяцев</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>двенадцати лет и шести месяцев</w:t>
+              <w:t>непрерывной воинской службы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>непрерывной воинской службы,</w:t>
+              <w:t>службы в специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>службы в специальных</w:t>
+              <w:t>государственных и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных и правоохранительных</w:t>
+              <w:t>правоохранительных органах,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органах, государственной</w:t>
+              <w:t>органах гражданской защиты,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>фельдъегерской службе,</w:t>
+              <w:t>государственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>при условии продолжения ими</w:t>
+              <w:t>фельдъегерской службе, при</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>работы в медицинских организациях,</w:t>
+              <w:t>условии продолжения ими</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>расположенных в следственных</w:t>
+              <w:t>работы в медицинских</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>изоляторах и учреждениях</w:t>
+              <w:t>организациях, расположенных в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>уголовно-исполнительной</w:t>
+              <w:t>следственных изоляторах и</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>учреждениях уголовно-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(пенитенциарной) систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -8762,855 +8983,847 @@
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>(должность, звание, Ф.И.О.</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(при его наличии),</w:t>
+              <w:t>(при его</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>___________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>наличии), подпись утверждающего</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
-            </w:r>
-[...24 lines deleted...]
-              <w:t>___________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>заключение)</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>"___"___________ 20___ г.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z121" w:id="107"/>
+    <w:bookmarkStart w:name="z121" w:id="77"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ЗАКЛЮЧЕНИЕ</w:t>
+        <w:t xml:space="preserve"> З А К Л Ю Ч Е Н И Е</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>о назначении пенсионной выплаты за выслугу лет (для лиц из числа сотрудников органов внутренних дел,</w:t>
-[...33 lines deleted...]
-      <w:bookmarkStart w:name="z122" w:id="108"/>
+        <w:t>о назначении пенсионной выплаты за выслугу лет (для лиц из числа сотрудников органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="77"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 3 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Назначить пенсионную выплату за выслугу лет</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-[...204 lines deleted...]
-        <w:t>Число, месяц, год рождения "___"_________ ____ года.</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (должность, подразделение правоохранительного органа, части, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             фамилия, имя, отчество (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с ________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (ссылка на нормы Кодекса Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">             "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Социальный кодекс </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан", являющиеся основанием</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   назначения пенсионной выплаты за выслугу лет*)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Число, месяц, год рождения "___"_________ ____ года.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказом___________ №____ от "____" ____________20___г. уволен(а)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>с "____" __________20___г. по подпункту____ пункта____ статьи ___</w:t>
-[...237 lines deleted...]
-        <w:t xml:space="preserve">В соответствии с </w:t>
+        <w:t>с "____" __________20___г. по подпункту____ пункта____ статьи___</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________ Закона Республики Казахстан от "____"</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (формулировка увольнения)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________ 20___ года № _____ "______________________________________".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                               (наименование законодательного акта)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Сведения о достижении возраста, соответствующего предельному возрасту состояния</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>на правоохранительной службе**__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Выслуга лет:             в календарном исчислении ___ лет ___ месяцев ___ дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   в льготном исчислении ___ лет ___ месяцев ___ дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Трудовой стаж:       в календарном исчислении ___ лет ___ месяцев ___ дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   в льготном исчислении ___ лет ___ месяцев ___ дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Общий трудовой стаж: в календарном исчислении ___ лет ___месяцев___ дней;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   в льготном исчислении ___ лет ___месяцев ___ дней.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      В соответствии с </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>пунктом 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> статьи 213 Социального кодекса и подпунктом 4)</w:t>
-[...162 lines deleted...]
-        <w:t xml:space="preserve">На основании </w:t>
+        <w:t xml:space="preserve"> статьи 213 Социального кодекса и подпунктом 4) пункта</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8 Правил сохранения социального обеспечения, всех льгот и преимуществ при выходе на</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пенсию лиц из числа сотрудников органов внутренних дел, органов гражданской защиты,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственной фельдъегерской службы, права которых иметь специальные звания и</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>классные чины, а также носить форменную одежду упразднены, утвержденных</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>постановлением Правительства Республики Казахстан от 14 декабря 2012 года №1597,</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>размер денежного содержания, учитываемый для назначения пенсионной выплаты за</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выслугу лет:***______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      На основании </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> и пункта _____ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
@@ -9623,780 +9836,430 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Социального кодекса установить</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>_____________________________ пенсионную выплату (Ф.И.О. (при его наличии))</w:t>
-[...110 lines deleted...]
-      <w:bookmarkStart w:name="z123" w:id="109"/>
+        <w:t>________________________________ пенсионную выплату</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (Ф.И.О. (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в размере______% от денежного содержания в сумме __________ тенге, которая подлежит</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>выплате с "___"___________20___года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      Примечание:</w:t>
-[...34 lines deleted...]
-        <w:t xml:space="preserve">(подпункт ___ пункт ___ </w:t>
+      Начальник службы, назначающей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      пенсионную выплату ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (подпись, Ф.И.О. (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (подпись, Ф.И.О. (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Примечание: </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      * При заполнении указывается ссылка на нормы Социального кодекса (подпункт ___ пункт ___ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьи 212</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Социального кодекса).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Для участников накопительной пенсионной системы в основании назначения</w:t>
-[...189 lines deleted...]
-        <w:t xml:space="preserve">указывается ссылка на нормы </w:t>
+        <w:t xml:space="preserve">
+      Для участников накопительной пенсионной системы в основании назначения пенсионной выплаты за выслугу лет дополнительно указывается пункт 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статьи 212</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Социального кодекса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Для лиц из числа сотрудников органов внутренних дел, органов гражданской защиты, государственной фельдъегерской службы, права которых иметь специальные звания и носить форменную одежду упразднены с 1 января 2012 года, впервые поступивших на службу после 1 января 1998 года и уволенных до 1 января 2016 года, имевших на дату увольнения условия для назначения пенсионных выплат за выслугу лет, в соответствии с нормами законодательства, действовавшего до 1 января 2016 года, в основании назначения пенсионной выплаты за выслугу лет дополнительно указывается ссылка на нормы </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Закона</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> "О пенсионном обеспечении в Республике</w:t>
-[...325 lines deleted...]
-        <w:t>указывается "должностной оклад ________ тенге ____ тиын".</w:t>
+        <w:t xml:space="preserve"> "О пенсионном обеспечении в Республике Казахстан", действовавшего на дату увольнения (подпункт ____ пункта ___ статьи _____ Закона Республики Казахстан от "___" ______ _______ года "О пенсионном обеспечении в Республике Казахстан").</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ** Заполняется для лиц, достигших на день увольнения, возраста соответствующего предельному возрасту состояния на правоохранительной службе по зафиксированному специальному званию, на момент упразднения права иметь специальные звания и классные чины, а также носить форменную одежду (указывается "достиг(ла) возраста, соответствующего предельному возрасту состояния на правоохранительной службе по зафиксированному специальному званию "________________").</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      *** В случае назначения пенсионной выплаты за выслугу лет от зафиксированного размера денежного содержания при заполнении указываются следующие данные: "зафиксированное денежное содержание:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      должностной оклад ________ тенге ____ тиын</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      доплата по специальному званию _______тенге ____ тиын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Всего: _________ тенге ____ тиын.".</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      В случае назначения пенсионной выплаты за выслугу лет от должностного оклада административного государственного или гражданского служащего при заполнении указывается "должностной оклад ________ тенге ____ тиын".</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -10432,810 +10295,92 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение № 4</w:t>
-[...480 lines deleted...]
-              <w:t>Форма</w:t>
+              <w:t>Приложение 4 к Инструкции по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, органах гражданской защиты, государственной фельдъегерской службы, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z126" w:id="110"/>
-[...271 lines deleted...]
-        <w:t>________________________________________________________________</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Текст в правом верхнем углу приложения 4 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -11271,471 +10416,348 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение № 5</w:t>
-[...415 lines deleted...]
-              <w:t>(пенитенциарной) систем</w:t>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z126" w:id="78"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ҚАЗАҚСТАН РЕСПУБЛИКАСЫНЫҢ ІІМ МВД РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="78"/>
+    <w:bookmarkStart w:name="z127" w:id="79"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      № ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:bookmarkStart w:name="z128" w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЗЕЙНЕТКЕР ІСІ ПЕНСИОННОЕ ДЕЛО</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>№ ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="80"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z129" w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Фамилиясы ______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="81"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Фамилия</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аты-жөні _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Имя и отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Атағы __________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Звание</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Лауазымы _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Должность</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қызмет орыны ___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Место службы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -11752,74 +10774,195 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Приложение 5 к Инструкции по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, органах гражданской защиты, государственной фельдъегерской службы, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z132" w:id="114"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Текст в правом верхнем углу приложения 5 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z132" w:id="82"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Книга учета пенсионеров и пенсионных дел</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
+    <w:bookmarkEnd w:id="82"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -12319,471 +11462,111 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение № 6</w:t>
-[...415 lines deleted...]
-              <w:t>(пенитенциарной) систем</w:t>
+              <w:t>Приложение 6 к Инструкции по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, органах гражданской защиты, государственной фельдъегерской службы, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Текст в правом верхнем углу приложения 6 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -12806,68 +11589,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z135" w:id="115"/>
+    <w:bookmarkStart w:name="z135" w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Пенсионное удостоверение органов внутренних дел Республики Казахстан</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
+    <w:bookmarkEnd w:id="83"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="7810500" cy="2997200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
             </wp:cNvGraphicFramePr>
@@ -12967,150 +11750,150 @@
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z138" w:id="116"/>
+    <w:bookmarkStart w:name="z138" w:id="84"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Примечание:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z139" w:id="117"/>
+    <w:bookmarkEnd w:id="84"/>
+    <w:bookmarkStart w:name="z139" w:id="85"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       Обложка пенсионного удостоверения изготавливается из кожазаменителя, бумвинила или белокрона красного цвета. В развернутом виде удостоверение имеет размер 70 х 210 мм. Снаружи, на лицевой стороне обложки сверху имеется изображение герба Республики Казахстан, под которым размещается надпись:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
-    <w:bookmarkStart w:name="z140" w:id="118"/>
+    <w:bookmarkEnd w:id="85"/>
+    <w:bookmarkStart w:name="z140" w:id="86"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "ҚАЗАҚСТАН РЕСПУБЛИКАСЫ ІІМ ЗЕЙНЕТКЕР КУӘЛІГІ"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
-    <w:bookmarkStart w:name="z141" w:id="119"/>
+    <w:bookmarkEnd w:id="86"/>
+    <w:bookmarkStart w:name="z141" w:id="87"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       Бланк пенсионного удостоверения состоит из двух частей, которые вклеиваются в обложку. На бланке, вклеиваемом с правой стороны обложки, находится текст на государственном языке: в верхней части наименование органа внутренних дел, выдавшего удостоверение, ниже слева размещается фотография в форменной или гражданской одежде, которая заверяется подписью руководителя и печатью финансовой службы, назначающей пенсию, справа от фотографии указываются полностью фамилия, имя, отчество (при его наличии) пенсионера, воинское (специальное) звание с добавлением слов "запаса" или "в отставке", фамилия, инициалы и подпись руководителя финансовой службы, назначающей пенсионную выплату за выслугу лет, дата регистрации удостоверения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
-    <w:bookmarkStart w:name="z142" w:id="120"/>
+    <w:bookmarkEnd w:id="87"/>
+    <w:bookmarkStart w:name="z142" w:id="88"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       На бланке, вклеиваемом с левой стороны обложки, находится текст на русском языке: в верхней части наименование органа внутренних дел, выдавшего удостоверение, ниже указываются полностью фамилия, имя, отчество (при его наличии) пенсионера, воинское (специальное) звание с добавлением слов "запаса" или "в отставке", фамилия, инициалы и подпись руководителя финансовой службы, назначающей пенсионную выплату за выслугу лет, дата регистрации удостоверения. </w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="120"/>
+    <w:bookmarkEnd w:id="88"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
@@ -13144,471 +11927,111 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение № 7</w:t>
-[...415 lines deleted...]
-              <w:t>(пенитенциарной) систем</w:t>
+              <w:t>Приложение 7 к Инструкции по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, органах гражданской защиты, государственной фельдъегерской службы, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, органах гражданской защиты, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) систем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Текст в правом верхнем углу приложения 7 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
@@ -13631,68 +12054,68 @@
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z145" w:id="121"/>
+    <w:bookmarkStart w:name="z145" w:id="89"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Книга учета пенсионных удостоверений</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="121"/>
+    <w:bookmarkEnd w:id="89"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
         <w:gridCol w:w="2050"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -14226,559 +12649,699 @@
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение № 8</w:t>
+              <w:t>Приложение 8</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>к Инструкции по назначению</w:t>
+              <w:t>к Инструкции по назначению и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и осуществлению пенсионных</w:t>
+              <w:t>осуществлению пенсионных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>выплат за выслугу лет</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>военнослужащим</w:t>
+              <w:t>военнослужащим и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и сотрудникам, проходившим службу</w:t>
+              <w:t>сотрудникам, проходившим</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>в органах внутренних дел,</w:t>
+              <w:t>службу в органах внутренних</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>гражданской защиты, государственной</w:t>
+              <w:t>дел, органах гражданской</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>защиты, государственной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>фельдъегерской службы, а также</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>лицам, права которых иметь специальные</w:t>
+              <w:t>лицам, права которых иметь</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>звания, классные чины</w:t>
+              <w:t>специальные звания, классные</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и носить форменную одежду</w:t>
+              <w:t>чины и носить форменную</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>упразднены с 1 января 2012 года</w:t>
+              <w:t>одежду упразднены с 1 января</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и лицам, медицинские должности</w:t>
+              <w:t>2012 года и лицам, медицинские</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>которых сокращены</w:t>
+              <w:t>должности которых сокращены</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>в органах внутренних дел</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Республики Казахстан</w:t>
+              <w:t>Республики Казахстан с 1 июля</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>с 1 июля 2022 года</w:t>
+              <w:t>2022 года и 1 января 2023 года,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>и 1 января 2023 года,</w:t>
+              <w:t>имевшим на момент сокращения</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>имевшим на момент сокращения</w:t>
+              <w:t>должности выслугу лет не менее</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>должности выслугу лет не менее</w:t>
+              <w:t>двенадцати лет и шести месяцев</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>двенадцати лет и шести месяцев</w:t>
+              <w:t>непрерывной воинской службы,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>непрерывной воинской службы,</w:t>
+              <w:t>службы в специальных</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>службы в специальных</w:t>
+              <w:t>государственных и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>государственных и правоохранительных</w:t>
+              <w:t>правоохранительных органах,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>органах, государственной</w:t>
+              <w:t>органах гражданской защиты,</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>фельдъегерской службе,</w:t>
+              <w:t>государственной</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>при условии продолжения ими</w:t>
+              <w:t>фельдъегерской службе, при</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>работы в медицинских организациях,</w:t>
+              <w:t>условии продолжения ими</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>расположенных в следственных</w:t>
+              <w:t>работы в медицинских</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>изоляторах и учреждениях</w:t>
+              <w:t>организациях, расположенных в</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>уголовно-исполнительной</w:t>
+              <w:t>следственных изоляторах и</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>учреждениях уголовно-</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>исполнительной</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>(пенитенциарной) систем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z147" w:id="122"/>
+    <w:bookmarkStart w:name="z147" w:id="90"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Таблица перерасчета пенсионных выплат</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="122"/>
-[...6 lines deleted...]
-      <w:bookmarkStart w:name="z148" w:id="123"/>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Сноска. Приложение 8 – в редакции приказом Министра внутренних дел РК от 29.10.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 785</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
-      1. Пенсионная выплата _______________________ пересчитана в соответствии с</w:t>
-[...51 lines deleted...]
-        <w:t>(ссылка на законодательство)</w:t>
+      1. Пенсионная выплата ____________________________ пересчитана в соответствии с</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                   (Ф.И.О. (при его наличии) пенсионера)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                         (ссылка на законодательство)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
         <w:gridCol w:w="3075"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
@@ -14942,52 +13505,52 @@
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>
-Выслуга лет</w:t>
+              <w:t xml:space="preserve">
+Выслуга лет </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3075" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
               <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
@@ -16010,130 +14573,147 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z149" w:id="124"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       и с "___"________20___года установлена в размере ______________ тенге.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="124"/>
-[...65 lines deleted...]
-        <w:t>(подпись, Ф.И.О. (при его наличии))</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Начальник службы, назначающей</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       пенсионную выплату                         ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (подпись, Ф.И.О. (при его наличии))</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Специалист                                     ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                 (подпись, Ф.И.О. (при его наличии))</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="7780"/>
         <w:gridCol w:w="4600"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -16214,188 +14794,188 @@
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Республики Казахстан</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>от 27 мая 2024 года № 434</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z151" w:id="125"/>
+    <w:bookmarkStart w:name="z151" w:id="91"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечень утративших силу некоторых приказов</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="125"/>
-    <w:bookmarkStart w:name="z152" w:id="126"/>
+    <w:bookmarkEnd w:id="91"/>
+    <w:bookmarkStart w:name="z152" w:id="92"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       1. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 6 февраля 2020 года № 94 "Об утверждении Инструкции по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, гражданской защиты, государственной фельдъегерской службе, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года и лицам, медицинские должности которых сокращены в органах внутренних дел Республики Казахстан с 1 июля 2022 года и 1 января 2023 года, имевшим на момент сокращения должности выслугу лет не менее двенадцати лет и шести месяцев непрерывной воинской службы, службы в специальных государственных и правоохранительных органах, государственной фельдъегерской службе, при условии продолжения ими работы в медицинских организациях, расположенных в следственных изоляторах и учреждениях уголовно-исполнительной (пенитенциарной) системы" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 20016).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="126"/>
-    <w:bookmarkStart w:name="z153" w:id="127"/>
+    <w:bookmarkEnd w:id="92"/>
+    <w:bookmarkStart w:name="z153" w:id="93"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       2. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Приказ</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Министра внутренних дел Республики Казахстан от 30 мая 2022 года № 408 "О внесении изменений и дополнений в приказ Министра внутренних дел Республики Казахстан от 6 февраля 2020 года № 94 "Об утверждении Инструкции по назначению и осуществлению пенсионных выплат за выслугу лет военнослужащим и сотрудникам, проходившим службу в органах внутренних дел, государственной фельдъегерской службе, а также лицам, права которых иметь специальные звания, классные чины и носить форменную одежду упразднены с 1 января 2012 года" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 28414).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="127"/>
-    <w:bookmarkStart w:name="z154" w:id="128"/>
+    <w:bookmarkEnd w:id="93"/>
+    <w:bookmarkStart w:name="z154" w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       3. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Пункт 4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Перечня некоторых приказов Министра внутренних дел Республики Казахстан, в которые вносятся изменения, утвержденного Приложением к приказу Министра внутренних дел Республики Казахстан от 13 июня 2023 года № 480 "О внесении изменений в некоторые приказы министра внутренних дел Республики Казахстан" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов под № 32774).</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="128"/>
+    <w:bookmarkEnd w:id="94"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
     </w:p>
     <w:p>