--- v0 (2025-11-08)
+++ v1 (2026-03-13)
@@ -1,45 +1,45 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
   <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w14:paraId="a12607e" w14:textId="a12607e">
+    <w:p w14:paraId="686ca41" w14:textId="686ca41">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
         <w15:collapsed w:val="false"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 				</w:t>
       </w:r>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="0" name="" descr=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks noChangeAspect="true"/>
@@ -93,2833 +93,741 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>О внесении изменений и дополнений в приказ исполняющего обязанности Министра экономического развития и торговли Республики Казахстан от 6 августа 2010 года № 136 "Об утверждении Требований к разработке или корректировке, а также проведению необходимых экспертиз технико-экономического обоснования инвестиционного проекта для предоставления государственных гарантий" и приказ Министра национальной экономики Республики Казахстан от 16 января 2015 года № 17 "Об утверждении Правил передачи государственного имущества в доверительное управление и Типового договора доверительного управления государственным имуществом"</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Приказ Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 31 мая 2024 года № 27. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 мая 2024 года № 34431</w:t>
+        <w:t>Приказ Заместителя Премьер-Министра - Министра национальной экономики Республики Казахстан от 31 мая 2024 года № 27. Зарегистрирован в Министерстве юстиции Республики Казахстан 31 мая 2024 года № 34431.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:bookmarkStart w:name="z4" w:id="0"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:bookmarkStart w:name="z5" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Утратил силу приказом Заместителя Премьер-Министра - Министра национальной экономики РК от 23.12.2025 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 133</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z103" w:id="1"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
-      1. Внести в </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> исполняющего обязанности Министра экономического развития и торговли Республики Казахстан от 6 августа 2010 года № 136 "Об утверждении Требований к разработке или корректировке, а также проведению необходимых экспертиз технико-экономического обоснования инвестиционного проекта для предоставления государственных гарантий" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 6402) следующие изменения и дополнения:</w:t>
+      2. В </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>приказе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министра национальной экономики Республики Казахстан от 16 января 2015 года № 17 "Об утверждении Правил передачи государственного имущества в доверительное управление и Типового договора доверительного управления государственным имуществом" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 10111):</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:bookmarkStart w:name="z6" w:id="2"/>
+    <w:bookmarkStart w:name="z104" w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       в </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>Требованиях</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> к разработке или корректировке, а также проведению необходимых экспертиз технико-экономического обоснования инвестиционного проекта для предоставления государственных гарантий, утвержденных указанным приказом:</w:t>
+        <w:t>Правилах</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> передачи государственного имущества в доверительное управление, утвержденных указанным приказом:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>пункт 4</w:t>
+        <w:t>пункт 5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkStart w:name="z8" w:id="3"/>
-[...15 lines deleted...]
-      "4. ТЭО инвестиционного проекта, предлагаемого к финансированию за счет средств негосударственных займов под государственную гарантию Республики Казахстан, представляется в уполномоченный орган по государственному планированию Республики Казахстан на бумажном и электронном носителе с приложением:</w:t>
+    <w:bookmarkStart w:name="z106" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "1) передачи объекта юридическому лицу с участием государства, которому передается объект в оплату уставного капитала по решению уполномоченного органа по государственному имуществу или местного исполнительного органа;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:bookmarkStart w:name="z9" w:id="4"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> статьи 1 Закона Республики Казахстан "Об архитектурной, градостроительной и строительной деятельности в Республике Казахстан", (далее – Юридическое лицо), в случае если по проекту предполагается проведение строительных (строительно-монтажных) работ, за исключением инвестиционных проектов по комплексу работ по предупреждению и устранению дефектов, а также восстановлению и улучшению транспортно-эксплуатационных качеств автомобильной дороги (далее - инвестиционный проект по восстановлению автомобильной дороги);</w:t>
+    <w:bookmarkStart w:name="z107" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) передачи газопроводов и объектов электро-энергоснабжения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:bookmarkStart w:name="z10" w:id="5"/>
-[...15 lines deleted...]
-      2) заключения экспертизы уполномоченного органа соответствующей отрасли, которое содержит положительные результаты оценки следующей информации:</w:t>
+    <w:bookmarkStart w:name="z108" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) передачи стратегических объектов, а также пакетов акций (долей участия) в юридических лицах, в собственности которых находятся стратегические объекты;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:bookmarkStart w:name="z11" w:id="6"/>
-[...15 lines deleted...]
-      проблемы текущего состояния отрасли, которые влияют на ее дальнейшее развитие, и соответствие целей проекта, решений по существующим проблемам в отрасли;</w:t>
+    <w:bookmarkStart w:name="z109" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) передачи объектов недвижимости и акций акционерных обществ, созданных в реализацию международных соглашений;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:bookmarkStart w:name="z12" w:id="7"/>
-[...15 lines deleted...]
-      целесообразность и возможности реализации проекта по схеме, указанной в ТЭО инвестиционного проекта;</w:t>
+    <w:bookmarkStart w:name="z110" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) передачи государственных информационных систем;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
-    <w:bookmarkStart w:name="z13" w:id="8"/>
-[...15 lines deleted...]
-      соответствие проекта документам Системы государственного планирования;</w:t>
+    <w:bookmarkStart w:name="z111" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) передачи голосующих акций (долей участия в уставном капитале) юридических лиц автономным организациям образования, Национальной палате предпринимателей Республики Казахстан и юридическим лицам, входящим в ее систему, Всемирной Aссоциации казахов;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:bookmarkStart w:name="z14" w:id="9"/>
-[...15 lines deleted...]
-      альтернативные варианты реализации проекта;</w:t>
+    <w:bookmarkStart w:name="z112" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) передачи автомобильных дорог общего пользования международного и республиканского значения Национальному оператору по управлению автомобильными дорогами для строительства, реконструкции, организации платного движения;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="9"/>
-    <w:bookmarkStart w:name="z15" w:id="10"/>
-[...15 lines deleted...]
-      предлагаемые источники возмещения затрат при реализации проекта;</w:t>
+    <w:bookmarkStart w:name="z113" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) передачи государственного пакета акций Национального оператора по управлению автомобильными дорогами;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="10"/>
-    <w:bookmarkStart w:name="z16" w:id="11"/>
-[...15 lines deleted...]
-      3) финансовой отчетности заемщика (отдельная и консолидированная) с печатью и за подписью первого руководителя и главного бухгалтера за последние три года, предшествующие внесению ТЭО инвестиционного проекта в центральный уполномоченный орган по государственному планированию, а также пояснительные записки к финансовой отчетности. Для заемщиков, аудит финансовой отчетности которых в соответствии с законодательством Республики Казахстан об аудиторской деятельности является обязательным, представляются аудированная финансовая отчетность и аудиторские отчеты, составленные за последние три года;</w:t>
+    <w:bookmarkStart w:name="z114" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) передачи объектов культуры в виде комплексов, включающих здания, сооружения, оборудования и иное имущество, созданных для развития оперного и балетного искусства, общей площадью не менее 40 000 квадратных метров;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="11"/>
-    <w:bookmarkStart w:name="z17" w:id="12"/>
-[...2143 lines deleted...]
-    <w:bookmarkStart w:name="z115" w:id="106"/>
+    <w:bookmarkStart w:name="z115" w:id="12"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       10) передачи единому оператору в сфере учета государственного имущества активов территориальных подразделений уполномоченного органа по государственному имуществу, согласно перечню, утверждаемому уполномоченным органом по государственному имуществу в соответствии со </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>статьей 14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Закона;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="106"/>
-    <w:bookmarkStart w:name="z116" w:id="107"/>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z116" w:id="13"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       11) передачи недвижимого имущества Национальному оператору в области здравоохранения для организации строительства, содержания и эксплуатации объектов здравоохранения;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="107"/>
-    <w:bookmarkStart w:name="z117" w:id="108"/>
+    <w:bookmarkEnd w:id="13"/>
+    <w:bookmarkStart w:name="z117" w:id="14"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       12) передачи государственных пакетов акций (долей участия) юридических лиц, зарегистрированных на территории Международного финансового центра "Aстана" акционерному обществу "Aдминистрация Международного финансового центра "Aстана";</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="108"/>
-    <w:bookmarkStart w:name="z118" w:id="109"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z118" w:id="15"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       13) передачи субъекту государственной монополии в сферах информатизации и обеспечения информационной безопасности объектов органов национальной безопасности, предназначенных для обеспечения информационной безопасности;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="109"/>
-    <w:bookmarkStart w:name="z119" w:id="110"/>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z119" w:id="16"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       14) передачи голосующих акций (долей участия в уставном капитале) организаций высшего и (или) послевузовского образования со стопроцентным участием государства по согласованию с уполномоченным органом в области образования и доверительным управляющим;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="110"/>
-    <w:bookmarkStart w:name="z120" w:id="111"/>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z120" w:id="17"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       15) передачи памятников истории и культуры республиканского и местного значения в виде комплексов, включающих здания, сооружения, оборудование и иное имущество;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="111"/>
-    <w:bookmarkStart w:name="z121" w:id="112"/>
+    <w:bookmarkEnd w:id="17"/>
+    <w:bookmarkStart w:name="z121" w:id="18"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       16) передачи коммунального имущества благотворительным и волонтерским организациям;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="112"/>
-    <w:bookmarkStart w:name="z122" w:id="113"/>
+    <w:bookmarkEnd w:id="18"/>
+    <w:bookmarkStart w:name="z122" w:id="19"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       17) передачи объектов недвижимости, входящих в состав имущественного комплекса "Дипломатический городок в городе Астана. Корректировка. Пусковой комплекс -1 (ПК-1)", находящегося на балансе государственного органа, обеспечивающего деятельность Президента Республики Казахстан, Парламента Республики Казахстан, Правительства Республики Казахстан;</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="113"/>
-    <w:bookmarkStart w:name="z123" w:id="114"/>
+    <w:bookmarkEnd w:id="19"/>
+    <w:bookmarkStart w:name="z123" w:id="20"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">
       18) передачи автомобильных дорог Национальному оператору по управлению автомобильными дорогами для ремонта по решению Совета по привлечению инвестиций (инвестиционный штаб), созданного </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>распоряжением</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> Премьер-Министра Республики Казахстан от 19 марта 2021 года № 64-р.".</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="114"/>
-    <w:bookmarkStart w:name="z124" w:id="115"/>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z124" w:id="21"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       3. Департаменту инвестиционной политики Министерства национальной экономики Республики Казахстан в установленном законодательством порядке обеспечить государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан и его размещение на интернет-ресурсе Министерства национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="115"/>
-    <w:bookmarkStart w:name="z125" w:id="116"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z125" w:id="22"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра национальной экономики Республики Казахстан.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="116"/>
-    <w:bookmarkStart w:name="z126" w:id="117"/>
+    <w:bookmarkEnd w:id="22"/>
+    <w:bookmarkStart w:name="z126" w:id="23"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       5. Настоящий приказ вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="117"/>
+    <w:bookmarkEnd w:id="23"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none"/>
           <w:left w:val="none"/>
           <w:bottom w:val="none"/>
           <w:right w:val="none"/>
           <w:insideH w:val="none"/>
           <w:insideV w:val="none"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8040"/>
         <w:gridCol w:w="4340"/>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8040" w:type="dxa"/>
@@ -3068,118 +976,118 @@
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Н. Байбазаров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman"/>
                 <w:b w:val="false"/>
                 <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>
 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z128" w:id="118"/>
+      <w:bookmarkStart w:name="z128" w:id="24"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="118"/>
+    <w:bookmarkEnd w:id="24"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство транспорта</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Республики Казахстан</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:name="z129" w:id="119"/>
+      <w:bookmarkStart w:name="z129" w:id="25"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>
       "СОГЛАСОВАН"</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="119"/>
+    <w:bookmarkEnd w:id="25"/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>Министерство финансов</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -3219,55 +1127,55 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman"/>
           <w:b w:val="false"/>
           <w:i w:val="false"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>
 					© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан
 				</w:t>
       </w:r>
     </w:p>
     <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:ns8="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:ns19="urn:schemas-microsoft-com:office:excel" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
@@ -3593,31 +1501,31 @@
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>